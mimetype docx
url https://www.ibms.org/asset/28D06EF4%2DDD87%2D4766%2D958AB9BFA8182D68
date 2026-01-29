--- v0 (2025-10-17)
+++ v1 (2026-01-29)
@@ -1,5170 +1,7871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="7492A3DC" w14:textId="714A2B88" w:rsidR="00326FD0" w:rsidRDefault="00326FD0" w:rsidP="00126741">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30DA80B2" wp14:editId="20BA31B1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6805613</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1420495" cy="1353185"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21286"/>
+                <wp:lineTo x="21436" y="21286"/>
+                <wp:lineTo x="21436" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1420495" cy="1353185"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE72EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4574F61E" wp14:editId="3E9FACA4">
+            <wp:extent cx="1712751" cy="1342797"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:docPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1731828" cy="1357754"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35454D42" w14:textId="20E2CDC3" w:rsidR="00485099" w:rsidRPr="00126741" w:rsidRDefault="00752127">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6126">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist</w:t>
+      </w:r>
+      <w:r w:rsidR="00255DC0" w:rsidRPr="00126741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79845B24" w14:textId="7951A2BA" w:rsidR="00255DC0" w:rsidRDefault="00255DC0">
+      <w:r>
+        <w:t xml:space="preserve">This form is for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA49EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IBMS members</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at either the </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Associate, Licentiate or Member</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> clas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t xml:space="preserve">s who are applying to be admitted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered Scientist</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t xml:space="preserve"> register.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">The fee rates for </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered Scientist are £</w:t>
+      </w:r>
+      <w:r w:rsidR="00784DAA">
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14642">
+        <w:t>The fee is only applicable if you are successful and is then applied on an annual basis.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041C2121" w14:textId="77777777" w:rsidR="00255DC0" w:rsidRPr="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00255DC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eligibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCA41B5" w14:textId="7376B08F" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:r>
+        <w:t xml:space="preserve">To become a </w:t>
+      </w:r>
+      <w:r w:rsidR="00784DAA">
+        <w:t>Registered Scientist</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> you will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6399C5CB" w14:textId="75ABC28E" w:rsidR="00464E50" w:rsidRDefault="00464E50" w:rsidP="00464E50">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hold an appropriate Level 5 qualification </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA577C4" w14:textId="060F09AC" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00702DA1">
+        <w:t>two</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> years post-graduate professional experience and be in current practice in the field of biomedical science. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF04E93" w14:textId="01C8B6F1" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Demonstrate evidence of Continuing Professional Development </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477133A7" w14:textId="049F6B70" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F05">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Supporter for the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D2AEC1" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897745">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Applicant details</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2466"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1748"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="11259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00925250" w14:paraId="42196024" w14:textId="77777777" w:rsidTr="00921AA1">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00897745" w14:paraId="23F78823" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7581D742" w14:textId="77777777" w:rsidR="00925250" w:rsidRDefault="00AB2F8F" w:rsidP="00ED74CF">
-[...7 lines deleted...]
-                <w:u w:val="none"/>
+          <w:p w14:paraId="4D86F343" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...49 lines deleted...]
-              </w:drawing>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5323" w:type="dxa"/>
+            <w:tcW w:w="11259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="112C06C0" w14:textId="77777777" w:rsidR="00ED74CF" w:rsidRDefault="00ED74CF" w:rsidP="00ED74CF">
-[...57 lines deleted...]
-                <w:u w:val="none"/>
+          <w:p w14:paraId="4D2F2050" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="29DC14C0" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2E6FD8" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">                                                          </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Current Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1748" w:type="dxa"/>
+            <w:tcW w:w="11259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43201D85" w14:textId="77777777" w:rsidR="00925250" w:rsidRDefault="00AB2F8F" w:rsidP="00AB2F8F">
-[...8 lines deleted...]
-                <w:u w:val="none"/>
+          <w:p w14:paraId="1285961A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="2E40F855" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B14D127" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...51 lines deleted...]
-          </w:p>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Job Band (if NHS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A8C957" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="1C3340D1" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8393AC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Membership number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC4E935" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="756F7C45" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A4BFE" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Member class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:id w:val="-189613637"/>
+            <w:placeholder>
+              <w:docPart w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Member" w:value="Member"/>
+              <w:listItem w:displayText="Licentiate" w:value="Licentiate"/>
+              <w:listItem w:displayText="Associate" w:value="Associate"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="11259" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3E5246B6" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+                <w:pPr>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3ADD3946" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FF6032" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Contact Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A4530" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3605533D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EB0F91" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Postcode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC0FF0B" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="66B8E6A8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055729F3" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF0FA22" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="0CD8DFB9" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E75A20E" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Mobile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D6E9EC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3E6A8B10" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B7FA4" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicants undertaking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2CA2B4" w14:textId="3481E7AB" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I wish to apply for registration as a </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4A6F">
+              <w:t>Registered</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Scientist. I have enclosed my personal statement.  I declare that the information I have given with this application is, to the best of my knowledge accurate and true</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="114AD94B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1865BD15" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1213810F" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="37AE9CBA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7ED89A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40487B4A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="628A2356" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00EC40B3" w:rsidRDefault="004338A7" w:rsidP="00925250">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="40BF530D" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC40B3">
+    </w:p>
+    <w:p w14:paraId="06E1FE81" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">PLEASE </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F94463" w:rsidRPr="00EC40B3">
+      </w:pPr>
+      <w:r w:rsidRPr="00897745">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">READ ‘GUIDANCE FOR APPLICANTS’ BEFORE COMPLETING THIS FORM </w:t>
-[...5 lines deleted...]
-        <w:t>IN BLOCK CAPITALS</w:t>
+        <w:t xml:space="preserve">Qualifications </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687A8769" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="001C5300" w:rsidRDefault="004338A7" w:rsidP="004338A7">
+    <w:p w14:paraId="26ED5A1B" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...828 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00897745">
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>PLEASE INDICATE WHICH QUALIFICATIONS YOU HOLD AND INCLUDE A COPY OF YOUR CERTIFICATE(S) WITH YOUR APPLICATION</w:t>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
       </w:r>
-    </w:p>
-[...2511 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9427"/>
-        <w:gridCol w:w="767"/>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="1665"/>
+        <w:gridCol w:w="1761"/>
+        <w:gridCol w:w="1915"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2964"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="4EC34EA9" w14:textId="77777777" w:rsidTr="002A0134">
+      <w:tr w:rsidR="00897745" w:rsidRPr="002A0134" w14:paraId="76F32F34" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA67CF8" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60153B04" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Honours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2985EB49" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Masters</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A01967" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Higher Specialist Diploma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FB3BA4" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Doctoral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BD765" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00153E5D" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Other Higher Qualification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w:rsidRPr="002A0134" w14:paraId="644A0D26" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6463410C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...105 lines deleted...]
-              <w:t>If you wish to receive such information, please tick this box</w:t>
+          <w:p w14:paraId="6A66E535" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC867CB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...59 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="08742442" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="775" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="328FC6D3" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...29 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="6A9FB112" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B58E91E" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF3D4C0" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6135B412" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...23 lines deleted...]
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="375EFC44" w14:textId="77777777" w:rsidTr="002A0134">
+      <w:tr w:rsidR="00897745" w:rsidRPr="002A0134" w14:paraId="363236D6" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7B75B2" w14:textId="4315D015" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="005E3025" w:rsidP="002A0134">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="07E75941" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Qualification</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-          </w:p>
+              <w:t xml:space="preserve"> &amp; Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5157BC0C" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD6035C" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="064BA296" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA916E2" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DF8D07" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w14:paraId="78F8A28E" w14:textId="77777777" w:rsidTr="002A0134">
+      <w:tr w:rsidR="00897745" w:rsidRPr="002A0134" w14:paraId="6CE94B3F" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:hRule="exact" w:val="510"/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6066371D" w14:textId="1E5CFCB0" w:rsidR="004338A7" w:rsidRDefault="006342EC" w:rsidP="002A0134">
-[...19 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="3F6E7BCB" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Subject</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C90029A" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC077FC" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C7AE33" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1472C873" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1280A93D" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w:rsidRPr="002A0134" w14:paraId="249F6EB1" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF891AB" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F9289B" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F97BA31" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACEDB9F" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCC12DE" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFC99A6" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00D26423" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75812AB4" w14:textId="77777777" w:rsidR="00AE7922" w:rsidRDefault="00AE7922" w:rsidP="004338A7">
+    <w:p w14:paraId="6852E520" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00897745"/>
+    <w:p w14:paraId="6BB49490" w14:textId="348565BE" w:rsidR="00F26431" w:rsidRPr="00533B5B" w:rsidRDefault="00F26431" w:rsidP="00F26431">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00533B5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GDPR</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AE7922" w:rsidSect="001C5300">
-[...2 lines deleted...]
-      <w:pgMar w:top="454" w:right="851" w:bottom="680" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w14:paraId="2142714E" w14:textId="77777777" w:rsidR="00CA035E" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">If your application is successful, the Institute of Biomedical Science will transfer the information submitted to The Science Council register. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2357BBFE" w14:textId="6F0C0488" w:rsidR="00551A29" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">The publicly available register will include your name, Licensed Body and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scientist number. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126741">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The Science Council may wish to use the information you supply in order to communicate directly with registrants. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scientists have the right to access the personal data held on them by The Science Council. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8075"/>
+        <w:gridCol w:w="5873"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE49CE" w14:paraId="6667AB71" w14:textId="400D060B" w:rsidTr="00AE49CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8075" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CD3B46" w14:textId="55A807A1" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+            <w:r>
+              <w:t>Do you wish your name to appear on the Science Council Public Register?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1356957197"/>
+            <w:placeholder>
+              <w:docPart w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Yes" w:value="Yes"/>
+              <w:listItem w:displayText="No" w:value="No"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5873" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4EADB567" w14:textId="2F9AB067" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14590E8D" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2753E4E4" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441406B2" w14:textId="378FEBC0" w:rsidR="00255DC0" w:rsidRPr="00BB3086" w:rsidRDefault="006C41DF" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supporter Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD63662" w14:textId="4AF9982F" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist status (</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sci) is required to identify a supporter. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F134B3" w14:textId="4069D5DE" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077FB4D6" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49492852" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169C9C92" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E630742" w14:textId="2C9F58D1" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Why do applicants for registration need a supporter?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181A64FE" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FECBBEB" w14:textId="22E8671C" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F22B12" w14:textId="205C956A" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Supporter section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A00E9B" w14:textId="302EDDD3" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body (i.e. IBMS or RCPath) and professional registration where it exists (i.e. Science Council, GMC, HCPC)</w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, the undersigned, support this application and consider that the applicant has the required professional experience and qualifications to be a </w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  I have read their personal statement and confirm that the applicant operates at the level commensurate with a </w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and meets the standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5D0A86" w14:textId="7B440DF6" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In providing </w:t>
+      </w:r>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with the information requested you are consenting to its use as indicated in the Privacy Notice. Further information can be found on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>IBMS</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BB3086">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> website</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2878"/>
+        <w:gridCol w:w="11070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="317288C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F69BC0E" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Supporter name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="066024DB" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="17B444C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F5FC02" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Supporter comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735275C5" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F82506F" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59EABDE6" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24D197AB" w14:textId="77777777" w:rsidR="003B0768" w:rsidRPr="00BB3086" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="757168AE" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BF4EF8" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4587A4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="570F631C" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC9CDB4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE53AD9" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F8BD858" w14:textId="77777777" w:rsidR="006C41DF" w:rsidRDefault="006C41DF" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="41A80C54" w14:textId="7F786A26" w:rsidR="005C6C6D" w:rsidRPr="005C6C6D" w:rsidRDefault="005C6C6D" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6C6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Your personal statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4795938B" w14:textId="7E482D5C" w:rsidR="005C6C6D" w:rsidRDefault="00B40CFD" w:rsidP="00255DC0">
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve">You must demonstrate how you meet each standard by providing clear, practical examples and referring to the applicant guidance. This statement should focus on your own experience and how you meet the requirements for the </w:t>
+      </w:r>
+      <w:r w:rsidR="006A19F6">
+        <w:t>Registered Scient</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2BEB">
+        <w:t>ist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> award. Although not mandatory, a typical response for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>each standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> is around </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB691E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>250 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="785CF36D" w14:textId="77777777" w:rsidTr="00DD0E2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0F573B" w14:textId="77777777" w:rsidR="00EB7FEA" w:rsidRPr="00EB7FEA" w:rsidRDefault="00EB7FEA" w:rsidP="00EB7FEA">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FEA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A1: Apply extended knowledge of underlying concepts and principles associated with area of work.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AFF57EA" w14:textId="77777777" w:rsidR="00F1407C" w:rsidRPr="00F1407C" w:rsidRDefault="00EB7FEA" w:rsidP="00F1407C">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A19F6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>We are looking for an example of how you have used your extended knowledge within the area in which you work.  This will include developments within your field and the ability to understand and apply new developments to your area of work.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1407C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F1407C" w:rsidRPr="00F1407C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>For instance, you may describe how you:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B710816" w14:textId="1A767B2E" w:rsidR="00F1407C" w:rsidRPr="004A18B7" w:rsidRDefault="00F1407C" w:rsidP="004A18B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A18B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>take part in a journal/publication review group within the workplace</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06651486" w14:textId="0B06FA9A" w:rsidR="00F1407C" w:rsidRPr="004A18B7" w:rsidRDefault="00F1407C" w:rsidP="004A18B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A18B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>suggest updates to the way in which designs, prototypes, processes, programmes, experiments, or procedures are approached and carried out based upon new knowledge of technology or underlying theoretical principles</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BCA5FC7" w14:textId="7B771A5C" w:rsidR="006A19F6" w:rsidRPr="004A18B7" w:rsidRDefault="00F1407C" w:rsidP="004A18B7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A18B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>undertake further academic / vocational / self</w:t>
+            </w:r>
+            <w:r w:rsidR="004A18B7" w:rsidRPr="004A18B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A18B7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>study or technical training in your current or advancing field of work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7775AC39" w14:textId="77777777" w:rsidR="00ED6E7B" w:rsidRDefault="00ED6E7B" w:rsidP="006A19F6">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="3A4F5330" w14:textId="77777777" w:rsidTr="00ED6E7B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F38C05" w14:textId="1CED6621" w:rsidR="00ED6E7B" w:rsidRDefault="00CE4171" w:rsidP="00255DC0">
+            <w:r>
+              <w:t>Applicant</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD0E2F">
+              <w:t xml:space="preserve"> response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3683FAB7" w14:textId="77777777" w:rsidR="00CE4171" w:rsidRDefault="00CE4171" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="73543FF2" w14:textId="77777777" w:rsidR="00FC1BF6" w:rsidRDefault="00FC1BF6" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="3C4C0602" w14:textId="77777777" w:rsidR="008062CC" w:rsidRDefault="008062CC" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="0B7869EE" w14:textId="77777777" w:rsidR="00FC1BF6" w:rsidRDefault="00FC1BF6" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE4171" w14:paraId="3DB91AE9" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="316E51BF" w14:textId="77777777" w:rsidR="002B23CF" w:rsidRPr="002B23CF" w:rsidRDefault="002B23CF" w:rsidP="002B23CF">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B23CF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A2: Review, evaluate and apply underlying scientific concepts, principles and techniques in the context of new and different areas of work.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3FD792" w14:textId="2CEEB801" w:rsidR="002B23CF" w:rsidRPr="002B23CF" w:rsidRDefault="002B23CF" w:rsidP="002B23CF">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B23CF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>What we are looking for here is how you have taken techniques/principles and reviewed, evaluated and applied them in a new area of work.</w:t>
+            </w:r>
+            <w:r w:rsidR="004836BA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C03D40">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples might include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23BFECA1" w14:textId="14E59609" w:rsidR="009A5061" w:rsidRDefault="009A5061" w:rsidP="009A5061">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5061">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>work in a new subject, in a different discipline, area or with new material. You should be able to explain and describe in technical terms the main</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5061">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>components/elements/tools/material etc. involved and why you are carrying out the new work.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0A1E6C" w14:textId="316250BB" w:rsidR="00CE4171" w:rsidRPr="009A5061" w:rsidRDefault="00BD5F9B" w:rsidP="009A5061">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A5061">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When you have approached a piece of work or project flexibly and in a novel or different </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1BF6" w:rsidRPr="009A5061">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>way or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A5061">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> reacted to an unexpected outcome</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="077F67AD" w14:textId="7615D434" w:rsidR="00BD5F9B" w:rsidRDefault="00BD5F9B" w:rsidP="00BD5F9B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE4171" w14:paraId="149DC14D" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014A25EE" w14:textId="77777777" w:rsidR="00CE4171" w:rsidRDefault="00CE4171" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07F7F17E" w14:textId="77777777" w:rsidR="00DD0E2F" w:rsidRDefault="00DD0E2F" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00857C9E" w14:paraId="396B7CFA" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="5000DA15" w14:textId="77777777" w:rsidR="00D13273" w:rsidRPr="00D13273" w:rsidRDefault="00D13273" w:rsidP="00D13273">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D13273">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A3: Analyse, interpret and evaluate data, concepts and ideas to propose solutions to problems.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774DA2B5" w14:textId="4112EEF2" w:rsidR="008062CC" w:rsidRPr="00555750" w:rsidRDefault="00D13273" w:rsidP="00D13273">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00555750">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>We are looking for an example of how you observe and interpret the results from your data to draw conclusions and inform your next steps</w:t>
+            </w:r>
+            <w:r w:rsidR="008062CC" w:rsidRPr="00555750">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>. Examples could include but are not limited to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239AD72E" w14:textId="5E2DB49C" w:rsidR="00F471F8" w:rsidRPr="00F471F8" w:rsidRDefault="00F471F8" w:rsidP="00F471F8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F471F8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>nabl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F471F8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> others to be able to analyse and interpret their work and advise on how they may overcome problems.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063DD296" w14:textId="77777777" w:rsidR="00F471F8" w:rsidRPr="00F471F8" w:rsidRDefault="00F471F8" w:rsidP="00F471F8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F471F8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>review a number of relevant literature/manuals/designs and present your findings to others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC473ED" w14:textId="77777777" w:rsidR="00F471F8" w:rsidRPr="00F471F8" w:rsidRDefault="00F471F8" w:rsidP="00F471F8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F471F8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>develop new methods/approach based on information or outcomes from previous work by others or yourself.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75D9A3BD" w14:textId="05631F02" w:rsidR="008062CC" w:rsidRDefault="008062CC" w:rsidP="008062CC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857C9E" w14:paraId="65A2AF11" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA64B46" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="319E259A" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="317341E4" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="5796B847" w14:textId="77777777" w:rsidR="000D4322" w:rsidRDefault="00AB7A66" w:rsidP="000F213A">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB7A66">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>B1: Work autonomously while knowing when to escalate appropriately and recognising limits of scope of practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45423B20" w14:textId="5D8ABDD4" w:rsidR="000F213A" w:rsidRPr="00721CAA" w:rsidRDefault="00721CAA" w:rsidP="00721CAA">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00721CAA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">We are looking for an example of how you work with no supervision for certain key tasks, experiments or procedures associated with your role within required timeframes.  You will also be able to demonstrate your understanding of when you need to seek input from either your supervisor or others and when to escalate.  </w:t>
+            </w:r>
+            <w:r w:rsidR="000F213A" w:rsidRPr="00721CAA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>You will be expected to undertake your work without day-to-day supervision and so you should demonstrate that you are able to achieve this</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA78DA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E3124B" w14:textId="77777777" w:rsidR="000F213A" w:rsidRPr="00BA15F9" w:rsidRDefault="000F213A" w:rsidP="000F213A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA15F9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>You should demonstrate your understanding of when you may need to seek guidance from others and how you would obtain this guidance</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A418EA7" w14:textId="77777777" w:rsidR="000F213A" w:rsidRPr="00637FD9" w:rsidRDefault="000F213A" w:rsidP="000F213A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637FD9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>If you are responsible for managing the work of others, you should clearly describe how you discharge those responsibilities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="094EDCA4" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00510A02">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="5DE0DF37" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB39827" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00510A02">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B71891A" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C015C" w14:paraId="1C3333D9" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D07BE2C" w14:textId="792F6C26" w:rsidR="00CA70AF" w:rsidRDefault="00B75FAE" w:rsidP="00BA15F9">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B75FAE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>B2: Take responsibility for safe and sustainable working practices and contribute to their evaluation and improvement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66ADEBC0" w14:textId="33149E3B" w:rsidR="00CD6022" w:rsidRPr="00CD6022" w:rsidRDefault="00CD6022" w:rsidP="00CD6022">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD6022">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>You should demonstrate that you understand the policies and protocols related to health, safety and sustainability that apply to the work you are undertaking giving examples where you have implemented and promoted them and describe any responsibilities that you have related to this. In formulating your answers, you should consider the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="566FDBFE" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Identification of potential safety issues and recommending solutions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C578CE5" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>risk assessments associated with your work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C4FD10" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>relevant Health and Safety regulations, e.g., COSHH, Noise, Manual Handling, DSE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512D40C7" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>relevant Home Office Licences</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="501AF6B2" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>safety training courses you have successfully completed for your laboratory role</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3576F3CA" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>any monitoring of safety within your work, e.g., for radioactivity, chemical exposure</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F736027" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>safety equipment and control measures necessary to work safely and protect others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783C94DA" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="00C376DF" w:rsidRDefault="00C376DF" w:rsidP="00C376DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C376DF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carrying out safety inspections of premises and equipment, producing reports and making recommendations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E50D13" w14:textId="66065A1D" w:rsidR="00637FD9" w:rsidRDefault="00637FD9" w:rsidP="00637FD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C015C" w14:paraId="3050D89F" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7358CA2B" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3453A72C" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00205694" w14:paraId="115C9203" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="379DD896" w14:textId="77777777" w:rsidR="00D0382B" w:rsidRDefault="00D0382B" w:rsidP="003639D9">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D0382B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>B3: Take responsibility for the quality of your work and also enable others to work to high standards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="314A7CB4" w14:textId="119EDCC3" w:rsidR="001A5D31" w:rsidRDefault="001A5D31" w:rsidP="003639D9">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5D31">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This means that you can show how you are aware of the quality standards necessary for the work being carried out by you and others. You should be able to describe an example of how you enable these standards and ensure that they are applied.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="340806DC" w14:textId="3A462D74" w:rsidR="003639D9" w:rsidRPr="003639D9" w:rsidRDefault="003639D9" w:rsidP="003639D9">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003639D9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>In formulating your answers and giving examples, you should consider the following:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6597F4" w14:textId="77777777" w:rsidR="00B20DE1" w:rsidRPr="00B20DE1" w:rsidRDefault="00B20DE1" w:rsidP="00B20DE1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20DE1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>produce and communicate all or part of a new Standard Operating Procedure (such as good laboratory/workshop/design practice)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43834508" w14:textId="77777777" w:rsidR="00B20DE1" w:rsidRPr="00B20DE1" w:rsidRDefault="00B20DE1" w:rsidP="00B20DE1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20DE1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>train others to recognise when something has not been carried out correctly and explain the impact this could have.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DFC1222" w14:textId="77777777" w:rsidR="00B20DE1" w:rsidRPr="00B20DE1" w:rsidRDefault="00B20DE1" w:rsidP="00B20DE1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20DE1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>contribute to the analysis of your own and others’ work and explain the impact of good and bad data and outcomes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A506E1A" w14:textId="77777777" w:rsidR="00B20DE1" w:rsidRPr="00B20DE1" w:rsidRDefault="00B20DE1" w:rsidP="00B20DE1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20DE1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>recognise when your own and others’ work needs to be repeated or the methodology updated and be able to communicate the reasons for this in terms of reproducibility or quality standards for example.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52368A18" w14:textId="3C381159" w:rsidR="00B176D1" w:rsidRDefault="00B176D1" w:rsidP="00B176D1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00205694" w14:paraId="4D89B3DE" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275A4805" w14:textId="77777777" w:rsidR="00205694" w:rsidRDefault="00205694" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E8A1943" w14:textId="77777777" w:rsidR="00E82284" w:rsidRDefault="00E82284" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0080429F" w14:paraId="237A62E0" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="400E798B" w14:textId="77777777" w:rsidR="006011A0" w:rsidRPr="006011A0" w:rsidRDefault="006011A0" w:rsidP="006011A0">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006011A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="177F90B1" w14:textId="0659B120" w:rsidR="00A7263E" w:rsidRPr="006011A0" w:rsidRDefault="006011A0" w:rsidP="006011A0">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006011A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written or electronic means</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7263E" w:rsidRPr="006011A0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3613EFDA" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>discussing and agreeing objectives with your supervisor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E550FE" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>discussing and agreeing objectives in team meetings</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3960EF19" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>giving presentations of your work or other aspects of lab work (e.g., safety updates, method updates) to your supervisor and team.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C16F38" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>preparing written reports on your work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D488B7" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>train, demonstrate or teach others in procedures or protocols</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558DB85C" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>play a part in staff development (e.g., carry out appraisals or staff reviews)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E68022" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="00675AF1" w:rsidRDefault="00675AF1" w:rsidP="00675AF1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="21"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00675AF1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carry out induction training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222FEBEB" w14:textId="0B501963" w:rsidR="00A7263E" w:rsidRDefault="00A7263E" w:rsidP="00A7263E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080429F" w14:paraId="30DC20E2" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292FFBD0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C61FFF0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00151908" w14:paraId="1B69F9F4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5294EE" w14:textId="77777777" w:rsidR="003177FE" w:rsidRPr="003177FE" w:rsidRDefault="003177FE" w:rsidP="003177FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003177FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13BF7800" w14:textId="77777777" w:rsidR="003177FE" w:rsidRDefault="003177FE" w:rsidP="003177FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003177FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can give an example that demonstrates the skills that you use to interact with colleagues in a constructive way within the work setting. In these situations it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54576042" w14:textId="7A1A6D61" w:rsidR="004E7297" w:rsidRPr="0012010A" w:rsidRDefault="004E7297" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>interacting with students or trainees face to face</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3714A516" w14:textId="4D4B8FD0" w:rsidR="004E7297" w:rsidRPr="0012010A" w:rsidRDefault="004E7297" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with other professionals such as researchers, technicians, administrators, and other members of staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D844686" w14:textId="15D2EB6C" w:rsidR="003177FE" w:rsidRPr="0012010A" w:rsidRDefault="004E7297" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with external colleagues (such as manufacturers, suppliers, couriers, designers etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454C4E70" w14:textId="18EE20BD" w:rsidR="0001097D" w:rsidRDefault="0001097D" w:rsidP="003177FE">
+            <w:pPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00151908" w14:paraId="577735CB" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA6C242" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4484ACDE" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00881683" w14:paraId="4BBBE867" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5643FF" w14:textId="77777777" w:rsidR="001D5A08" w:rsidRPr="001D5A08" w:rsidRDefault="001D5A08" w:rsidP="001D5A08">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C3: Demonstrate productive working relationships and an ability to resolve problems.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD9AC3D" w14:textId="77777777" w:rsidR="001D5A08" w:rsidRPr="001D5A08" w:rsidRDefault="001D5A08" w:rsidP="001D5A08">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D5A08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you should be able to describe how, when working with others, you are able to demonstrate that you developed positive working relationships and resolved the problem. Your example should demonstrate how those working relationships were effective in resolving problems.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C26D5C" w14:textId="5BB1507D" w:rsidR="00883472" w:rsidRPr="00883472" w:rsidRDefault="00883472" w:rsidP="001D5A08">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00883472">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples could include but are not limited to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F38DF32" w14:textId="77777777" w:rsidR="0012010A" w:rsidRPr="0012010A" w:rsidRDefault="0012010A" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>be a member of a committee/group that is tasked with a particular safety aspect of the job and be able to demonstrate that together you made a difference that was useful and effective in the workplace.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D77EAB" w14:textId="77777777" w:rsidR="0012010A" w:rsidRPr="0012010A" w:rsidRDefault="0012010A" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>liaise with other groups within your organisation to effectively deal with problems (e.g., lack of or demand for training in a particular area)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D23498D" w14:textId="77777777" w:rsidR="0012010A" w:rsidRPr="0012010A" w:rsidRDefault="0012010A" w:rsidP="0012010A">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012010A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>be a part of working group tasked with addressing specific problems or the need for change.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E83166" w14:textId="19D5BDD5" w:rsidR="00883472" w:rsidRDefault="00883472" w:rsidP="00883472">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00881683" w14:paraId="6DD99B9B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CF82CD" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39BCA682" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A6F48" w14:paraId="3B05D5AC" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A4B448" w14:textId="77777777" w:rsidR="002068CB" w:rsidRPr="002068CB" w:rsidRDefault="002068CB" w:rsidP="002068CB">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002068CB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D1: Identify, review and select scientific techniques, procedures and methods to undertake tasks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3876FFE0" w14:textId="77777777" w:rsidR="00D05D5A" w:rsidRDefault="002068CB" w:rsidP="002068CB">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001479F0">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means you can give an example of work that you have undertaken showing where and why the method/procedure used was chosen as the best (or most relevant) to use</w:t>
+            </w:r>
+            <w:r w:rsidR="003801B3" w:rsidRPr="003801B3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CBFF319" w14:textId="00B4F065" w:rsidR="003801B3" w:rsidRDefault="003E75AC" w:rsidP="002068CB">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>You might wish to consider:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B34F906" w14:textId="77777777" w:rsidR="003E75AC" w:rsidRPr="003E75AC" w:rsidRDefault="003E75AC" w:rsidP="003E75AC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E75AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>review of method – why is this one the best compared to others that are available</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A423758" w14:textId="77777777" w:rsidR="003E75AC" w:rsidRPr="003E75AC" w:rsidRDefault="003E75AC" w:rsidP="003E75AC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E75AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>cost effectiveness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7951EE7A" w14:textId="77777777" w:rsidR="003E75AC" w:rsidRPr="003E75AC" w:rsidRDefault="003E75AC" w:rsidP="003E75AC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E75AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>time taken</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5736B169" w14:textId="77777777" w:rsidR="003E75AC" w:rsidRPr="003E75AC" w:rsidRDefault="003E75AC" w:rsidP="003E75AC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E75AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>IT considerations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F7E480" w14:textId="38359CC3" w:rsidR="003801B3" w:rsidRDefault="003801B3" w:rsidP="006F3AA8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A6F48" w14:paraId="4288F7EA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E2F2C9" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DB93368" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B26A2" w14:paraId="7F7E3F00" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="598B0AF2" w14:textId="77777777" w:rsidR="00472285" w:rsidRPr="00472285" w:rsidRDefault="00472285" w:rsidP="00472285">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00472285">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D2: Contribute to the organisation of tasks and resources</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB2D195" w14:textId="348A3568" w:rsidR="000C6B28" w:rsidRDefault="00472285" w:rsidP="00472285">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00472285">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can give examples of how you have contributed to the running of the laboratory/workshop/section or other types of working environment.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00472285">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Examples to consider:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF697E7" w14:textId="5429F58F" w:rsidR="000C6B28" w:rsidRPr="000C6B28" w:rsidRDefault="000C6B28" w:rsidP="000C6B28">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>organisation of safety checks and inspections</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="212E58AE" w14:textId="34C7A4AE" w:rsidR="000C6B28" w:rsidRPr="000C6B28" w:rsidRDefault="000C6B28" w:rsidP="000C6B28">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ordering equipment, software, and materials</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0CC3EF" w14:textId="42F8826F" w:rsidR="000C6B28" w:rsidRPr="000C6B28" w:rsidRDefault="000C6B28" w:rsidP="000C6B28">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>organisation of a rota for cleaning, maintenance, or machine time</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26C56E8F" w14:textId="760F86D1" w:rsidR="000C6B28" w:rsidRPr="000C6B28" w:rsidRDefault="000C6B28" w:rsidP="000C6B28">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>organisation of human and physical resources when an issue arises</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF9A80E" w14:textId="5C1B0EB1" w:rsidR="000C6B28" w:rsidRPr="000C6B28" w:rsidRDefault="000C6B28" w:rsidP="000C6B28">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6B28">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>organisation of statutory inspections, external/internal servicing, and maintenance of equipment or infrastructure.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="189703BC" w14:textId="3013350C" w:rsidR="009B26A2" w:rsidRPr="00657A4B" w:rsidRDefault="009B26A2" w:rsidP="00472285"/>
+          <w:p w14:paraId="684022A7" w14:textId="53AD4D3D" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00657A4B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B26A2" w14:paraId="2AA14889" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2943D724" w14:textId="77777777" w:rsidR="009B26A2" w:rsidRDefault="009B26A2" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="095EF905" w14:textId="77777777" w:rsidR="003801B3" w:rsidRDefault="003801B3" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1C7EB37D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="719E6E07" w14:textId="6D51D384" w:rsidR="00EF1209" w:rsidRDefault="005C34FC" w:rsidP="007B7F91">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C34FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="005C189B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C34FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>: Contribute to continuous process improvement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB47831" w14:textId="77777777" w:rsidR="00C97590" w:rsidRDefault="005C189B" w:rsidP="00C97590">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C189B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give an example which shows how you are aware of progress in your area and seek ways of improving the efficiency of your work. It should describe how you seek to discuss with your supervisor the strategy for achieving this. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5FB244" w14:textId="3F3FC6A5" w:rsidR="00C97590" w:rsidRPr="00C97590" w:rsidRDefault="005C189B" w:rsidP="00C97590">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C189B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>For instance this could include new and improved methods, new ways to increase throughput, or ways to increase cost-effectiveness.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C97590" w:rsidRPr="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4846C64D" w14:textId="22F2237F" w:rsidR="00C97590" w:rsidRPr="00C97590" w:rsidRDefault="00C97590" w:rsidP="00C97590">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>taking part in staff reviews</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E324B84" w14:textId="5EEE0418" w:rsidR="00C97590" w:rsidRPr="00C97590" w:rsidRDefault="00C97590" w:rsidP="00C97590">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>working within time frames and using SMART objectives</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A87F519" w14:textId="27A7A724" w:rsidR="00C97590" w:rsidRPr="00C97590" w:rsidRDefault="00C97590" w:rsidP="00C97590">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>contributing to operational plans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181D3E06" w14:textId="6438D912" w:rsidR="00327895" w:rsidRPr="00CE58BD" w:rsidRDefault="00C97590" w:rsidP="005C189B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C97590">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>looking for cheaper resources</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6183E896" w14:textId="651DB992" w:rsidR="007B7F91" w:rsidRDefault="007B7F91" w:rsidP="00327895">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1610DCD4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B87297" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4BBAF815" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00475193" w14:paraId="26232595" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D619E0D" w14:textId="77777777" w:rsidR="003B3534" w:rsidRPr="003B3534" w:rsidRDefault="003B3534" w:rsidP="003B3534">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3534">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E1: Comply with and promote relevant codes of conduct and practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50B95228" w14:textId="09B04201" w:rsidR="00DA72A6" w:rsidRDefault="003B3534" w:rsidP="003B3534">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B3534">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give an example of how you comply with a code of conduct (e.g. of your professional </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB3D33">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B3534">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ody) or how you work within and promote all relevant legislative, regulatory and local requirements.</w:t>
+            </w:r>
+            <w:r w:rsidR="006731E5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examples:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181B68DC" w14:textId="782A48A3" w:rsidR="006731E5" w:rsidRPr="006731E5" w:rsidRDefault="006731E5" w:rsidP="006731E5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006731E5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">comply with the IBMS code of conduct </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EBECCB6" w14:textId="085E4E13" w:rsidR="006731E5" w:rsidRPr="006731E5" w:rsidRDefault="006731E5" w:rsidP="006731E5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006731E5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>manage your work within all relevant legislative, regulatory, and local requirements, frameworks such as Health and Safety Legislation, Home Office Regulations, Good Laboratory Practice (GLP), local Codes of Practice, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E971C3D" w14:textId="04F9405A" w:rsidR="003B3534" w:rsidRPr="00DA72A6" w:rsidRDefault="003B3534" w:rsidP="003B3534">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00475193" w14:paraId="29381F54" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D657B4E" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CF52CF5" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D6427D" w14:paraId="081261C8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="49768A65" w14:textId="77777777" w:rsidR="00750E24" w:rsidRPr="00750E24" w:rsidRDefault="00750E24" w:rsidP="00750E24">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00750E24">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E2: Maintain and enhance competence in own area of practice through professional development activity.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A05DE8D" w14:textId="77777777" w:rsidR="00FF4954" w:rsidRPr="00750E24" w:rsidRDefault="00750E24" w:rsidP="00750E24">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00750E24">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you undertake activities to enhance your competence in your own area of practice i.e. Continuing Professional Development (CPD) and reflect on its impact on you and others. We are not looking for a list of courses here but evidence of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4382B2CE" w14:textId="63A823A0" w:rsidR="00750E24" w:rsidRPr="00DA72A6" w:rsidRDefault="00750E24" w:rsidP="00750E24">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D6427D" w14:paraId="13E3C905" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443DDA12" w14:textId="77777777" w:rsidR="00D6427D" w:rsidRDefault="00D6427D" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13CEB121" w14:textId="77777777" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00255DC0"/>
+    <w:sectPr w:rsidR="00657A4B" w:rsidSect="00E97859">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AC29F40" w14:textId="77777777" w:rsidR="001847C5" w:rsidRDefault="001847C5">
+    <w:p w14:paraId="64842C58" w14:textId="77777777" w:rsidR="00975CCE" w:rsidRDefault="00975CCE" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0694718B" w14:textId="77777777" w:rsidR="001847C5" w:rsidRDefault="001847C5">
+    <w:p w14:paraId="2AA8E947" w14:textId="77777777" w:rsidR="00975CCE" w:rsidRDefault="00975CCE" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="424757EE" w14:textId="7D672DD5" w:rsidR="00235CE9" w:rsidRDefault="00235CE9">
+  <w:p w14:paraId="13893CBB" w14:textId="77AA7D11" w:rsidR="004332F2" w:rsidRDefault="002E4A6F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Registered Scientist Application Form</w:t>
+      <w:t>Registered Scientist</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="004332F2">
+      <w:t xml:space="preserve"> Application form</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="005E3025">
-      <w:t>January 202</w:t>
+    <w:r w:rsidR="004332F2">
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidR="004F5583">
-[...2 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r>
-      <w:t>Author Christian Burt</w:t>
+    <w:r w:rsidR="004332F2">
+      <w:t>Author: Christian Burt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20FC266C" w14:textId="77777777" w:rsidR="001847C5" w:rsidRDefault="001847C5">
+    <w:p w14:paraId="0F8BF584" w14:textId="77777777" w:rsidR="00975CCE" w:rsidRDefault="00975CCE" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AA974B5" w14:textId="77777777" w:rsidR="001847C5" w:rsidRDefault="001847C5">
+    <w:p w14:paraId="1A4F8C63" w14:textId="77777777" w:rsidR="00975CCE" w:rsidRDefault="00975CCE" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="035C2249"/>
+    <w:nsid w:val="024D6618"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="086A1CFE"/>
+    <w:tmpl w:val="CA7EEA44"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="427430CE"/>
+    <w:nsid w:val="0CB657F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABCE9142"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="F77E5FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...46 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="507604F5"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="15FF7D17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5540FFE2"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5AE728A3"/>
+    <w:nsid w:val="18F106DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D685E6C"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="ACBACEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...46 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E0A6672"/>
+    <w:nsid w:val="1D5046A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FDF67424"/>
-[...9 lines deleted...]
-        <w:ind w:left="645" w:hanging="360"/>
+    <w:tmpl w:val="AD4E1D4C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D5A29F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3628F7B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E2E019F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F3AF72C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21DA5550"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35C075A8"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22D02E44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="571E9CF8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28156371"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41801652"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28B2743A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="626673CE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A757D1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D05294A4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D292DA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93047ECE"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3606321A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75942F64"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="405D5F0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4A8362E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42AA48E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D96218BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="529D1E1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="499EAEB6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="577736CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C4A6142"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9A1B2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D52C77AA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9F3A3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE4C9828"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C81802"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DF6DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68CC1BDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F3E093C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ECF55DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="469661D4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090009">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1737244177">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77390F3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88C4451E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D7F3CF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B7424AE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D8F27FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="716A716E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EE14F1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8260736"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EED14C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157A51B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1819953456">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="723257412">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1602570773">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1402021490">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1200976420">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="87391469">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1156992366">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1590500020">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1005354722">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2116441257">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2121222585">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11" w16cid:durableId="822157138">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="984630330">
+  <w:num w:numId="12" w16cid:durableId="400448523">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1640913407">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="168065669">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1114250864">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1831750438">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2146308975">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="553930987">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="801119433">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="19" w16cid:durableId="723336897">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="969894446">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="20" w16cid:durableId="1232353429">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1910773220">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2073232492">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1854226296">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="116921619">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2096634411">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="84962944">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1758794595">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="421222399">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AE7922"/>
-[...217 lines deleted...]
-    <w:rsid w:val="00FE7F68"/>
+    <w:rsidRoot w:val="00255DC0"/>
+    <w:rsid w:val="000012BD"/>
+    <w:rsid w:val="0001097D"/>
+    <w:rsid w:val="000440C3"/>
+    <w:rsid w:val="00086B74"/>
+    <w:rsid w:val="000927B0"/>
+    <w:rsid w:val="000A2932"/>
+    <w:rsid w:val="000C6B28"/>
+    <w:rsid w:val="000D4322"/>
+    <w:rsid w:val="000E16FA"/>
+    <w:rsid w:val="000F1416"/>
+    <w:rsid w:val="000F213A"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="0012010A"/>
+    <w:rsid w:val="00124167"/>
+    <w:rsid w:val="00126741"/>
+    <w:rsid w:val="00143558"/>
+    <w:rsid w:val="001479F0"/>
+    <w:rsid w:val="00151908"/>
+    <w:rsid w:val="00153E5D"/>
+    <w:rsid w:val="001A5D31"/>
+    <w:rsid w:val="001C50CA"/>
+    <w:rsid w:val="001C6FE5"/>
+    <w:rsid w:val="001D5A08"/>
+    <w:rsid w:val="002018CD"/>
+    <w:rsid w:val="00205694"/>
+    <w:rsid w:val="002068CB"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="00270A26"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="002B23CF"/>
+    <w:rsid w:val="002C015C"/>
+    <w:rsid w:val="002C6C31"/>
+    <w:rsid w:val="002E4A6F"/>
+    <w:rsid w:val="0031612A"/>
+    <w:rsid w:val="003177FE"/>
+    <w:rsid w:val="00326FD0"/>
+    <w:rsid w:val="00327895"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="00354E3A"/>
+    <w:rsid w:val="00354ED4"/>
+    <w:rsid w:val="003639D9"/>
+    <w:rsid w:val="003779E8"/>
+    <w:rsid w:val="003801B3"/>
+    <w:rsid w:val="003B0768"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003B3534"/>
+    <w:rsid w:val="003E75AC"/>
+    <w:rsid w:val="004332F2"/>
+    <w:rsid w:val="00464E50"/>
+    <w:rsid w:val="00472285"/>
+    <w:rsid w:val="00475193"/>
+    <w:rsid w:val="004836BA"/>
+    <w:rsid w:val="00485099"/>
+    <w:rsid w:val="004A18B7"/>
+    <w:rsid w:val="004B4D76"/>
+    <w:rsid w:val="004E7297"/>
+    <w:rsid w:val="00521486"/>
+    <w:rsid w:val="00533B5B"/>
+    <w:rsid w:val="00551A29"/>
+    <w:rsid w:val="00555750"/>
+    <w:rsid w:val="005A6F48"/>
+    <w:rsid w:val="005C189B"/>
+    <w:rsid w:val="005C34FC"/>
+    <w:rsid w:val="005C6C6D"/>
+    <w:rsid w:val="005D3EE7"/>
+    <w:rsid w:val="006011A0"/>
+    <w:rsid w:val="00616F37"/>
+    <w:rsid w:val="00637FD9"/>
+    <w:rsid w:val="00650A41"/>
+    <w:rsid w:val="00657A4B"/>
+    <w:rsid w:val="006731E5"/>
+    <w:rsid w:val="00675AF1"/>
+    <w:rsid w:val="006A19F6"/>
+    <w:rsid w:val="006B7616"/>
+    <w:rsid w:val="006C41DF"/>
+    <w:rsid w:val="006C6E32"/>
+    <w:rsid w:val="006F3AA8"/>
+    <w:rsid w:val="00702DA1"/>
+    <w:rsid w:val="00721CAA"/>
+    <w:rsid w:val="00724F2B"/>
+    <w:rsid w:val="00750E24"/>
+    <w:rsid w:val="00752127"/>
+    <w:rsid w:val="00784DAA"/>
+    <w:rsid w:val="007907C0"/>
+    <w:rsid w:val="00793DE9"/>
+    <w:rsid w:val="007B7F91"/>
+    <w:rsid w:val="0080429F"/>
+    <w:rsid w:val="008062CC"/>
+    <w:rsid w:val="00823EE9"/>
+    <w:rsid w:val="00833401"/>
+    <w:rsid w:val="00850C39"/>
+    <w:rsid w:val="00857C9E"/>
+    <w:rsid w:val="00863542"/>
+    <w:rsid w:val="00881683"/>
+    <w:rsid w:val="00882276"/>
+    <w:rsid w:val="00883472"/>
+    <w:rsid w:val="00897745"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="008F5D9D"/>
+    <w:rsid w:val="00917EE2"/>
+    <w:rsid w:val="00930F53"/>
+    <w:rsid w:val="0093227A"/>
+    <w:rsid w:val="00975CCE"/>
+    <w:rsid w:val="00985225"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009A5061"/>
+    <w:rsid w:val="009B26A2"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="009F624F"/>
+    <w:rsid w:val="009F7353"/>
+    <w:rsid w:val="00A1463A"/>
+    <w:rsid w:val="00A21706"/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rsid w:val="00A40E4D"/>
+    <w:rsid w:val="00A53F05"/>
+    <w:rsid w:val="00A7263E"/>
+    <w:rsid w:val="00AB7A66"/>
+    <w:rsid w:val="00AC2804"/>
+    <w:rsid w:val="00AD1110"/>
+    <w:rsid w:val="00AE49CE"/>
+    <w:rsid w:val="00AF3E47"/>
+    <w:rsid w:val="00AF4393"/>
+    <w:rsid w:val="00B176D1"/>
+    <w:rsid w:val="00B20DE1"/>
+    <w:rsid w:val="00B33FFD"/>
+    <w:rsid w:val="00B40CFD"/>
+    <w:rsid w:val="00B75FAE"/>
+    <w:rsid w:val="00BA15F9"/>
+    <w:rsid w:val="00BB3086"/>
+    <w:rsid w:val="00BD3CAF"/>
+    <w:rsid w:val="00BD5F9B"/>
+    <w:rsid w:val="00BD6585"/>
+    <w:rsid w:val="00BE72EE"/>
+    <w:rsid w:val="00C03D40"/>
+    <w:rsid w:val="00C14FF9"/>
+    <w:rsid w:val="00C376DF"/>
+    <w:rsid w:val="00C86E2B"/>
+    <w:rsid w:val="00C97590"/>
+    <w:rsid w:val="00CA035E"/>
+    <w:rsid w:val="00CA70AF"/>
+    <w:rsid w:val="00CA78DA"/>
+    <w:rsid w:val="00CB43C8"/>
+    <w:rsid w:val="00CC3D1D"/>
+    <w:rsid w:val="00CC67BE"/>
+    <w:rsid w:val="00CD6022"/>
+    <w:rsid w:val="00CE4171"/>
+    <w:rsid w:val="00CE58BD"/>
+    <w:rsid w:val="00CF6126"/>
+    <w:rsid w:val="00D0382B"/>
+    <w:rsid w:val="00D05B79"/>
+    <w:rsid w:val="00D05D5A"/>
+    <w:rsid w:val="00D13273"/>
+    <w:rsid w:val="00D14642"/>
+    <w:rsid w:val="00D26423"/>
+    <w:rsid w:val="00D6427D"/>
+    <w:rsid w:val="00D72037"/>
+    <w:rsid w:val="00DA2539"/>
+    <w:rsid w:val="00DA72A6"/>
+    <w:rsid w:val="00DD0E2F"/>
+    <w:rsid w:val="00E00145"/>
+    <w:rsid w:val="00E02829"/>
+    <w:rsid w:val="00E059CB"/>
+    <w:rsid w:val="00E82284"/>
+    <w:rsid w:val="00E97859"/>
+    <w:rsid w:val="00EA2E93"/>
+    <w:rsid w:val="00EB7FEA"/>
+    <w:rsid w:val="00EC446A"/>
+    <w:rsid w:val="00ED6E7B"/>
+    <w:rsid w:val="00EE124C"/>
+    <w:rsid w:val="00EF1209"/>
+    <w:rsid w:val="00EF1BE4"/>
+    <w:rsid w:val="00F1407C"/>
+    <w:rsid w:val="00F26431"/>
+    <w:rsid w:val="00F471F8"/>
+    <w:rsid w:val="00FA49EB"/>
+    <w:rsid w:val="00FB3D33"/>
+    <w:rsid w:val="00FB691E"/>
+    <w:rsid w:val="00FC1BF6"/>
+    <w:rsid w:val="00FC55EC"/>
+    <w:rsid w:val="00FD1BB5"/>
+    <w:rsid w:val="00FD2BEB"/>
+    <w:rsid w:val="00FE0DDF"/>
+    <w:rsid w:val="00FF4954"/>
+    <w:rsid w:val="00FF71A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="290FDB20"/>
-  <w15:docId w15:val="{85F5230D-9176-4228-A070-3CC8D3603F8B}"/>
+  <w14:docId w14:val="757CA021"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{AFE33A03-DF88-4E92-ADAE-214A7FC07DAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5186,74 +7887,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5402,800 +8104,1620 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004338A7"/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:kern w:val="18"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
-    <w:name w:val="Date"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="00E07F8B"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="004338A7"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00270A26"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...136 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00877A94"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00354ED4"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006342EC"/>
+    <w:rsid w:val="00AC2804"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00235CE9"/>
+    <w:rsid w:val="004332F2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="00235CE9"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00235CE9"/>
+    <w:rsid w:val="004332F2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="00235CE9"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...99 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice.html?_gl=1*sfveaf*_up*MQ..*_ga*NDIxMjI2MjI4LjE3NjQzMjA3NjQ.*_ga_T45DN47XW6*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw*_ga_L7LGEKCBYL*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1AEE9B8C-1539-4F5C-B87C-3E666A783254}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003E11B9" w:rsidRDefault="00165054" w:rsidP="00165054">
+          <w:pPr>
+            <w:pStyle w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E0D1D7E4-E6F3-412D-8AFE-F4D323863F00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007750CB" w:rsidRDefault="003E11B9" w:rsidP="003E11B9">
+          <w:pPr>
+            <w:pStyle w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00165054"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="00165054"/>
+    <w:rsid w:val="001C22DE"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rsid w:val="003E6753"/>
+    <w:rsid w:val="005B418A"/>
+    <w:rsid w:val="007750CB"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="00F43616"/>
+    <w:rsid w:val="00FB685C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54C862E2C8394324ACD9DD9487A06E78">
+    <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+    <w:rsid w:val="003E11B9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F35336967CAF409AA45A05A0C8C96CCC">
+    <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+    <w:rsid w:val="00165054"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4558</Characters>
+  <Pages>10</Pages>
+  <Words>1904</Words>
+  <Characters>13331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>341</Lines>
+  <Paragraphs>380</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>IBMS</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5347</CharactersWithSpaces>
+  <CharactersWithSpaces>14855</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Miss S J Smith</dc:title>
-  <dc:creator>mike</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Christian Burt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>