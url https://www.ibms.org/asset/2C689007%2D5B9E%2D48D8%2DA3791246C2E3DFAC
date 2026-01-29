--- v0 (2025-10-17)
+++ v1 (2026-01-29)
@@ -1,7265 +1,4165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50F4204C" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="003D1F40" w:rsidP="003D1F40">
-      <w:pPr>
+    <w:p w14:paraId="7492A3DC" w14:textId="714A2B88" w:rsidR="00326FD0" w:rsidRDefault="00326FD0" w:rsidP="00126741">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DB2660">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="160FD944" wp14:editId="790ED1FA">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Picture 8" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30DA80B2" wp14:editId="20BA31B1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6805613</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1420495" cy="1353185"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21286"/>
+                <wp:lineTo x="21436" y="21286"/>
+                <wp:lineTo x="21436" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 0" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
-[...83 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 1" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
+                    <pic:cNvPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="613534" cy="1345643"/>
+                      <a:ext cx="1420495" cy="1353185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE72EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4574F61E" wp14:editId="3E9FACA4">
+            <wp:extent cx="1712751" cy="1342797"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:docPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1731828" cy="1357754"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4087D2D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="00281997" w:rsidP="0044678D">
+    <w:p w14:paraId="35454D42" w14:textId="2A11E8FC" w:rsidR="00485099" w:rsidRPr="00126741" w:rsidRDefault="00752127">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00126741">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00DB2660">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6126">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Registered Science Technician (RSciTech)</w:t>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="008A116A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cience Technician </w:t>
+      </w:r>
+      <w:r w:rsidR="00255DC0" w:rsidRPr="00126741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Application form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCDDD35" w14:textId="77777777" w:rsidR="0001128A" w:rsidRPr="00DB2660" w:rsidRDefault="0001128A" w:rsidP="00A571EB">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="79845B24" w14:textId="418B898B" w:rsidR="00255DC0" w:rsidRDefault="00255DC0">
+      <w:r>
+        <w:t xml:space="preserve">This form is for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA49EB">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...32 lines deleted...]
-        <w:t>Guidance f</w:t>
+        <w:t>IBMS members</w:t>
       </w:r>
-      <w:r w:rsidR="0044678D" w:rsidRPr="00DB2660">
-[...7 lines deleted...]
-        <w:t>or applicants</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t xml:space="preserve">are at the Associate class of membership and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t xml:space="preserve">are applying to be admitted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t xml:space="preserve">ce Technician </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t>register.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">The fee rates for </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered S</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t>cience Technician</w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t xml:space="preserve"> are £</w:t>
+      </w:r>
+      <w:r w:rsidR="008414CF">
+        <w:t>24.50</w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14642">
+        <w:t>The fee is only applicable if you are successful and is then applied on an annual basis.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6198C12A" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00DB2660" w:rsidRDefault="00404537" w:rsidP="0044678D">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="041C2121" w14:textId="77777777" w:rsidR="00255DC0" w:rsidRPr="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00255DC0">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:noProof/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <mc:AlternateContent>
-[...80 lines deleted...]
-        <w:br/>
+        <w:t>Eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C376025" w14:textId="563C985B" w:rsidR="0044678D" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
-[...18 lines deleted...]
-        <w:t>Introduction</w:t>
+    <w:p w14:paraId="64191E97" w14:textId="3B7FB08B" w:rsidR="00201854" w:rsidRDefault="00255DC0" w:rsidP="00201854">
+      <w:r>
+        <w:t xml:space="preserve">To become a </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...7 lines deleted...]
-        <w:br/>
+      <w:r w:rsidR="00784DAA">
+        <w:t>Registered Scien</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">This document provides information </w:t>
+      <w:r w:rsidR="008414CF">
+        <w:t>ce Technician</w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...97 lines deleted...]
-        <w:t>nationally recognised UK Science Council register.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> you will need to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="337036E5" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
-[...2 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+    <w:p w14:paraId="32B7778C" w14:textId="260FC2A7" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Have Associate membership of the IBMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE50B4A" w14:textId="629A67A6" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00115591">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hold a Level 3 qualification </w:t>
+      </w:r>
+      <w:r w:rsidR="00115591">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> demonstrate equivalent level experience in your role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEEBCEC" w14:textId="77777777" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Demonstrate evidence of Continuing Professional Development (CPD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477133A7" w14:textId="049F6B70" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F05">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Supporter for the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D2AEC1" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="008000"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00897745">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
           <w:bCs/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Should you have any questions regarding the process please contact </w:t>
-[...7 lines deleted...]
-        <w:t>the Professional Support Services Manager, Christian Burt by email: christianburt@ibms.org</w:t>
+        <w:t>Applicant details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F6C5A8" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="00281997" w:rsidP="009B1EC8">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="11259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00897745" w14:paraId="23F78823" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D86F343" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2F2050" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="29DC14C0" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2E6FD8" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Current Job Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1285961A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="2E40F855" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B14D127" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Job Band (if NHS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A8C957" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="1C3340D1" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8393AC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Membership number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC4E935" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="756F7C45" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A4BFE" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Member class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:id w:val="-189613637"/>
+            <w:placeholder>
+              <w:docPart w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Associate" w:value="Associate"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="11259" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3E5246B6" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+                <w:pPr>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3ADD3946" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FF6032" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Contact Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A4530" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3605533D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EB0F91" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Postcode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC0FF0B" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="66B8E6A8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055729F3" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF0FA22" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="0CD8DFB9" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E75A20E" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Mobile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D6E9EC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3E6A8B10" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B7FA4" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Applicants undertaking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2CA2B4" w14:textId="64D01A9A" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I wish to apply for registration as a </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4A6F">
+              <w:t>Registered</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Scien</w:t>
+            </w:r>
+            <w:r w:rsidR="00A722AB">
+              <w:t>ce Technician</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. I have enclosed my personal statement.  I declare that the information I have given with this application is, to the best of my knowledge accurate and true</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="114AD94B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1865BD15" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1213810F" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="37AE9CBA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7ED89A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40487B4A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40BF530D" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0009AF67" w14:textId="77777777" w:rsidR="0008305F" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+    <w:p w14:paraId="06E1FE81" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00897745">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">About </w:t>
+        <w:t xml:space="preserve">Qualifications </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
+    </w:p>
+    <w:p w14:paraId="26ED5A1B" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897745">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="1665"/>
+        <w:gridCol w:w="1761"/>
+        <w:gridCol w:w="2964"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="76F32F34" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA67CF8" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60153B04" w14:textId="414A424A" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate of Achievement I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2985EB49" w14:textId="289A1CF4" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate of Achievement II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BD765" w14:textId="785A6201" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>relevant q</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ualification</w:t>
+            </w:r>
+            <w:r w:rsidR="001901E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="644A0D26" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A66E535" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08742442" w14:textId="5366A9D5" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9FB112" w14:textId="5A548AB7" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6135B412" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="363236D6" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E75941" w14:textId="3590207D" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5157BC0C" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD6035C" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DF8D07" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="6CE94B3F" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6E7BCB" w14:textId="2D324D4A" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Subject</w:t>
+            </w:r>
+            <w:r w:rsidR="00955B6D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C90029A" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC077FC" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1280A93D" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="249F6EB1" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF891AB" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F9289B" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F97BA31" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFC99A6" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6852E520" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00897745"/>
+    <w:p w14:paraId="6BB49490" w14:textId="348565BE" w:rsidR="00F26431" w:rsidRPr="00533B5B" w:rsidRDefault="00F26431" w:rsidP="00F26431">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Registere</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00533B5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GDPR</w:t>
       </w:r>
-      <w:r w:rsidR="00696E93" w:rsidRPr="00DB2660">
+    </w:p>
+    <w:p w14:paraId="2142714E" w14:textId="77777777" w:rsidR="00CA035E" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">If your application is successful, the Institute of Biomedical Science will transfer the information submitted to The Science Council register. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2357BBFE" w14:textId="20ABA2C3" w:rsidR="00551A29" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">The publicly available register will include your name, Licensed Body and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00511FC4">
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> number. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126741">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The Science Council may wish to use the information you supply in order to communicate directly with registrants. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00511FC4">
+        <w:t>ce Technicians</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> have the right to access the personal data held on them by The Science Council. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8075"/>
+        <w:gridCol w:w="5873"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE49CE" w14:paraId="6667AB71" w14:textId="400D060B" w:rsidTr="00AE49CE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8075" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CD3B46" w14:textId="55A807A1" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+            <w:r>
+              <w:t>Do you wish your name to appear on the Science Council Public Register?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1356957197"/>
+            <w:placeholder>
+              <w:docPart w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Yes" w:value="Yes"/>
+              <w:listItem w:displayText="No" w:value="No"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5873" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4EADB567" w14:textId="2F9AB067" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14590E8D" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">d Science Technician </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2753E4E4" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441406B2" w14:textId="378FEBC0" w:rsidR="00255DC0" w:rsidRPr="00BB3086" w:rsidRDefault="006C41DF" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supporter Details</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
+    </w:p>
+    <w:p w14:paraId="4BD63662" w14:textId="1D7ABD0F" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:br/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
+      <w:r w:rsidR="002E4A6F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
+        <w:t>Registered</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Institute</w:t>
+        <w:t xml:space="preserve"> Scien</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
+      <w:r w:rsidR="0052388F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve">ce Technician </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Biomedical Science is proud to be one of the </w:t>
+        <w:t>status</w:t>
       </w:r>
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00DB2660">
+      <w:r w:rsidR="0052388F">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...113 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">to </w:t>
+        <w:t xml:space="preserve">is required to identify a supporter. </w:t>
       </w:r>
-      <w:r w:rsidR="00735835" w:rsidRPr="00DB2660">
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...107 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>for biomedical support staff</w:t>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor.</w:t>
       </w:r>
-      <w:r w:rsidR="00717937" w:rsidRPr="00DB2660">
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...50 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...175 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="00DB2660">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1114 lines deleted...]
-          <w:b/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3242 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C08E76" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00055C9E" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="73F134B3" w14:textId="4069D5DE" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Qualification’s validation</w:t>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333237F2" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00DD6BE7" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="077FB4D6" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-        <w:t>signature beside.</w:t>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141DF860" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="49492852" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169C9C92" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t>The Assessment Process</w:t>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9E3B50" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00DD6BE7" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="5E630742" w14:textId="2C9F58D1" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007C0A75">
+        <w:t>Why do applicants for registration need a supporter?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Your application will be acknowledged on receipt and will undergo a preliminary review to ascertain whether you have submitted all the required information.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7661A1" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="181A64FE" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>If the information you supplied is incomplete, a letter will be sent requesting further details.</w:t>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AFABAB" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7FECBBEB" w14:textId="22E8671C" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...54 lines deleted...]
-        <w:t>, for successful applicants, will subsequently be sent following the confirmatory letter.</w:t>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B11E0C7" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="37F22B12" w14:textId="205C956A" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Appeals</w:t>
+        <w:t>Supporter section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDD100D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="0003653D" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="08A00E9B" w14:textId="66E4034F" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:br/>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body (i.e. IBMS or RCPath) and professional registration where it exists (i.e. Science Council, GMC, HCPC)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
+      <w:r w:rsidR="0093227A">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Should the Institute feel </w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">that at this time, that unfortunately </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>you do not meet the criteria you will be advised. If you wish to appeal this decision and have your application reconsidered,</w:t>
+        <w:t xml:space="preserve">I, the undersigned, support this application and consider that the applicant has the required professional experience and qualifications to be a </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0093227A">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> you</w:t>
+        <w:t>Registered</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> must </w:t>
+        <w:t xml:space="preserve"> Scien</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0056218C">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">notify the Institute in writing </w:t>
+        <w:t>ce Technician</w:t>
       </w:r>
-      <w:r w:rsidRPr="0003653D">
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">within a month of receiving the correspondence from us. </w:t>
+        <w:t xml:space="preserve">.  I have read their personal statement and confirm that the applicant operates at the level commensurate with a </w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="0056218C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and meets the standards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BDBF1C" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="0003653D" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7F5D0A86" w14:textId="7B440DF6" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Appeals letters should state how you meet the RSci standards and include evidence additional to your original submission and be signed by both the original proposer and you.</w:t>
+        <w:t xml:space="preserve">In providing </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001064B8">
+        <w:t>with the information requested you are consenting to its use as indicated in the Privacy Notice. Further information can be found on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>All such appeals will be considered by Membership</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-        <w:r w:rsidRPr="003B4F05">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>christianburt@ibms.org</w:t>
+          <w:t>IBMS</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BB3086">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> website</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="163E87C4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2878"/>
+        <w:gridCol w:w="11070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="317288C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F69BC0E" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Supporter name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="066024DB" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="17B444C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F5FC02" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Supporter comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735275C5" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F82506F" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59EABDE6" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24D197AB" w14:textId="77777777" w:rsidR="003B0768" w:rsidRPr="00BB3086" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="757168AE" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BF4EF8" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4587A4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="570F631C" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC9CDB4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE53AD9" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F8BD858" w14:textId="77777777" w:rsidR="006C41DF" w:rsidRDefault="006C41DF" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="41A80C54" w14:textId="7F786A26" w:rsidR="005C6C6D" w:rsidRPr="005C6C6D" w:rsidRDefault="005C6C6D" w:rsidP="00255DC0">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="005C6C6D">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...26 lines deleted...]
-        <w:br/>
+        <w:t>Your personal statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125FC811" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-      <w:pPr>
+    <w:p w14:paraId="4795938B" w14:textId="7635E6FE" w:rsidR="005C6C6D" w:rsidRDefault="00B40CFD" w:rsidP="00255DC0">
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve">You must demonstrate how you meet each standard by providing clear, practical examples and referring to the applicant guidance. This statement should focus on your own experience and how you meet the requirements for the </w:t>
+      </w:r>
+      <w:r w:rsidR="006A19F6">
+        <w:t>Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="008257FF">
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> award. Although not mandatory, a typical response for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>each standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> is around </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB691E">
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>When in receipt of your application form</w:t>
+        <w:t>250 words</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...61 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8AEDA4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...479 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="785CF36D" w14:textId="77777777" w:rsidTr="00DD0E2F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3413813F" w14:textId="3660A3D2" w:rsidR="00E02C1D" w:rsidRPr="00E02C1D" w:rsidRDefault="00E02C1D" w:rsidP="00E02C1D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E02C1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A1: Apply knowledge of underlying concepts and principles associated with area of work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7775AC39" w14:textId="13E1ADBA" w:rsidR="00ED6E7B" w:rsidRDefault="00E02C1D" w:rsidP="00B83344">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E02C1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example of how you apply your knowledge in your day-to-day work</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7FEA" w:rsidRPr="006A19F6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1407C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="3A4F5330" w14:textId="77777777" w:rsidTr="00ED6E7B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F38C05" w14:textId="1CED6621" w:rsidR="00ED6E7B" w:rsidRDefault="00CE4171" w:rsidP="00255DC0">
+            <w:r>
+              <w:t>Applicant</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD0E2F">
+              <w:t xml:space="preserve"> response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B7869EE" w14:textId="77777777" w:rsidR="00FC1BF6" w:rsidRDefault="00FC1BF6" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE4171" w14:paraId="3DB91AE9" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="747B8B3A" w14:textId="77777777" w:rsidR="00146D79" w:rsidRPr="00146D79" w:rsidRDefault="00146D79" w:rsidP="00146D79">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146D79">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A2: Review and select appropriate scientific techniques, procedures and methods to undertake tasks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="077F67AD" w14:textId="095E73FD" w:rsidR="00BD5F9B" w:rsidRPr="00790F2B" w:rsidRDefault="00146D79" w:rsidP="00790F2B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146D79">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This means that you can explain the underlying reasons for undertaking tasks and why a particular procedure, technique, or process is appropriate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE4171" w14:paraId="149DC14D" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014A25EE" w14:textId="77777777" w:rsidR="00CE4171" w:rsidRDefault="00CE4171" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07F7F17E" w14:textId="77777777" w:rsidR="00DD0E2F" w:rsidRDefault="00DD0E2F" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="73E96E81" w14:textId="77777777" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="2B17F1E0" w14:textId="77777777" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00857C9E" w14:paraId="396B7CFA" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A1E10A" w14:textId="77777777" w:rsidR="00381A43" w:rsidRPr="00381A43" w:rsidRDefault="00381A43" w:rsidP="00381A43">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00381A43">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A3: Interpret and evaluate data and make sound judgements in relation to scientific concepts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239AD72E" w14:textId="1C943BC5" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00381A43">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00381A43">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This means you can explain how you recognise when your activity appears to have been successfully carried out, or not, and what data, observations, or measurements you are evaluating mean, relating it to the underlying principles. You should also be able describe how you present information in an appropriate manner in order to explain your judgement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E6487E" w14:textId="77777777" w:rsidR="00A4473D" w:rsidRPr="00A4473D" w:rsidRDefault="00A4473D" w:rsidP="00A4473D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4473D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples may include where you have stated whether the activity has worked well or not: if successful, your example should describe the rationale/scientific basis behind this conclusion and why the data, observations, or measurements might mean this.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5289D822" w14:textId="126C9AD5" w:rsidR="00A4473D" w:rsidRPr="00381A43" w:rsidRDefault="00A4473D" w:rsidP="00A4473D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4473D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>If not, how you gave reasons why the activity ‘failed’ and what you proposed to do next time to address this. Your example should also include how you explained/demonstrated the results of the activity. This could include comparing it with results from a number of different activities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC473ED" w14:textId="259B1F57" w:rsidR="00F471F8" w:rsidRPr="00F471F8" w:rsidRDefault="00F471F8" w:rsidP="00381A43">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75D9A3BD" w14:textId="05631F02" w:rsidR="008062CC" w:rsidRDefault="008062CC" w:rsidP="008062CC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857C9E" w14:paraId="65A2AF11" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA64B46" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="319E259A" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="317341E4" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D26C28" w14:textId="77777777" w:rsidR="003E2F1D" w:rsidRPr="003E2F1D" w:rsidRDefault="003E2F1D" w:rsidP="003E2F1D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2F1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>B1: Work consistently and effectively with minimal supervision to appropriate standards and protocols and know when to escalate appropriately.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152EAB0F" w14:textId="77777777" w:rsidR="003E2F1D" w:rsidRPr="003E2F1D" w:rsidRDefault="003E2F1D" w:rsidP="003E2F1D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2F1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>We are looking for an example of how you carry out work with minimal input from your supervisor for certain key tasks, experiments or procedures associated with your role and completing them to the appropriate standards and time frame.  We are also looking for evidence that you know when to escalate appropriately and that you are able to make a judgement on when to escalate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AC1827" w14:textId="77777777" w:rsidR="00530D6D" w:rsidRDefault="00530D6D" w:rsidP="00530D6D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="094EDCA4" w14:textId="04B72FA9" w:rsidR="00B33FFD" w:rsidRDefault="00530D6D" w:rsidP="00530D6D">
+            <w:r w:rsidRPr="00530D6D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Your example should illustrate how, after you discussed the work with your supervisor and established a time frame, you then carried out the work with no or little further input, until discussing the outcome with your supervisor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="5DE0DF37" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB39827" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B71891A" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="2DE636E4" w14:textId="77777777" w:rsidR="00694C13" w:rsidRDefault="00694C13" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="3EC1F3AF" w14:textId="77777777" w:rsidR="00694C13" w:rsidRDefault="00694C13" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C015C" w14:paraId="1C3333D9" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="24168C26" w14:textId="77777777" w:rsidR="00694C13" w:rsidRPr="00694C13" w:rsidRDefault="00694C13" w:rsidP="00694C13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00694C13">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>B2: Demonstrate how you apply safe working practices.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0AFD4E" w14:textId="592DC942" w:rsidR="00694C13" w:rsidRPr="00694C13" w:rsidRDefault="00694C13" w:rsidP="00694C13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00694C13">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can explain the safe working practices applicable to your area of work and describe how you follow them</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F736027" w14:textId="522FE3D2" w:rsidR="00C376DF" w:rsidRPr="005C0BEE" w:rsidRDefault="006E3BA0" w:rsidP="005C0BEE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your examples could include risk assessments associated with your work, relevant Health and Safety regulations, e.g., COSHH, Noise, Manual Handling and any safety training courses you have successfully completed for your laboratory role, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C376DF" w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>safety equipment and control measures necessary to work safely and protect others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783C94DA" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="005C0BEE" w:rsidRDefault="00C376DF" w:rsidP="005C0BEE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carrying out safety inspections of premises and equipment, producing reports and making recommendations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E50D13" w14:textId="66065A1D" w:rsidR="00637FD9" w:rsidRDefault="00637FD9" w:rsidP="00637FD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C015C" w14:paraId="3050D89F" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7358CA2B" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00510A02">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3453A72C" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00205694" w14:paraId="115C9203" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="188679D8" w14:textId="77777777" w:rsidR="00E71BC3" w:rsidRPr="00E71BC3" w:rsidRDefault="00E71BC3" w:rsidP="00E71BC3">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71BC3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>B3: Take responsibility for the quality of your work and the impact on others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413029ED" w14:textId="77777777" w:rsidR="00135690" w:rsidRDefault="00E71BC3" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71BC3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can describe how you take responsibility for the quality of the work that you undertake and its impact on others within defined parameters and timelines – including if an activity does not work in the way that you expect.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5144E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFBA7F5" w14:textId="77777777" w:rsidR="00B176D1" w:rsidRDefault="00F5144E" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F5144E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>For instance, your example could include how you: ensure that an activity is carried out to the agreed standard or protocol (e.g., good laboratory/workshop/design practice) and your example should provide evidence for this. Or understand when something might not have been carried out quite correctly and what impact it could have on the quality and reliability of the outcome.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52368A18" w14:textId="0C33FAFB" w:rsidR="00135690" w:rsidRPr="00F5144E" w:rsidRDefault="00135690" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00205694" w14:paraId="4D89B3DE" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275A4805" w14:textId="77777777" w:rsidR="00205694" w:rsidRDefault="00205694" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1E8A1943" w14:textId="77777777" w:rsidR="00E82284" w:rsidRDefault="00E82284" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0080429F" w14:paraId="237A62E0" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="47997576" w14:textId="77777777" w:rsidR="005E265D" w:rsidRPr="005E265D" w:rsidRDefault="005E265D" w:rsidP="005E265D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E265D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC07F0F" w14:textId="2F41F75F" w:rsidR="005E265D" w:rsidRPr="005E265D" w:rsidRDefault="005E265D" w:rsidP="005E265D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E265D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written or electronic means.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6063">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examples might include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21034216" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="00BB6063" w:rsidRDefault="00BB6063" w:rsidP="00BB6063">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6063">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you discuss and agree objectives with your supervisor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150B1100" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>how you discuss and agree objectives in team meetings</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6497D9A8" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you describe or present your work or other aspects of lab, workshop, or section work (e.g., safety updates, method updates) to your supervisor or colleagues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3085E5C3" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you prepare written reports on your work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCC3A9D" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you train students or staff in the use of equipment or processes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F16B89" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you demonstrate the processes or systems the part that you play in induction of new staff or students</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E68022" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="004A4969" w:rsidRDefault="00675AF1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carry out induction training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222FEBEB" w14:textId="0B501963" w:rsidR="00A7263E" w:rsidRDefault="00A7263E" w:rsidP="00A7263E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0080429F" w14:paraId="30DC20E2" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292FFBD0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C61FFF0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00151908" w14:paraId="1B69F9F4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C28B022" w14:textId="77777777" w:rsidR="0049507D" w:rsidRPr="0049507D" w:rsidRDefault="0049507D" w:rsidP="0049507D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0049507D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365E7884" w14:textId="32552819" w:rsidR="0049507D" w:rsidRPr="0049507D" w:rsidRDefault="0049507D" w:rsidP="0049507D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0049507D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can demonstrate skills that you use to interact with colleagues in a constructive way within the work setting. In these situations, it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
+            </w:r>
+            <w:r w:rsidR="000119E1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examples you might wish to consider:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585E8598" w14:textId="77777777" w:rsidR="004A4969" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with researchers, technicians, or other members of staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA2153A" w14:textId="77777777" w:rsidR="004A4969" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with students or trainees face to face</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BED800" w14:textId="796C5913" w:rsidR="006F0AD1" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with external colleagues (such as suppliers, couriers etc)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454C4E70" w14:textId="18EE20BD" w:rsidR="0001097D" w:rsidRDefault="0001097D" w:rsidP="003177FE">
+            <w:pPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00151908" w14:paraId="577735CB" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA6C242" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4484ACDE" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00881683" w14:paraId="4BBBE867" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="160666C3" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C3: Demonstrate an ability to work effectively with others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7084BF06" w14:textId="08A007DE" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means ‘team work’, which can be in a large team or on a 1:1 basis. Your example should illustrate how you worked collectively with others, what your specific role was within the team, and what the outcome was.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00883472" w:rsidRPr="00883472">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples could include but are not limited to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA147CF" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you work with researchers, technicians, or other members of staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="594CA923" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you work with students or trainees face to face</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D23498D" w14:textId="5C7E5110" w:rsidR="0012010A" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>how you work as part of a team, working group, or committee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E83166" w14:textId="19D5BDD5" w:rsidR="00883472" w:rsidRDefault="00883472" w:rsidP="00883472">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00881683" w14:paraId="6DD99B9B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CF82CD" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39BCA682" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A6F48" w14:paraId="3B05D5AC" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE936E1" w14:textId="07C02350" w:rsidR="00393C62" w:rsidRPr="00393C62" w:rsidRDefault="00393C62" w:rsidP="00393C62">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393C62">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D1: Recognise problems and apply appropriate scientific methods to identify causes and achieve solutions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E05F98" w14:textId="77777777" w:rsidR="00393C62" w:rsidRPr="00393C62" w:rsidRDefault="00393C62" w:rsidP="00393C62">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393C62">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example of where you have problem solved or attempted to problem solve.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F02E58D" w14:textId="77777777" w:rsidR="003801B3" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Your example should describe your understanding why this might have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘failed’ and how you identified how you might alter your approach to address the problem. (Note: this does not mean altering a methodology that is sound when an unexpected result is achieved, only when the proper controls indicate the method is not working correctly).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F7E480" w14:textId="01E5BD49" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A6F48" w14:paraId="4288F7EA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E2F2C9" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DB93368" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B26A2" w14:paraId="7F7E3F00" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0A5A4E" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D2: Demonstrate how you use resources effectively.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A81ADDD" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give examples of work that you have undertaken where the method, procedure, programme, equipment, or materials used was chosen as the best (or most relevant) to use. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B7E00C1" w14:textId="6AE26676" w:rsidR="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your example should describe how you planned and organised these to complete the task, and also how you reviewed choices – why the one you selected was the best compared to others that are available.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553E550F" w14:textId="77949DFE" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your example should describe how you planned and organised these to complete the task, and also how you reviewed choices – why the one you selected was the best compared to others that are available</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF5BACD" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This might include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ADE14C" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>cost effectiveness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034DAA4F" w14:textId="5180C90D" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>time taken</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EA7520" w14:textId="463843FA" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>IT considerations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="684022A7" w14:textId="53AD4D3D" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00D96C5B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B26A2" w14:paraId="2AA14889" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2943D724" w14:textId="77777777" w:rsidR="009B26A2" w:rsidRDefault="009B26A2" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="095EF905" w14:textId="77777777" w:rsidR="003801B3" w:rsidRDefault="003801B3" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1C7EB37D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="414FCAFA" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D3: Participate in continuous process improvement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4EC602" w14:textId="3A8D6DDE" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for is an example of how you have improved the efficiency of a way of working</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>or example</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this could include maintenance of stock levels, improved methods, new ways to increase throughput, health and safety or ways to increase cost-effectiveness.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6183E896" w14:textId="651DB992" w:rsidR="007B7F91" w:rsidRDefault="007B7F91" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1610DCD4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B87297" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4BBAF815" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00475193" w14:paraId="26232595" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6B5BBE" w14:textId="77777777" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E1: Comply with relevant codes of conduct and practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A9B67E" w14:textId="77777777" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can give examples of how you comply with a code of conduct (e.g. of your professional Body) or how you work within all relevant legislative, regulatory and local requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28296B3B" w14:textId="666C2B1F" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>comply with your professional body’s code of conduct</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580389AE" w14:textId="6908EE0A" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>manage your work within all relevant legislative, regulatory, and local requirements,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A56F1A2" w14:textId="77777777" w:rsidR="003B3534" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>frameworks such as Health and Safety Legislation, Good Laboratory Practice (GLP), local Codes of Practice, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E971C3D" w14:textId="375D2BEA" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00475193" w14:paraId="29381F54" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D657B4E" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CF52CF5" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D6427D" w14:paraId="081261C8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="451D6923" w14:textId="77777777" w:rsidR="00413E45" w:rsidRPr="00413E45" w:rsidRDefault="00413E45" w:rsidP="00413E45">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E2: Maintain and enhance competence in own area of practice through professional development activity.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4382B2CE" w14:textId="14573A43" w:rsidR="00750E24" w:rsidRPr="00413E45" w:rsidRDefault="00413E45" w:rsidP="00413E45">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give an example of an activity you have undertaken to enhance your competence in your own area of practice i.e. Continuing Professional Development (CPD) and reflect on its impact on you and others. We are not looking for a list of courses here but evidence </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D6427D" w14:paraId="13E3C905" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443DDA12" w14:textId="77777777" w:rsidR="00D6427D" w:rsidRDefault="00D6427D" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13CEB121" w14:textId="77777777" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00255DC0"/>
+    <w:sectPr w:rsidR="00657A4B" w:rsidSect="00E97859">
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="206CCCBA" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="7093C77B" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AD9EEB3" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="12709E39" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="decorative"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica Neue">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="710521CA" w14:textId="32598F68" w:rsidR="00D10538" w:rsidRPr="00F251F3" w:rsidRDefault="00CC46A4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13893CBB" w14:textId="1FDC731F" w:rsidR="004332F2" w:rsidRDefault="002E4A6F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...3 lines deleted...]
-      <w:t>RSciTech Guidance for Applicants</w:t>
+      <w:t>Registered Scien</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CC46A4">
-[...3 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00A722AB">
+      <w:t>ce Technician</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:t xml:space="preserve"> Application form</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>New Standards May 2021</w:t>
+    <w:r w:rsidR="004332F2">
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CC46A4">
-[...3 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>Author Christian Burt</w:t>
+    <w:r w:rsidR="004332F2">
+      <w:t>Author: Christian Burt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E88D5D7" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="234E5B2C" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4322D278" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="48EDE4E3" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00AA170A"/>
+    <w:nsid w:val="024D6618"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1A128272"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="CA7EEA44"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="03A8693D"/>
+    <w:nsid w:val="0CB657F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="34FE4D7C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="F77E5FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0B8F308D"/>
+    <w:nsid w:val="15FF7D17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BB566506"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="5540FFE2"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BAF6871"/>
+    <w:nsid w:val="17B25013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23CA3F0A"/>
+    <w:tmpl w:val="7E86756A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E923B84"/>
+    <w:nsid w:val="18F106DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CA04A0FA"/>
+    <w:tmpl w:val="ACBACEAE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7326,53 +4226,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F6972F6"/>
+    <w:nsid w:val="1B0000EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="11F42EAA"/>
+    <w:tmpl w:val="F9F008F2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7439,937 +4339,849 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0FFB50AA"/>
+    <w:nsid w:val="1D5046A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B476A6BA"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="AD4E1D4C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17B82378"/>
+    <w:nsid w:val="1D5A29F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CDC6BD4C"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="3628F7B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18787BFD"/>
+    <w:nsid w:val="1E2E019F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D05012A2"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="9F3AF72C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="284879FC"/>
+    <w:nsid w:val="21DA5550"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F1968722"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="35C075A8"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28EB71D1"/>
+    <w:nsid w:val="22D02E44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5022C26C"/>
+    <w:tmpl w:val="571E9CF8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A715ED2"/>
+    <w:nsid w:val="28156371"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B55C3E96"/>
-[...9 lines deleted...]
-        <w:rFonts w:hint="default"/>
+    <w:tmpl w:val="41801652"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2DB41F42"/>
+    <w:nsid w:val="28B2743A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D376FBD4"/>
+    <w:tmpl w:val="626673CE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:b/>
-        <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E7B62F2"/>
+    <w:nsid w:val="2A757D1F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2E8ACA60"/>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+    <w:tmpl w:val="D05294A4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8426,331 +5238,299 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3B514C2F"/>
+    <w:nsid w:val="2D292DA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0492A3E2"/>
-[...108 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+    <w:tmpl w:val="93047ECE"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3CCE64CB"/>
+    <w:nsid w:val="3606321A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC4A6E62"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="75942F64"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...11 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="44A40451"/>
+    <w:nsid w:val="393F6A61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CDEECE5A"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FC6083A0">
+    <w:tmpl w:val="2982E132"/>
+    <w:lvl w:ilvl="0" w:tplc="65B659AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="720"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -8795,53 +5575,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48F8286D"/>
+    <w:nsid w:val="3BB30198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3A0C4FA2"/>
+    <w:tmpl w:val="87485738"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -8908,378 +5688,402 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4CA632CB"/>
+    <w:nsid w:val="3FB2408A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C702BF8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="2F9E421C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%5."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%7."/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%8."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="533A1F6A"/>
+    <w:nsid w:val="405D5F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FB241AC8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="A4A8362E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="547D164F"/>
+    <w:nsid w:val="42AA48E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2702F788"/>
-[...105 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+    <w:tmpl w:val="D96218BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="55822677"/>
+    <w:nsid w:val="4D1867F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B55C3E96"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="5A8AF8AA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -9336,419 +6140,392 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="58DE03B5"/>
+    <w:nsid w:val="51DD5FAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B34AB8D2"/>
-[...105 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+    <w:tmpl w:val="FB1633C6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6AD41028"/>
+    <w:nsid w:val="529D1E1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08E8ECC4"/>
-[...12 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+    <w:tmpl w:val="499EAEB6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2517" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3237" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4677" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5397" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6837" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="71EC3C87"/>
+    <w:nsid w:val="53E710B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8E06FB4C"/>
+    <w:tmpl w:val="A754C1BC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="76531033"/>
+    <w:nsid w:val="57661982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="625A7C04"/>
+    <w:tmpl w:val="B1628492"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -9815,904 +6592,2122 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7FEB25CC"/>
+    <w:nsid w:val="577736CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6786D5A2"/>
-    <w:lvl w:ilvl="0" w:tplc="97CCD792">
+    <w:tmpl w:val="3C4A6142"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="380"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9A1B2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D52C77AA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9F3A3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE4C9828"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C81802"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DF6DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68CC1BDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F3E093C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DF51353"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="393C2F68"/>
+    <w:lvl w:ilvl="0" w:tplc="65B659AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ECF55DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="469661D4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77390F3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88C4451E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="7920" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="799109CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBBEF2EE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D7F3CF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B7424AE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D8F27FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="716A716E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EE14F1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8260736"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EED14C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157A51B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1819953456">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="723257412">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1602570773">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1402021490">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1200976420">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="87391469">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1156992366">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1590500020">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1005354722">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2116441257">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="11" w16cid:durableId="822157138">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12" w16cid:durableId="400448523">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="13" w16cid:durableId="1640913407">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="14" w16cid:durableId="168065669">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="15" w16cid:durableId="1114250864">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1831750438">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="17" w16cid:durableId="2146308975">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="18" w16cid:durableId="553930987">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="723336897">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1232353429">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1910773220">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2073232492">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1854226296">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="116921619">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2096634411">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="26" w16cid:durableId="84962944">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="27" w16cid:durableId="1758794595">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="421222399">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="866524814">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="507213660">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="31" w16cid:durableId="624697069">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2095130634">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="33" w16cid:durableId="611284909">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="34" w16cid:durableId="1954551746">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="363756137">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1643315220">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1486630336">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="14">
-[...11 lines deleted...]
-  <w:num w:numId="18">
+  <w:num w:numId="38" w16cid:durableId="1584683027">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="19">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="39" w16cid:durableId="1585990943">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B0625C"/>
-[...394 lines deleted...]
-    <w:rsid w:val="00FF137C"/>
+    <w:rsidRoot w:val="00255DC0"/>
+    <w:rsid w:val="000012BD"/>
+    <w:rsid w:val="0001097D"/>
+    <w:rsid w:val="000119E1"/>
+    <w:rsid w:val="000440C3"/>
+    <w:rsid w:val="00086B74"/>
+    <w:rsid w:val="000927B0"/>
+    <w:rsid w:val="000A2932"/>
+    <w:rsid w:val="000C6B28"/>
+    <w:rsid w:val="000D4322"/>
+    <w:rsid w:val="000E16FA"/>
+    <w:rsid w:val="000F1416"/>
+    <w:rsid w:val="000F213A"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="00110E3B"/>
+    <w:rsid w:val="00115591"/>
+    <w:rsid w:val="0012010A"/>
+    <w:rsid w:val="00124167"/>
+    <w:rsid w:val="00126741"/>
+    <w:rsid w:val="00135690"/>
+    <w:rsid w:val="00143558"/>
+    <w:rsid w:val="00146D79"/>
+    <w:rsid w:val="001479F0"/>
+    <w:rsid w:val="00151908"/>
+    <w:rsid w:val="00153E5D"/>
+    <w:rsid w:val="001901E4"/>
+    <w:rsid w:val="001A5D31"/>
+    <w:rsid w:val="001C4DE2"/>
+    <w:rsid w:val="001C50CA"/>
+    <w:rsid w:val="001C6FE5"/>
+    <w:rsid w:val="001D5A08"/>
+    <w:rsid w:val="001F497B"/>
+    <w:rsid w:val="00201854"/>
+    <w:rsid w:val="002018CD"/>
+    <w:rsid w:val="00205694"/>
+    <w:rsid w:val="002068CB"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="00270A26"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="002B23CF"/>
+    <w:rsid w:val="002B43C6"/>
+    <w:rsid w:val="002C015C"/>
+    <w:rsid w:val="002C6C31"/>
+    <w:rsid w:val="002E4A6F"/>
+    <w:rsid w:val="0031612A"/>
+    <w:rsid w:val="003177FE"/>
+    <w:rsid w:val="00326FD0"/>
+    <w:rsid w:val="00327895"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="00354E3A"/>
+    <w:rsid w:val="00354ED4"/>
+    <w:rsid w:val="003639D9"/>
+    <w:rsid w:val="003752DB"/>
+    <w:rsid w:val="003779E8"/>
+    <w:rsid w:val="003801B3"/>
+    <w:rsid w:val="00381A43"/>
+    <w:rsid w:val="00393C62"/>
+    <w:rsid w:val="003B0768"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003B3534"/>
+    <w:rsid w:val="003E2F1D"/>
+    <w:rsid w:val="003E3C30"/>
+    <w:rsid w:val="003E75AC"/>
+    <w:rsid w:val="00413E45"/>
+    <w:rsid w:val="004332F2"/>
+    <w:rsid w:val="004633DB"/>
+    <w:rsid w:val="00464E50"/>
+    <w:rsid w:val="00472285"/>
+    <w:rsid w:val="00475193"/>
+    <w:rsid w:val="004836BA"/>
+    <w:rsid w:val="00485099"/>
+    <w:rsid w:val="0049507D"/>
+    <w:rsid w:val="004A18B7"/>
+    <w:rsid w:val="004A4969"/>
+    <w:rsid w:val="004B4D76"/>
+    <w:rsid w:val="004E7297"/>
+    <w:rsid w:val="00511FC4"/>
+    <w:rsid w:val="00521486"/>
+    <w:rsid w:val="0052388F"/>
+    <w:rsid w:val="00530D6D"/>
+    <w:rsid w:val="00533B5B"/>
+    <w:rsid w:val="00551A29"/>
+    <w:rsid w:val="00555750"/>
+    <w:rsid w:val="0056218C"/>
+    <w:rsid w:val="005A6F48"/>
+    <w:rsid w:val="005C0BEE"/>
+    <w:rsid w:val="005C189B"/>
+    <w:rsid w:val="005C34FC"/>
+    <w:rsid w:val="005C6C6D"/>
+    <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="005D3EE7"/>
+    <w:rsid w:val="005E265D"/>
+    <w:rsid w:val="006011A0"/>
+    <w:rsid w:val="00616F37"/>
+    <w:rsid w:val="00637FD9"/>
+    <w:rsid w:val="00650A41"/>
+    <w:rsid w:val="00657A4B"/>
+    <w:rsid w:val="006731E5"/>
+    <w:rsid w:val="00675AF1"/>
+    <w:rsid w:val="00694C13"/>
+    <w:rsid w:val="006A19F6"/>
+    <w:rsid w:val="006B7616"/>
+    <w:rsid w:val="006C41DF"/>
+    <w:rsid w:val="006C6E32"/>
+    <w:rsid w:val="006E049E"/>
+    <w:rsid w:val="006E3BA0"/>
+    <w:rsid w:val="006F0AD1"/>
+    <w:rsid w:val="006F3AA8"/>
+    <w:rsid w:val="00702DA1"/>
+    <w:rsid w:val="00721CAA"/>
+    <w:rsid w:val="00724F2B"/>
+    <w:rsid w:val="00732922"/>
+    <w:rsid w:val="00750E24"/>
+    <w:rsid w:val="00752127"/>
+    <w:rsid w:val="00784DAA"/>
+    <w:rsid w:val="007907C0"/>
+    <w:rsid w:val="00790F2B"/>
+    <w:rsid w:val="00793DE9"/>
+    <w:rsid w:val="007B7F91"/>
+    <w:rsid w:val="0080429F"/>
+    <w:rsid w:val="008062CC"/>
+    <w:rsid w:val="00823EE9"/>
+    <w:rsid w:val="008257FF"/>
+    <w:rsid w:val="00833401"/>
+    <w:rsid w:val="00834F3D"/>
+    <w:rsid w:val="008414CF"/>
+    <w:rsid w:val="00850C39"/>
+    <w:rsid w:val="00857C9E"/>
+    <w:rsid w:val="00863542"/>
+    <w:rsid w:val="00881683"/>
+    <w:rsid w:val="00882276"/>
+    <w:rsid w:val="00883472"/>
+    <w:rsid w:val="00897745"/>
+    <w:rsid w:val="008A116A"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="008B2B38"/>
+    <w:rsid w:val="008F5D9D"/>
+    <w:rsid w:val="00917EE2"/>
+    <w:rsid w:val="00930F53"/>
+    <w:rsid w:val="0093227A"/>
+    <w:rsid w:val="00955B6D"/>
+    <w:rsid w:val="00975CCE"/>
+    <w:rsid w:val="00985225"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009A5061"/>
+    <w:rsid w:val="009B26A2"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="009F624F"/>
+    <w:rsid w:val="009F7353"/>
+    <w:rsid w:val="00A1463A"/>
+    <w:rsid w:val="00A21706"/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rsid w:val="00A40E4D"/>
+    <w:rsid w:val="00A4473D"/>
+    <w:rsid w:val="00A53F05"/>
+    <w:rsid w:val="00A722AB"/>
+    <w:rsid w:val="00A7263E"/>
+    <w:rsid w:val="00AB7A66"/>
+    <w:rsid w:val="00AC2804"/>
+    <w:rsid w:val="00AD1110"/>
+    <w:rsid w:val="00AE49CE"/>
+    <w:rsid w:val="00AF3E47"/>
+    <w:rsid w:val="00AF4393"/>
+    <w:rsid w:val="00B176D1"/>
+    <w:rsid w:val="00B20DE1"/>
+    <w:rsid w:val="00B33FFD"/>
+    <w:rsid w:val="00B40CFD"/>
+    <w:rsid w:val="00B75FAE"/>
+    <w:rsid w:val="00B83344"/>
+    <w:rsid w:val="00BA15F9"/>
+    <w:rsid w:val="00BB3086"/>
+    <w:rsid w:val="00BB6063"/>
+    <w:rsid w:val="00BD3CAF"/>
+    <w:rsid w:val="00BD5F9B"/>
+    <w:rsid w:val="00BD6585"/>
+    <w:rsid w:val="00BE72EE"/>
+    <w:rsid w:val="00C03D40"/>
+    <w:rsid w:val="00C14FF9"/>
+    <w:rsid w:val="00C376DF"/>
+    <w:rsid w:val="00C86E2B"/>
+    <w:rsid w:val="00C97590"/>
+    <w:rsid w:val="00CA035E"/>
+    <w:rsid w:val="00CA70AF"/>
+    <w:rsid w:val="00CA78DA"/>
+    <w:rsid w:val="00CB43C8"/>
+    <w:rsid w:val="00CC3D1D"/>
+    <w:rsid w:val="00CC67BE"/>
+    <w:rsid w:val="00CD6022"/>
+    <w:rsid w:val="00CE4171"/>
+    <w:rsid w:val="00CE58BD"/>
+    <w:rsid w:val="00CF6126"/>
+    <w:rsid w:val="00D0382B"/>
+    <w:rsid w:val="00D05B79"/>
+    <w:rsid w:val="00D05D5A"/>
+    <w:rsid w:val="00D117FE"/>
+    <w:rsid w:val="00D13273"/>
+    <w:rsid w:val="00D14642"/>
+    <w:rsid w:val="00D26423"/>
+    <w:rsid w:val="00D6427D"/>
+    <w:rsid w:val="00D72037"/>
+    <w:rsid w:val="00D96C5B"/>
+    <w:rsid w:val="00DA2539"/>
+    <w:rsid w:val="00DA72A6"/>
+    <w:rsid w:val="00DC49B8"/>
+    <w:rsid w:val="00DD0E2F"/>
+    <w:rsid w:val="00E00145"/>
+    <w:rsid w:val="00E02829"/>
+    <w:rsid w:val="00E02C1D"/>
+    <w:rsid w:val="00E059CB"/>
+    <w:rsid w:val="00E71BC3"/>
+    <w:rsid w:val="00E82284"/>
+    <w:rsid w:val="00E97859"/>
+    <w:rsid w:val="00EA2E93"/>
+    <w:rsid w:val="00EA4FDA"/>
+    <w:rsid w:val="00EB7FEA"/>
+    <w:rsid w:val="00EC446A"/>
+    <w:rsid w:val="00ED6E7B"/>
+    <w:rsid w:val="00EE124C"/>
+    <w:rsid w:val="00EF1209"/>
+    <w:rsid w:val="00EF1BE4"/>
+    <w:rsid w:val="00F1407C"/>
+    <w:rsid w:val="00F26431"/>
+    <w:rsid w:val="00F471F8"/>
+    <w:rsid w:val="00F5144E"/>
+    <w:rsid w:val="00FA49EB"/>
+    <w:rsid w:val="00FB3D33"/>
+    <w:rsid w:val="00FB691E"/>
+    <w:rsid w:val="00FC1BF6"/>
+    <w:rsid w:val="00FC55EC"/>
+    <w:rsid w:val="00FD1BB5"/>
+    <w:rsid w:val="00FD2BEB"/>
+    <w:rsid w:val="00FE0DDF"/>
+    <w:rsid w:val="00FF4954"/>
+    <w:rsid w:val="00FF71A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1DDAC5E5"/>
-  <w15:docId w15:val="{9C7B74F2-EA6A-40DB-97FF-5CEA65C252FF}"/>
+  <w14:docId w14:val="757CA021"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{AFE33A03-DF88-4E92-ADAE-214A7FC07DAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -10861,3703 +8856,1661 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B0625C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0044678D"/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="00B050"/>
-[...2 lines deleted...]
-      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...17 lines deleted...]
-    <w:locked/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...25 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0044678D"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
-[...1 lines deleted...]
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="00B050"/>
-[...2 lines deleted...]
-      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...1 lines deleted...]
-    <w:rsid w:val="0044678D"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...3 lines deleted...]
-    <w:rsid w:val="00E21FBE"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-    <w:rsid w:val="00E21FBE"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A66BD6"/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00270A26"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00354ED4"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC46A4"/>
+    <w:rsid w:val="00AC2804"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004332F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004332F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...124 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice.html?_gl=1*sfveaf*_up*MQ..*_ga*NDIxMjI2MjI4LjE3NjQzMjA3NjQ.*_ga_T45DN47XW6*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw*_ga_L7LGEKCBYL*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-[...743 lines deleted...]
-</dgm:colorsDef>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
-[...625 lines deleted...]
-</dgm:dataModel>
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1AEE9B8C-1539-4F5C-B87C-3E666A783254}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003E11B9" w:rsidRDefault="00165054" w:rsidP="00165054">
+          <w:pPr>
+            <w:pStyle w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E0D1D7E4-E6F3-412D-8AFE-F4D323863F00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007750CB" w:rsidRDefault="003E11B9" w:rsidP="003E11B9">
+          <w:pPr>
+            <w:pStyle w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
 </file>
 
-<file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...339 lines deleted...]
-</dsp:drawing>
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
-[...213 lines deleted...]
-</dgm:layoutDef>
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00165054"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="00165054"/>
+    <w:rsid w:val="001C22DE"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="00302AB9"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="003752DB"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rsid w:val="003E6753"/>
+    <w:rsid w:val="005B418A"/>
+    <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="006E049E"/>
+    <w:rsid w:val="00722B21"/>
+    <w:rsid w:val="00732922"/>
+    <w:rsid w:val="007750CB"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="008B2B38"/>
+    <w:rsid w:val="00942B27"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="00CF5010"/>
+    <w:rsid w:val="00DD519A"/>
+    <w:rsid w:val="00F43616"/>
+    <w:rsid w:val="00FB685C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
 </file>
 
-<file path=word/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1030 lines deleted...]
-</dgm:styleDef>
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54C862E2C8394324ACD9DD9487A06E78">
+    <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+    <w:rsid w:val="003E11B9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F35336967CAF409AA45A05A0C8C96CCC">
+    <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+    <w:rsid w:val="00165054"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B75C251A-F881-4DDC-ABCA-2C17EFE3CA83}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>14493</Characters>
+  <Pages>10</Pages>
+  <Words>2018</Words>
+  <Characters>11507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Guidance on Completing an</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Institute of Biomedical Science</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17001</CharactersWithSpaces>
+  <CharactersWithSpaces>13499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Guidance on Completing an</dc:title>
-  <dc:creator>Administrator</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Christian Burt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...24 lines deleted...]
-</file>