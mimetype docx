--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1,3949 +1,6790 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7492A3DC" w14:textId="714A2B88" w:rsidR="00326FD0" w:rsidRDefault="00326FD0" w:rsidP="00126741">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4CAB1DEA" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00B55BB6" w:rsidP="00B55BB6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30DA80B2" wp14:editId="20BA31B1">
-[...6 lines deleted...]
-            </wp:positionV>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="402E01F4" wp14:editId="400DC229">
             <wp:extent cx="1420495" cy="1353185"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:wrapTight wrapText="bothSides">
-[...8 lines deleted...]
-            <wp:docPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1420495" cy="1353185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4574F61E" wp14:editId="3E9FACA4">
-[...2 lines deleted...]
-            <wp:docPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ADE7489" wp14:editId="73299D35">
+            <wp:extent cx="585425" cy="1285875"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="591496" cy="1299210"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA76E14" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="0044678D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4136D5D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="00987B1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB6C4D7" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00A571EB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E80FAC2" wp14:editId="5520ABBB">
+            <wp:extent cx="1390650" cy="1298622"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Picture 18"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="RSci_logo_onwhite.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1731828" cy="1357754"/>
+                      <a:ext cx="1395782" cy="1303414"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35454D42" w14:textId="2A11E8FC" w:rsidR="00485099" w:rsidRPr="00126741" w:rsidRDefault="00752127">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="51AA523B" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00732BC8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E219174" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="00D0784B" w:rsidRDefault="00781D66" w:rsidP="00B55BB6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Guidance f</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00D0784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>or applicants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D5D7D2" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="00703A31" w:rsidP="0044678D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="00B0F0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61691B2B" wp14:editId="18443297">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>11430</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>212724</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5067300" cy="0"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="AutoShape 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5067300" cy="0"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="30A4DC"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="none" w="med" len="med"/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1F33C86D" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                <o:lock v:ext="edit" shapetype="t"/>
+              </v:shapetype>
+              <v:shape id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.9pt;margin-top:16.75pt;width:399pt;height:0;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYI7Me4wEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlLF4iarlYty2WB&#10;Srt8wNR2EgvbY9lu0/49Y29bFrggxMWKPW/ezHszWd4erWEHFaJG1/LppOZMOYFSu77l357u37zn&#10;LCZwEgw61fKTivx29frVcvSNmuGARqrAiMTFZvQtH1LyTVVFMSgLcYJeOQp2GCwkuoa+kgFGYrem&#10;mtX1TTVikD6gUDHS6+Y5yFeFv+uUSF+7LqrETMupt1TOUM5dPqvVEpo+gB+0OLcB/9CFBe2o6JVq&#10;AwnYPug/qKwWASN2aSLQVth1WqiigdRM69/UPA7gVdFC5kR/tSn+P1rx5bANTMuWzzlzYGlEd/uE&#10;pTJbZHtGHxtCrd02ZIHi6B79A4rvkTlcD+B6VcBPJ0+505xR/ZKSL9FTkd34GSVhgPiLV8cu2ExJ&#10;LrBjGcnpOhJ1TEzQ46K+eTevaXLiEquguST6ENMnhZblj5bHFED3Q1qjczR4DNNSBg4PMeW2oLkk&#10;5KoO77UxZf7GsbHlHxazRUmIaLTMwQyLod+tTWAHoA2a13dvN+uikSIvYQH3ThayQYH86CRLxRBH&#10;W88zu1WSM6PoJ8lfBZlAm79BUuPGnW3NTj7PZIfytA1ZV3aY1qMoPK9y3r+X94L6+cOtfgAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANEIx97aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI&#10;/IM1SOyo00Y8EuJUCIEoSwpSy24aD0naeBzFbhv4egaxgOV96N5TzEfXqQMNofVsYDpJQBFX3rZc&#10;G3h7fby4ARUissXOMxn4pADz8vSkwNz6I7/QYRlrJSMccjTQxNjnWoeqIYdh4ntiyT784DCKHGpt&#10;BzzKuOv0LEmutMOW5aHBnu4bqnbLvTMw+3oadu9b1IvFtl1lD1NPz+namPOz8e4WVKQx/pXhB1/Q&#10;oRSmjd+zDaoTLeDRQJpegpL4OsvE2Pwauiz0f/7yGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFgjsx7jAQAAuAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhANEIx97aAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#30a4dc"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC57478" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78120FFC" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document provides information and details </w:t>
+      </w:r>
+      <w:r w:rsidR="00A571EB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about how </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to apply and be maintained as a Registered Scientist (RSci).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FC2211" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="008000"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should you have any questions regarding the process please contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00877EFF" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Professional Support Services Manager Christian by email christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB3D931" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649FFFAB" w14:textId="77777777" w:rsidR="00537A63" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">About </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registere</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d Scientist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69203F46" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="00F27627" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15285FD0" w14:textId="10C98182" w:rsidR="0008305F" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Institute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biomedical Science is proud to be one of the professional bodies </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>licenced</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Science Coun</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cil to offer Registered Scientist (RSci)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registration. This new register enables those with </w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or equivalent</w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00735835" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">publicly </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>demonstrate their commi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tment to professional standards, </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>profession and to use t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he designation RSci</w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after their name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6B8303" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8DD672" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="00E552E7" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15688A6A" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To become a </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registered </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Scientist</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will need to</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6692C46B" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hold a</w:t>
+      </w:r>
+      <w:r w:rsidR="00841CD7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F014EF" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appropriate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evel </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00841CD7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see examples below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27863AC1" w14:textId="77777777" w:rsidR="00F75F46" w:rsidRPr="00490E7B" w:rsidRDefault="00F75F46" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have two years professional experience in the field of biomedical science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6388B795" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Demonstrate e</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vidence of</w:t>
+      </w:r>
+      <w:r w:rsidR="00730893" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cont</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5F8D" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inuing </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5609D" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF7B52F" w14:textId="687EA659" w:rsidR="00A5609D" w:rsidRPr="00490E7B" w:rsidRDefault="00A5609D" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have the support of a Chartered IBMS member</w:t>
+      </w:r>
+      <w:r w:rsidR="001559F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if not possible, a head of department, medical colleague etc)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEE8EAF" w14:textId="77777777" w:rsidR="001B01CE" w:rsidRPr="00490E7B" w:rsidRDefault="001B01CE" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1536F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at the appropriate grade of IBMS membership in line with your qualifications and experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE4BBC6" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00696E93">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B04597F" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Further details about these requirements are included further on in this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EA2A51" w14:textId="77777777" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00781D66" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02661C5A" w14:textId="77777777" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>How to apply</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225A61A5" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74700B5B" w14:textId="451B1711" w:rsidR="00781D66" w:rsidRDefault="005C6B22" w:rsidP="005F7B93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>omplete the ‘Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="007426BB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tist</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ application form </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and send </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69D2" w:rsidRPr="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the completed application form and accompanying doc</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B93" w:rsidRPr="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uments to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="005F7B93" w:rsidRPr="005250BC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>christianburt@ibms.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7E90295F" w14:textId="77777777" w:rsidR="00F072C6" w:rsidRPr="00490E7B" w:rsidRDefault="00F072C6" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF2A4FE" w14:textId="7A1B2610" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Costs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B09172" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C88EEA" w14:textId="68799740" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an annual payment for</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7A72" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RSci</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in addition to your membership subscription fees</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The Institute’s membership year runs from January – December, so the membership fee will be pro rata if you join after March.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F924F" w14:textId="77777777" w:rsidR="00645A22" w:rsidRPr="00490E7B" w:rsidRDefault="00645A22" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E93D05" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="007B2161" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00137065" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eligibility </w:t>
+      </w:r>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D69686" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00490E7B" w:rsidRDefault="00F251F3" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants are required to provide a copy of their qualification certific</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ates for Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00D908B9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualifications:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345964E1" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="00404537" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647FC92D" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="009B1EC8" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B5588E6" wp14:editId="60E16A84">
+            <wp:extent cx="5276850" cy="2000250"/>
+            <wp:effectExtent l="38100" t="0" r="19050" b="0"/>
+            <wp:docPr id="5" name="Diagram 5"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId11" r:lo="rId12" r:qs="rId13" r:cs="rId14"/>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1555C174" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="00404537" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F099AA4" w14:textId="77777777" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00137065" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Experience</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7E6FAE" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="00490E7B" w:rsidRDefault="00137065" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants are required to have gained two years professional experience within a biomedical science </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2610" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">related </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">setting. This does not just cover the NHS, but </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2610" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>those that work within Government, academia</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the private sector and the armed forces</w:t>
+      </w:r>
+      <w:r w:rsidR="00510F22" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and industry</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438F217B" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00490E7B" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6E5398" w14:textId="1BAC65CB" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONTINUING PROFESSIONAL DEVELOPMENT (CPD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C89B8D8" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A853360" w14:textId="597F3986" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Licensed Bodies are required to monitor the CPD of their registrants annually</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4B6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with the Science Council CPD Standards for Registrants which state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7310BBEB" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6406229A" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registrants must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6A4E14" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B4230D4" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75580D81" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must maintain a continuous, up-to-date, accurate and reflective record of their CPD activities and be able to provide supporting evidence if requested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0AFB8F" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166173CB" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A3FA3B" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must demonstrate that their CPD activities are a mixture of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C367DA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>learning activities relevant to current or future practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4773D56F" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CFE8DA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...10 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...50 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Standard 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6024D1C1" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must seek to ensure that their CPD has benefited the quality of</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8FBBCA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their practice and reflect upon this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48243D0D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3147018D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="32B7778C" w14:textId="260FC2A7" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C13524C" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must seek to ensure that their CPD has benefited the users of their</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C48D971" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">work (employee, customer, student etc.) and reflect upon this. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CAA7DA" w14:textId="70D961D9" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Learning activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0696544E" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502CDC6C" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registrants’ CPD should be a mixture of learning activities relevant to current or future practice and should include activities in at least three (exceptionally two) of the following categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6410FBE4" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9C3FCD" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0AE50B4A" w14:textId="629A67A6" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00115591">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work based learning (e.g., supervising staff / students, reflective practice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5748A3D7" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="0FEEBCEC" w14:textId="77777777" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional activity (e.g., involvement in a professional body, mentoring)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C25F6D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="477133A7" w14:textId="049F6B70" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Formal / Educational (e.g., writing articles / papers, further education)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D396C9" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-      </w:pPr>
-[...1067 lines deleted...]
-    <w:p w14:paraId="077FB4D6" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-directed learning (e.g., reading journals, reviewing books / articles)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174C9415" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="37"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other (volunteering etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD9B53B" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6354F999" w14:textId="699FAAF4" w:rsidR="00E552E7" w:rsidRPr="00490E7B" w:rsidRDefault="00D243E5" w:rsidP="00D75D25">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6890E6" w14:textId="77777777" w:rsidR="001A2DD5" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="002C237E" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00717937" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ersonal statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628BA6F0" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="00490E7B" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229027CC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants for RSci will need to demonstrate competence across five areas.  Guidance on what the assessors will be looking for under each competence is provided below but the examples are just indicative – there will be many other valid</w:t>
+      </w:r>
+      <w:r w:rsidR="005F089C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> examples you can choose.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F537216" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4C7995" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Here are some tips you should bear in mind when compiling your application:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E0F677" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="685BE295" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For each competence statement, you will need to give clear examples of the role that you play or the contribution that you make to a particular task or activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2810668A" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To provide your examples with sufficient depth, it might be useful to explain what you did, how you went about it and why you did it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183A9201" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You may use the same task or activity more than </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>once</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but you should ensure you are clear on how it applies to the specific competence you are addressing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FFE9FC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Most of the examples you provide should be fairly recent (in the last t</w:t>
+      </w:r>
+      <w:r w:rsidR="008836FA" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but you can also draw on relevant experience further back in your career</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C0362D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DEB16B8" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED3576D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00133765">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A: Application of knowledge and understanding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E77355F" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580B672B" w14:textId="36AB773A" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A1: Apply extended knowledge of underlying concepts and principles associated with area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B09AC48" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44832588" w14:textId="4881CD3D" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="49492852" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are looking for an example of how you have used your extended knowledge within the area in which you work.  This will include developments within your field and the ability to understand and apply new developments to your area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51116F0F" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DE8012" w14:textId="77777777" w:rsidR="00381B7F" w:rsidRPr="00490E7B" w:rsidRDefault="00381B7F" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2396A07C" w14:textId="69AB2BF4" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A2: Review, evaluate and apply underlying scientific concepts, principles, and techniques in the context of new and different areas of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64976A3F" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9A9687" w14:textId="206E0E84" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What we are looking for here is how you have taken techniques/principles and reviewed, evaluated, and applied them in a new area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590AA311" w14:textId="1A95C14A" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081E99CC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00381B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="035E89B5" w14:textId="3D0A7404" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A3: Analyse, interpret, and evaluate data, concepts and ideas to propose solutions to problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD5A68A" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FAEE18" w14:textId="54F7FBA1" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are looking for an example of how you observe and interpret the results from your data to draw conclusions and inform your next steps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487D3025" w14:textId="05ACE16C" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5450A7E0" w14:textId="3BE6CA1C" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D8237B" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708D04BA" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="38"/>
         </w:numPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enable others to be able to analyse and interpret their work and advise on how they may overcome problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFB5711" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review a number of relevant literature/manuals/designs and present your findings to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01481EFE" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>develop new methods/approach based on information or outcomes from previous work by others or yourself.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D99478" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2421A127" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00133765">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B: Personal Responsibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39302724" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23810A99" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B1: Work autonomously while knowing when to escalate appropriately and recognising limits of scope of practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28805A23" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0EC04A" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are looking for an example of how you work with no supervision for certain key tasks, experiments or procedures associated with your role within required timeframes.  You will also be able to demonstrate your understanding of when you need to seek input from either your supervisor or others and when to escalate.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F3ACF9" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07195CB5" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B2: Take responsibility for safe and sustainable working practices and contribute to their evaluation and improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73064871" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A007AAE" w14:textId="24151753" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are looking for an example of how you have taken responsibility for working safely and sustainably.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582C927C" w14:textId="40FC75E4" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A3FD1E" w14:textId="77777777" w:rsidR="008619FB" w:rsidRPr="00490E7B" w:rsidRDefault="008619FB" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30437350" w14:textId="59F1FDD7" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0E563E" w14:textId="240F58C6" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9B061F" w14:textId="529D338A" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Identification of potential safety issues and recommending solutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F46865E" w14:textId="680E48AE" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risk assessments associated with your work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D72FB" w14:textId="6F65EE01" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relevant Health and Safety regulations, e.g., COSHH, Noise, Manual Handling, DSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7650CED0" w14:textId="5CC0D9E7" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relevant Home Office Licences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151AF448" w14:textId="283E7916" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>safety training courses you have successfully completed for your laboratory role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461A253A" w14:textId="52E37BD2" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any monitoring of safety within your work, e.g., for radioactivity, chemical exposure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74130F50" w14:textId="1D28CF8D" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>safety equipment and control measures necessary to work safely and protect others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3F69D3" w14:textId="73BE6493" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carrying out safety inspections of premises and equipment, producing reports and making recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FC02F8" w14:textId="2D0A9DDD" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5702DA" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F74ECC" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B3: Take responsibility for the quality of your work and also enable others to work to high standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6796CB63" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0AB1AC" w14:textId="03DCFAA3" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can show how you are aware of the quality standards necessary for the work being carried out by you and others. You should be able to describe an example of how you enable these standards and ensure that they are applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F87F430" w14:textId="2DAFBF63" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DD8E9F" w14:textId="1677E73C" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7B6B95" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344EC084" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="009C3E97" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>produce and communicate all or part of a new Standard Operating Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00B902D1" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (such as good laboratory/workshop/design practice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3C6829" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>train others to recognise when something has not been carried out correctly and explain the impact this could have.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4474CF6D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contribute to the analysis of your own and others’ work and explain the impact of good and bad data and outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50465CF7" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="40"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recognise when your own and others’ work needs to be repeated or the methodology updated and be able to communicate the reasons for this in terms of reproducibility or quality standards for example.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F297F54" w14:textId="77777777" w:rsidR="00CD2CFA" w:rsidRPr="00490E7B" w:rsidRDefault="00CD2CFA" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2606A9AF" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005F089C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C: Interpersonal Skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A87544" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0955EBDE" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40464A89" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="762DEDBC" w14:textId="424EC36A" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written, or electronic means.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AB8DBA" w14:textId="6A68F8B3" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5819ECF4" w14:textId="79F9976A" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E94D29" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B064D11" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discussing and agreeing objectives with your supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC7641D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discussing and agreeing objectives in team meetings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B586555" w14:textId="095BA922" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>giving presentations of your work or other aspects of lab work (</w:t>
+      </w:r>
+      <w:r w:rsidR="005334BD" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> safety updates, method updates) to your supervisor and team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19343B95" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>preparing written reports on your work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DE8478" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>train, demonstrate or teach others in procedures or protocols</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8CB20F" w14:textId="62284D5A" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>play a part in staff development (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64EED" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carry out appraisals or staff reviews)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5297A158" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carry out induction training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA3F1F9" w14:textId="77777777" w:rsidR="008619FB" w:rsidRPr="00490E7B" w:rsidRDefault="008619FB" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D72F591" w14:textId="01894836" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E438C86" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309DB3E5" w14:textId="45372ED9" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example that demonstrates the skills that you use to interact with colleagues in a constructive way within the work setting. In these situations, it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788641F9" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0B3481" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interacting with students or trainees face to face</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EA0A50" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>interacting with other professionals such as researchers, technicians, administrators, and other members of staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9A638C" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interacting with external colleagues (such as manufacturers, suppliers, couriers, designers etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE9CC72" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D314825" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C3: Demonstrate productive working relationships and an ability to resolve problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A9C028" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567C7EC8" w14:textId="50CC7A82" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you should be able to describe how, when working with others, you are able to demonstrate that you developed positive working relationships and resolved the problem. Your example should demonstrate how those working relationships were effective in resolving problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F84A4BE" w14:textId="2EB0ECDC" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="547B739C" w14:textId="71676BA8" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2ACB77" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79510A85" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be a member of a committee/group that is tasked with a particular safety aspect of the job and be able to demonstrate that together you made a difference that was useful and effective in the workplace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350D9AC9" w14:textId="1297E7C3" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>liaise with other groups within your organisation to effectively deal with problems (</w:t>
+      </w:r>
+      <w:r w:rsidR="005334BD" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lack of or demand for training in a particular area)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F7DE45" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="43"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be a part of working group tasked with addressing specific problems or the need for change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7116E151" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D19152" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CEE1FB" w14:textId="48D32F7C" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D: Professional Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC00FE8" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBF4D82" w14:textId="73325CBA" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D1: Identify, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and select scientific techniques, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedures,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and methods to undertake tasks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020D5CE8" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2717B1BE" w14:textId="70059E73" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means you can give an example of work that you have undertaken showing where and why the method/procedure used was chosen as the best (or most relevant) to use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229CA3DB" w14:textId="6E46C89F" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8B6137" w14:textId="5AC6D7F0" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Give thought to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1956EE0D" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530A8DA7" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review of method – why is this one the best compared to others that are available</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E93262" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cost effectiveness</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3EB6F6" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time taken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFDE1A5" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IT considerations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C64E76" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4C5DC7" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D2: Contribute to the organisation of tasks and resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB65C1C" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5542A58A" w14:textId="5BD1A036" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give examples of how you have contributed to the running of the laboratory/workshop/section or other types of working environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FC12BC" w14:textId="486764FA" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4199AAE1" w14:textId="432E5EA8" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B5718A" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D5840F" w14:textId="64F21ABC" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of safety checks and inspections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323826FD" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ordering equipment, software, and materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3C9559" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of a rota for cleaning, maintenance, or machine time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423A3E37" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of human and physical resources when an issue arises</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A465F02" w14:textId="155B4C0F" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>organisation of statutory inspections, external/internal servicing, and maintenance of equipment or infrastructure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149C4317" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C69688" w14:textId="05EABC12" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04AC9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Contribute to continuous process improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6289BCB1" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5918B19C" w14:textId="2518BE07" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example which shows how you are aware of progress in your area and seek ways of improving the efficiency of your work. It should describe how you seek to discuss with your supervisor the strategy for achieving this. For instance, this could include new and improved methods, new ways to increase throughput, or ways to increase cost-effectiveness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413ED681" w14:textId="22B7E30A" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038DB7C0" w14:textId="2E18D1C4" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509D3AB3" w14:textId="77777777" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00F76861" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE1B859" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>taking part in staff reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006A0793" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>working within time frames and using SMART objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB152B0" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contributing to operational plans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BE244B" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>looking for cheaper resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37547342" w14:textId="7CE48E26" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD67455" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E: Professional Standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6739B40C" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39232128" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E1: Comply with and promote relevant codes of conduct and practice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BBC99C" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45AAE713" w14:textId="35DF5FB4" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example of how you comply with a code of conduct (e.g., of your professional Body) or how you work within and promote all relevant legislative, regulatory, and local requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556741B3" w14:textId="75504A8A" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24487A29" w14:textId="14372B87" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430A6E9F" w14:textId="0242A567" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486FAEAD" w14:textId="2D573A49" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comply with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the IBMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code of conduct </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8CF677" w14:textId="3D4641D5" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manage your work within all relevant legislative, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>regulatory,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and local requirements, frameworks such as Health and Safety Legislation, Home Office Regulations, Good Laboratory Practice (GLP), local Codes of Practice, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD82858" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F08580" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E2: Maintain and enhance competence in own area of practice through professional development activity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563E84A6" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15EB1B60" w14:textId="77777777" w:rsidR="008F62F8" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This means that you undertake activities to enhance your competence in your own area of practice </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7A72" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Continuing Professional Development (CPD) and reflect on its impact on you and others. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C7A7D4" w14:textId="77777777" w:rsidR="008F62F8" w:rsidRDefault="008F62F8" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54401FDA" w14:textId="7785F2FC" w:rsidR="00717937" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are not looking for a list of courses here but evidence of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52797163" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5330D2EB" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CODE OF CONDUCT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13185345" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="273F4600" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registrants will agree to be bound by the code of professional conduct of their Licensed Body as well as by the Science Council Model Rules of Conduct for Registrants which state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416D2FDD" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D1FE2A" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Registrants must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571052AB" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284059EA" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exercise their professional skills and judgement to the best of their ability and discharge their professional responsibilities with integrity, serving as an example to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C64025" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have regard at all times to the public interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B97B8FD" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do all in their power to ensure that their professional activities do not put the health and safety of others at risk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A08AD1" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>When called upon to give a professional opinion, do so with objectivity and reliability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FA43A5" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Never engage in corrupt practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57021B55" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Undertake appropriate Continuing Professional Development (CPD) and be able to demonstrate this to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DF789B" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Further the interests of and maintain the dignity and welfare of their Licensed Body and profession.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462274ED" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F7B2D8" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Information for your Supporter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9508E5" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39831FEB" w14:textId="386C23DB" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A9C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered Scientist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A9C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sci) is required to identify a supporter.  The supporter must be familiar with your work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766C5555" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35128B5A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229480D3" w14:textId="77777777" w:rsidR="003017E8" w:rsidRPr="00490E7B" w:rsidRDefault="003017E8" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2378BDB6" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A12A391" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169C9C92" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="6819D135" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417BCECC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frequently Asked Questions by Supporters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E630742" w14:textId="2C9F58D1" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="45B93B34" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why do applicants for registration need a supporter? After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E212496" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08858183" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C62B2D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417313BF" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C95B47" w14:textId="4E7E5AA3" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supporters must be satisfied that an applicant operates at the level commensurate with a </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist and meets the </w:t>
+      </w:r>
+      <w:r w:rsidR="00490E7B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sci standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296ABF5A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E6F4CF" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275BF8CE" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48761EC2" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D929B59" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8362E0" w14:textId="7686D47C" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Qualification’s validation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7503B7" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1C633D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E17FA3F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E8099F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Assessment Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C5DE39" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="19EAF2CC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your application will be acknowledged on receipt and will undergo a preliminary review to ascertain whether you have submitted all the required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65713787" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436C1175" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If the information you supplied is incomplete, a letter will be sent requesting further details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E6800F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCB8F06" w14:textId="2C557560" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completed applications are assigned to x2 assessors. Following assessment, a letter confirming the outcome is sent to the applicant. A certificate showing your registration as a </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist, for successful applicants, will subsequently be sent following the confirmatory letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083AAF47" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E62DEF4" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appeals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42101E44" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the Institute feel that at this time, that unfortunately you do not meet the criteria you will be advised. If you wish to appeal this decision and have your application reconsidered, you must notify the Institute in writing within a month of receiving the correspondence from us. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F65F88E" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E90EBE2" w14:textId="537A50FE" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appeals letters should state how you meet the</w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB3086">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">standards and include evidence additional to your original </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>submission and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be signed by both the original proposer and you.</w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All such appeals will be considered by Membership &amp; Marketing Committee, whose decision is final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B60B8D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE600E1" w14:textId="69D38DE6" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Full details of the appeals process may be obtained from the Institute of Biomedical Science website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BC9DB8" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72FB577C" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please refer all other enquiries in respect of applications to the Professional Support Services Manager Christian Burt by email christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F58205E" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DE7469" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-        </w:rPr>
-[...21 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B24DE2D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-        </w:rPr>
-[...47 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206C2BC2" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D768EC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E10F76" w14:textId="7767743D" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete the </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registered</w:t>
       </w:r>
-      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
-[...85 lines deleted...]
-        <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist application form which must include all competences and have a Supporter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1AE0BB" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach any qualifications not already held on the IBMS database.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252C4EFC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDEE65A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Send all documents by email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00490E7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:bCs/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>IBMS</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> website</w:t>
+          <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:tbl>
-[...178 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1537C524" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1792C3A2" w14:textId="062FF8EF" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Costs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...1646 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Science Council levies a fee for each </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scientist on the register. In addition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to Institute’s subscription fee an annual payment for </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist registration will be payable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7467D140" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0913303B" w14:textId="77777777" w:rsidR="00CA006C" w:rsidRPr="00490E7B" w:rsidRDefault="00CA006C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA006C" w:rsidRPr="00490E7B" w:rsidSect="00525C46">
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7093C77B" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1AF8964D" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12709E39" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2AD1B1D9" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="13893CBB" w14:textId="1FDC731F" w:rsidR="004332F2" w:rsidRDefault="002E4A6F">
+  <w:p w14:paraId="3E94C199" w14:textId="41CA50A2" w:rsidR="00F92F8D" w:rsidRPr="00F251F3" w:rsidRDefault="000D7A72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:t>Registered Scien</w:t>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>RSci Guidance for Applicants</w:t>
     </w:r>
-    <w:r w:rsidR="00A722AB">
-[...5 lines deleted...]
-    <w:r w:rsidR="004332F2">
+    <w:r w:rsidRPr="000D7A72">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="004332F2">
-      <w:t>January 2026</w:t>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">New Standards </w:t>
     </w:r>
-    <w:r w:rsidR="004332F2">
+    <w:r w:rsidR="000E010E">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Jan 2</w:t>
+    </w:r>
+    <w:r w:rsidR="00762D91">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D7A72">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="004332F2">
-      <w:t>Author: Christian Burt</w:t>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Author Christian Burt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="234E5B2C" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0DEB5821" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48EDE4E3" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="63D9FA81" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="024D6618"/>
+    <w:nsid w:val="00AA170A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CA7EEA44"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="1A128272"/>
+    <w:lvl w:ilvl="0" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CB657F1"/>
+    <w:nsid w:val="03A8693D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F77E5FA0"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="34FE4D7C"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15FF7D17"/>
+    <w:nsid w:val="076D7FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5540FFE2"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="8DF47018"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -4000,166 +6841,166 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17B25013"/>
+    <w:nsid w:val="0A6317FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7E86756A"/>
+    <w:tmpl w:val="BA1651A0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...22 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18F106DF"/>
+    <w:nsid w:val="0A9A64DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ACBACEAE"/>
+    <w:tmpl w:val="8102A4C2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -4226,53 +7067,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1B0000EF"/>
+    <w:nsid w:val="0AF47698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F9F008F2"/>
+    <w:tmpl w:val="12DA9572"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -4339,62 +7180,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D5046A6"/>
+    <w:nsid w:val="0B8D4C79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AD4E1D4C"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="EE721D44"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -4451,174 +7293,203 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D5A29F0"/>
+    <w:nsid w:val="0B8F308D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3628F7B6"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+    <w:tmpl w:val="BB566506"/>
+    <w:lvl w:ilvl="0" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E2E019F"/>
+    <w:nsid w:val="0E626C83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F3AF72C"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="4BE4CC3E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -4675,391 +7546,446 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21DA5550"/>
+    <w:nsid w:val="0FFB50AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="35C075A8"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+    <w:tmpl w:val="B476A6BA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22D02E44"/>
+    <w:nsid w:val="10EE2BE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="571E9CF8"/>
+    <w:tmpl w:val="3EF0F662"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28156371"/>
+    <w:nsid w:val="18787BFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="41801652"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="D05012A2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28B2743A"/>
+    <w:nsid w:val="1C1210B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="626673CE"/>
+    <w:tmpl w:val="A65231B2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -5126,62 +8052,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A757D1F"/>
+    <w:nsid w:val="1FE417C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D05294A4"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+    <w:tmpl w:val="FB28CF72"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -5238,62 +8165,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D292DA8"/>
+    <w:nsid w:val="24D12270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="93047ECE"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="C03C3C06"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -5350,53 +8278,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3606321A"/>
+    <w:nsid w:val="28EB71D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="75942F64"/>
+    <w:tmpl w:val="5022C26C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -5463,62 +8391,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="393F6A61"/>
+    <w:nsid w:val="2A715ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2982E132"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+    <w:tmpl w:val="B55C3E96"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -5575,166 +8504,195 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3BB30198"/>
+    <w:nsid w:val="2DB41F42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87485738"/>
+    <w:tmpl w:val="D376FBD4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3FB2408A"/>
+    <w:nsid w:val="34A13D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2F9E421C"/>
+    <w:tmpl w:val="635091B8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -5801,53 +8759,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="405D5F0F"/>
+    <w:nsid w:val="3AD5487D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A4A8362E"/>
+    <w:tmpl w:val="5D40B512"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -5914,279 +8872,310 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="42AA48E0"/>
+    <w:nsid w:val="3B514C2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D96218BC"/>
-[...105 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:tmpl w:val="0492A3E2"/>
+    <w:lvl w:ilvl="0" w:tplc="72F221A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9EA8F9B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4D1867F7"/>
+    <w:nsid w:val="3CCE64CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5A8AF8AA"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="FC4A6E62"/>
+    <w:lvl w:ilvl="0" w:tplc="04090007">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="51DD5FAB"/>
+    <w:nsid w:val="416A2E8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FB1633C6"/>
+    <w:tmpl w:val="0B7CF7A0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6253,53 +9242,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="529D1E1B"/>
+    <w:nsid w:val="43B95515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="499EAEB6"/>
+    <w:tmpl w:val="C1880480"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6366,188 +9355,187 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="53E710B6"/>
+    <w:nsid w:val="44262474"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A754C1BC"/>
+    <w:tmpl w:val="5D3050BC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...22 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="57661982"/>
+    <w:nsid w:val="44A40451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B1628492"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="CDEECE5A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...11 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -6592,62 +9580,63 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="577736CA"/>
+    <w:nsid w:val="46706DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3C4A6142"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="5462C50E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -6704,53 +9693,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5D9A1B2E"/>
+    <w:nsid w:val="49743C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D52C77AA"/>
+    <w:tmpl w:val="1FC0920E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6817,53 +9806,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E9F3A3A"/>
+    <w:nsid w:val="4B484397"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EE4C9828"/>
+    <w:tmpl w:val="8CA047F6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6930,63 +9919,62 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="64C81802"/>
+    <w:nsid w:val="4B571877"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7DF6DE6A"/>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+    <w:tmpl w:val="8FD44146"/>
+    <w:lvl w:ilvl="0" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -7043,175 +10031,176 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68CC1BDE"/>
+    <w:nsid w:val="4CA632CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6F3E093C"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="2C702BF8"/>
+    <w:lvl w:ilvl="0" w:tplc="958CB304">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...17 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...17 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...11 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6DF51353"/>
+    <w:nsid w:val="4ED75DCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="393C2F68"/>
-[...8 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+    <w:tmpl w:val="F8B4A298"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -7268,65 +10257,66 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6ECF55DC"/>
+    <w:nsid w:val="5066292C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="469661D4"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="•"/>
+    <w:tmpl w:val="7F58E8A2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="08090003">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -7380,166 +10370,142 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="77390F3A"/>
+    <w:nsid w:val="533A1F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="88C4451E"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="FB241AC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="799109CB"/>
+    <w:nsid w:val="53B87BFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BBBEF2EE"/>
+    <w:tmpl w:val="2F74F70A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7606,279 +10572,278 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7D7F3CF2"/>
+    <w:nsid w:val="547D164F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9B7424AE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="2702F788"/>
+    <w:lvl w:ilvl="0" w:tplc="64F4569C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...17 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...17 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...23 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7D8F27FC"/>
+    <w:nsid w:val="55822677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="716A716E"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="CDEECE5A"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...35 lines deleted...]
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7EE14F1D"/>
+    <w:nsid w:val="57EF3F7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C8260736"/>
+    <w:tmpl w:val="9AB4773E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7945,62 +10910,1079 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7EED14C9"/>
+    <w:nsid w:val="58DE03B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="157A51B6"/>
-    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+    <w:tmpl w:val="B34AB8D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C5586492">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59E20A16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42204F0A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A052CA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="276600EA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A2434C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FC784AB0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A342B2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D0C43B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AD41028"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08E8ECC4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1077"/>
+        </w:tabs>
+        <w:ind w:left="1077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1797"/>
+        </w:tabs>
+        <w:ind w:left="1797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2517"/>
+        </w:tabs>
+        <w:ind w:left="2517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3237"/>
+        </w:tabs>
+        <w:ind w:left="3237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3957"/>
+        </w:tabs>
+        <w:ind w:left="3957" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4677"/>
+        </w:tabs>
+        <w:ind w:left="4677" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5397"/>
+        </w:tabs>
+        <w:ind w:left="5397" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6117"/>
+        </w:tabs>
+        <w:ind w:left="6117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6837"/>
+        </w:tabs>
+        <w:ind w:left="6837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7430335C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F91EBC28"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76531033"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="625A7C04"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B037A62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA168AC8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B2D3C06"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E64C9CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="FC6083A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8056,568 +12038,1162 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1819953456">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CDE1326"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77BCD140"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E2F29DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="90662F9A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FEB25CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6786D5A2"/>
+    <w:lvl w:ilvl="0" w:tplc="97CCD792">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7920"/>
+        </w:tabs>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1644894690">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1935354430">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="891311016">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="102768261">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="430398249">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1762020077">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="613294591">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1831604885">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1896621287">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1043140702">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="327905279">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1278487626">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="150484599">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1618098910">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1024406768">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="883323670">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="353074379">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="342127614">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="315838863">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="482702316">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1355233243">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1338725186">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1242566423">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1393769583">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="958219084">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1697923733">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1500149921">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1808812816">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2030639783">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="518128660">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1008871220">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1644383008">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="110787088">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="444158624">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="422917861">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2135518189">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="723257412">
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="37" w16cid:durableId="316305743">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1602570773">
+  <w:num w:numId="38" w16cid:durableId="89208482">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="65692253">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="355469656">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1946421202">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1402021490">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="42" w16cid:durableId="543519663">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1200976420">
+  <w:num w:numId="43" w16cid:durableId="294219950">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="464080347">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1673334355">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="335765881">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="636498459">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1980261522">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="87391469">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="49" w16cid:durableId="2083679750">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1156992366">
-[...83 lines deleted...]
-  <w:num w:numId="35" w16cid:durableId="363756137">
+  <w:num w:numId="50" w16cid:durableId="1921601002">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1643315220">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="51" w16cid:durableId="1563905578">
+    <w:abstractNumId w:val="42"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-[...1 lines deleted...]
-  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00255DC0"/>
-[...46 lines deleted...]
-    <w:rsid w:val="00327895"/>
+    <w:rsidRoot w:val="00B0625C"/>
+    <w:rsid w:val="000069B4"/>
+    <w:rsid w:val="0001039C"/>
+    <w:rsid w:val="0001287C"/>
+    <w:rsid w:val="000155F2"/>
+    <w:rsid w:val="00016EF4"/>
+    <w:rsid w:val="00056A98"/>
+    <w:rsid w:val="00076088"/>
+    <w:rsid w:val="00077138"/>
+    <w:rsid w:val="0008305F"/>
+    <w:rsid w:val="00086EDB"/>
+    <w:rsid w:val="000C54CC"/>
+    <w:rsid w:val="000D1170"/>
+    <w:rsid w:val="000D5650"/>
+    <w:rsid w:val="000D5D7C"/>
+    <w:rsid w:val="000D7A72"/>
+    <w:rsid w:val="000E010E"/>
+    <w:rsid w:val="000E184F"/>
+    <w:rsid w:val="000E4A9A"/>
+    <w:rsid w:val="000F25EB"/>
+    <w:rsid w:val="000F3629"/>
+    <w:rsid w:val="00100AE2"/>
+    <w:rsid w:val="0010502C"/>
+    <w:rsid w:val="00133765"/>
+    <w:rsid w:val="00136CA4"/>
+    <w:rsid w:val="00137065"/>
+    <w:rsid w:val="00142FBC"/>
+    <w:rsid w:val="00152E69"/>
+    <w:rsid w:val="001559F7"/>
+    <w:rsid w:val="00171EC7"/>
+    <w:rsid w:val="00176695"/>
+    <w:rsid w:val="00184E3A"/>
+    <w:rsid w:val="00191588"/>
+    <w:rsid w:val="001915CD"/>
+    <w:rsid w:val="001A0B25"/>
+    <w:rsid w:val="001A2DD5"/>
+    <w:rsid w:val="001A466E"/>
+    <w:rsid w:val="001A4B25"/>
+    <w:rsid w:val="001A57C0"/>
+    <w:rsid w:val="001B01CE"/>
+    <w:rsid w:val="001B2610"/>
+    <w:rsid w:val="001C3736"/>
+    <w:rsid w:val="001C42EC"/>
+    <w:rsid w:val="001C4B6E"/>
+    <w:rsid w:val="001C604C"/>
+    <w:rsid w:val="001D1549"/>
+    <w:rsid w:val="001D286A"/>
+    <w:rsid w:val="001E51F7"/>
+    <w:rsid w:val="001F2127"/>
+    <w:rsid w:val="001F4863"/>
+    <w:rsid w:val="002022C4"/>
+    <w:rsid w:val="00206ECE"/>
+    <w:rsid w:val="00207A59"/>
+    <w:rsid w:val="00231949"/>
+    <w:rsid w:val="0023280A"/>
+    <w:rsid w:val="00233656"/>
+    <w:rsid w:val="00234B3F"/>
+    <w:rsid w:val="0024354A"/>
+    <w:rsid w:val="00260C88"/>
+    <w:rsid w:val="00263FF2"/>
+    <w:rsid w:val="002655EF"/>
+    <w:rsid w:val="002755A6"/>
+    <w:rsid w:val="00281997"/>
+    <w:rsid w:val="002A5C09"/>
+    <w:rsid w:val="002B0519"/>
+    <w:rsid w:val="002B71DC"/>
+    <w:rsid w:val="002C1ACE"/>
+    <w:rsid w:val="002C237E"/>
+    <w:rsid w:val="002C5FEB"/>
+    <w:rsid w:val="002C734C"/>
+    <w:rsid w:val="002D225E"/>
+    <w:rsid w:val="002D7B6B"/>
+    <w:rsid w:val="002F1B03"/>
+    <w:rsid w:val="002F3EEA"/>
+    <w:rsid w:val="003017E8"/>
+    <w:rsid w:val="003128AB"/>
+    <w:rsid w:val="003142B8"/>
+    <w:rsid w:val="00322D55"/>
+    <w:rsid w:val="003256DB"/>
+    <w:rsid w:val="0032590C"/>
+    <w:rsid w:val="00327192"/>
+    <w:rsid w:val="0033001B"/>
     <w:rsid w:val="00330D49"/>
-    <w:rsid w:val="00354E3A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003639D9"/>
+    <w:rsid w:val="00341929"/>
+    <w:rsid w:val="00350772"/>
+    <w:rsid w:val="00354FF8"/>
+    <w:rsid w:val="00355075"/>
+    <w:rsid w:val="00360940"/>
+    <w:rsid w:val="0036321E"/>
+    <w:rsid w:val="003653C4"/>
+    <w:rsid w:val="00371304"/>
+    <w:rsid w:val="003715C0"/>
     <w:rsid w:val="003752DB"/>
-    <w:rsid w:val="003779E8"/>
-[...91 lines deleted...]
-    <w:rsid w:val="009B26A2"/>
+    <w:rsid w:val="0037701B"/>
+    <w:rsid w:val="00381B7F"/>
+    <w:rsid w:val="003905C0"/>
+    <w:rsid w:val="00392112"/>
+    <w:rsid w:val="003A4400"/>
+    <w:rsid w:val="003B1D69"/>
+    <w:rsid w:val="003B74DF"/>
+    <w:rsid w:val="003C3961"/>
+    <w:rsid w:val="003D4F8C"/>
+    <w:rsid w:val="003E7A97"/>
+    <w:rsid w:val="00404537"/>
+    <w:rsid w:val="00405451"/>
+    <w:rsid w:val="00417B30"/>
+    <w:rsid w:val="004214CA"/>
+    <w:rsid w:val="00421B86"/>
+    <w:rsid w:val="00421EAB"/>
+    <w:rsid w:val="00431DAB"/>
+    <w:rsid w:val="004350F5"/>
+    <w:rsid w:val="0044678D"/>
+    <w:rsid w:val="00447DC8"/>
+    <w:rsid w:val="00450AC0"/>
+    <w:rsid w:val="00455C8A"/>
+    <w:rsid w:val="004614D0"/>
+    <w:rsid w:val="00473B22"/>
+    <w:rsid w:val="004754F6"/>
+    <w:rsid w:val="00475BA7"/>
+    <w:rsid w:val="004806BC"/>
+    <w:rsid w:val="00490E7B"/>
+    <w:rsid w:val="004964FD"/>
+    <w:rsid w:val="004A092E"/>
+    <w:rsid w:val="004B00FA"/>
+    <w:rsid w:val="004B1744"/>
+    <w:rsid w:val="004C139F"/>
+    <w:rsid w:val="004E1016"/>
+    <w:rsid w:val="004F090B"/>
+    <w:rsid w:val="005063F7"/>
+    <w:rsid w:val="00510F22"/>
+    <w:rsid w:val="005163CF"/>
+    <w:rsid w:val="00517E83"/>
+    <w:rsid w:val="005215AB"/>
+    <w:rsid w:val="00525C46"/>
+    <w:rsid w:val="00526CC7"/>
+    <w:rsid w:val="005334BD"/>
+    <w:rsid w:val="00537046"/>
+    <w:rsid w:val="005373C6"/>
+    <w:rsid w:val="00537A63"/>
+    <w:rsid w:val="005402F6"/>
+    <w:rsid w:val="00546A59"/>
+    <w:rsid w:val="00550CC5"/>
+    <w:rsid w:val="005534DC"/>
+    <w:rsid w:val="005612DF"/>
+    <w:rsid w:val="00572BF7"/>
+    <w:rsid w:val="00592B1B"/>
+    <w:rsid w:val="00593C4D"/>
+    <w:rsid w:val="00594250"/>
+    <w:rsid w:val="005B259B"/>
+    <w:rsid w:val="005B6DBC"/>
+    <w:rsid w:val="005C1518"/>
+    <w:rsid w:val="005C3622"/>
+    <w:rsid w:val="005C65AE"/>
+    <w:rsid w:val="005C6B22"/>
+    <w:rsid w:val="005D0772"/>
+    <w:rsid w:val="005F089C"/>
+    <w:rsid w:val="005F11C6"/>
+    <w:rsid w:val="005F19DC"/>
+    <w:rsid w:val="005F7B93"/>
+    <w:rsid w:val="006015F6"/>
+    <w:rsid w:val="006063C5"/>
+    <w:rsid w:val="006077EF"/>
+    <w:rsid w:val="006104D2"/>
+    <w:rsid w:val="0061132E"/>
+    <w:rsid w:val="00622134"/>
+    <w:rsid w:val="006238BB"/>
+    <w:rsid w:val="00632CD5"/>
+    <w:rsid w:val="00645368"/>
+    <w:rsid w:val="00645A22"/>
+    <w:rsid w:val="006471AE"/>
+    <w:rsid w:val="006526CF"/>
+    <w:rsid w:val="00657F6B"/>
+    <w:rsid w:val="00663B2D"/>
+    <w:rsid w:val="006678B6"/>
+    <w:rsid w:val="00673484"/>
+    <w:rsid w:val="00673B23"/>
+    <w:rsid w:val="0067412C"/>
+    <w:rsid w:val="00675BA6"/>
+    <w:rsid w:val="00681C6B"/>
+    <w:rsid w:val="00682EE5"/>
+    <w:rsid w:val="00696E93"/>
+    <w:rsid w:val="006A4DF7"/>
+    <w:rsid w:val="006A5F8D"/>
+    <w:rsid w:val="006C1B35"/>
+    <w:rsid w:val="006C29A0"/>
+    <w:rsid w:val="006C2A4E"/>
+    <w:rsid w:val="006C3D8C"/>
+    <w:rsid w:val="006C63E7"/>
+    <w:rsid w:val="006D0029"/>
+    <w:rsid w:val="006D6269"/>
+    <w:rsid w:val="006D6753"/>
+    <w:rsid w:val="006E4523"/>
+    <w:rsid w:val="006F1DED"/>
+    <w:rsid w:val="00703A31"/>
+    <w:rsid w:val="007067CC"/>
+    <w:rsid w:val="007162DD"/>
+    <w:rsid w:val="00717937"/>
+    <w:rsid w:val="0072127D"/>
+    <w:rsid w:val="00730893"/>
+    <w:rsid w:val="00730DBD"/>
+    <w:rsid w:val="00732BC8"/>
+    <w:rsid w:val="00735835"/>
+    <w:rsid w:val="00737C8A"/>
+    <w:rsid w:val="007424A4"/>
+    <w:rsid w:val="007426BB"/>
+    <w:rsid w:val="007504C5"/>
+    <w:rsid w:val="00750D6D"/>
+    <w:rsid w:val="007523F5"/>
+    <w:rsid w:val="007570DC"/>
+    <w:rsid w:val="007613B8"/>
+    <w:rsid w:val="00762D91"/>
+    <w:rsid w:val="00766C48"/>
+    <w:rsid w:val="0077451A"/>
+    <w:rsid w:val="0077738D"/>
+    <w:rsid w:val="00781D66"/>
+    <w:rsid w:val="00794162"/>
+    <w:rsid w:val="007A40C2"/>
+    <w:rsid w:val="007B2161"/>
+    <w:rsid w:val="007B3747"/>
+    <w:rsid w:val="007C0A3C"/>
+    <w:rsid w:val="007C212F"/>
+    <w:rsid w:val="007C4C8E"/>
+    <w:rsid w:val="007D15CE"/>
+    <w:rsid w:val="007D3128"/>
+    <w:rsid w:val="007E0B17"/>
+    <w:rsid w:val="007E505E"/>
+    <w:rsid w:val="007E5F37"/>
+    <w:rsid w:val="007E7250"/>
+    <w:rsid w:val="007E78E4"/>
+    <w:rsid w:val="007F04E9"/>
+    <w:rsid w:val="007F713C"/>
+    <w:rsid w:val="008044FD"/>
+    <w:rsid w:val="00841CD7"/>
+    <w:rsid w:val="0084440A"/>
+    <w:rsid w:val="00853C3A"/>
+    <w:rsid w:val="0085672C"/>
+    <w:rsid w:val="00856D3C"/>
+    <w:rsid w:val="00860A25"/>
+    <w:rsid w:val="008619FB"/>
+    <w:rsid w:val="00865464"/>
+    <w:rsid w:val="00876D10"/>
+    <w:rsid w:val="00877EFF"/>
+    <w:rsid w:val="008809DE"/>
+    <w:rsid w:val="008836FA"/>
+    <w:rsid w:val="008B0F9C"/>
+    <w:rsid w:val="008E129B"/>
+    <w:rsid w:val="008E4FB2"/>
+    <w:rsid w:val="008E5C4D"/>
+    <w:rsid w:val="008E6462"/>
+    <w:rsid w:val="008F02F5"/>
+    <w:rsid w:val="008F2E70"/>
+    <w:rsid w:val="008F3F7A"/>
+    <w:rsid w:val="008F5BE2"/>
+    <w:rsid w:val="008F62F8"/>
+    <w:rsid w:val="008F715C"/>
+    <w:rsid w:val="008F73F3"/>
+    <w:rsid w:val="008F7B92"/>
+    <w:rsid w:val="008F7F3C"/>
+    <w:rsid w:val="009003B3"/>
+    <w:rsid w:val="00903853"/>
+    <w:rsid w:val="00904258"/>
+    <w:rsid w:val="00904D51"/>
+    <w:rsid w:val="009121B8"/>
+    <w:rsid w:val="0091504E"/>
+    <w:rsid w:val="00915F8A"/>
+    <w:rsid w:val="00920628"/>
+    <w:rsid w:val="00920F78"/>
+    <w:rsid w:val="00933DFC"/>
+    <w:rsid w:val="00936724"/>
+    <w:rsid w:val="009444FB"/>
+    <w:rsid w:val="00951FFC"/>
+    <w:rsid w:val="00954CED"/>
+    <w:rsid w:val="00955D39"/>
+    <w:rsid w:val="00956977"/>
+    <w:rsid w:val="00957A66"/>
+    <w:rsid w:val="00960B08"/>
+    <w:rsid w:val="00982CFA"/>
+    <w:rsid w:val="00986E99"/>
+    <w:rsid w:val="00987B1D"/>
+    <w:rsid w:val="009A53E1"/>
+    <w:rsid w:val="009B1EC8"/>
+    <w:rsid w:val="009B29CD"/>
+    <w:rsid w:val="009C26F0"/>
+    <w:rsid w:val="009C3E97"/>
+    <w:rsid w:val="009D4AD5"/>
+    <w:rsid w:val="009E56F4"/>
+    <w:rsid w:val="009E5B0A"/>
+    <w:rsid w:val="009E7850"/>
+    <w:rsid w:val="009F19E6"/>
     <w:rsid w:val="009F44EF"/>
-    <w:rsid w:val="009F624F"/>
-[...85 lines deleted...]
-    <w:rsid w:val="00FF71A5"/>
+    <w:rsid w:val="009F7C4B"/>
+    <w:rsid w:val="00A078B2"/>
+    <w:rsid w:val="00A1536F"/>
+    <w:rsid w:val="00A155EE"/>
+    <w:rsid w:val="00A17774"/>
+    <w:rsid w:val="00A17CE1"/>
+    <w:rsid w:val="00A23506"/>
+    <w:rsid w:val="00A270C5"/>
+    <w:rsid w:val="00A37291"/>
+    <w:rsid w:val="00A44AAF"/>
+    <w:rsid w:val="00A46B92"/>
+    <w:rsid w:val="00A503E7"/>
+    <w:rsid w:val="00A5609D"/>
+    <w:rsid w:val="00A571EB"/>
+    <w:rsid w:val="00A6756F"/>
+    <w:rsid w:val="00A87EC7"/>
+    <w:rsid w:val="00A90BA3"/>
+    <w:rsid w:val="00AA0069"/>
+    <w:rsid w:val="00AA456A"/>
+    <w:rsid w:val="00AA7BCD"/>
+    <w:rsid w:val="00AB40A0"/>
+    <w:rsid w:val="00AC0798"/>
+    <w:rsid w:val="00AC742D"/>
+    <w:rsid w:val="00AF15BA"/>
+    <w:rsid w:val="00AF3F4F"/>
+    <w:rsid w:val="00AF6D99"/>
+    <w:rsid w:val="00B0625C"/>
+    <w:rsid w:val="00B10C16"/>
+    <w:rsid w:val="00B24A9D"/>
+    <w:rsid w:val="00B470A2"/>
+    <w:rsid w:val="00B50CD9"/>
+    <w:rsid w:val="00B55BB6"/>
+    <w:rsid w:val="00B6217D"/>
+    <w:rsid w:val="00B64FFF"/>
+    <w:rsid w:val="00B902D1"/>
+    <w:rsid w:val="00B940AF"/>
+    <w:rsid w:val="00BA12E3"/>
+    <w:rsid w:val="00BB10F8"/>
+    <w:rsid w:val="00BB618D"/>
+    <w:rsid w:val="00BD0A9C"/>
+    <w:rsid w:val="00BD6DD7"/>
+    <w:rsid w:val="00BF005A"/>
+    <w:rsid w:val="00BF3C58"/>
+    <w:rsid w:val="00C03C04"/>
+    <w:rsid w:val="00C04839"/>
+    <w:rsid w:val="00C05001"/>
+    <w:rsid w:val="00C15A03"/>
+    <w:rsid w:val="00C17FDE"/>
+    <w:rsid w:val="00C267D8"/>
+    <w:rsid w:val="00C31BFC"/>
+    <w:rsid w:val="00C322A0"/>
+    <w:rsid w:val="00C326AD"/>
+    <w:rsid w:val="00C32ED9"/>
+    <w:rsid w:val="00C40864"/>
+    <w:rsid w:val="00C40AE7"/>
+    <w:rsid w:val="00C44CDB"/>
+    <w:rsid w:val="00C46C88"/>
+    <w:rsid w:val="00C50A21"/>
+    <w:rsid w:val="00C774A2"/>
+    <w:rsid w:val="00C921C8"/>
+    <w:rsid w:val="00CA006C"/>
+    <w:rsid w:val="00CA6127"/>
+    <w:rsid w:val="00CB2FE1"/>
+    <w:rsid w:val="00CB34E2"/>
+    <w:rsid w:val="00CC1C25"/>
+    <w:rsid w:val="00CD2CFA"/>
+    <w:rsid w:val="00CD6B31"/>
+    <w:rsid w:val="00CE226F"/>
+    <w:rsid w:val="00CF164C"/>
+    <w:rsid w:val="00CF3CF6"/>
+    <w:rsid w:val="00CF5B0F"/>
+    <w:rsid w:val="00D032D5"/>
+    <w:rsid w:val="00D04AC9"/>
+    <w:rsid w:val="00D0784B"/>
+    <w:rsid w:val="00D1105C"/>
+    <w:rsid w:val="00D13DF9"/>
+    <w:rsid w:val="00D17796"/>
+    <w:rsid w:val="00D243E5"/>
+    <w:rsid w:val="00D26DBC"/>
+    <w:rsid w:val="00D40900"/>
+    <w:rsid w:val="00D44E3B"/>
+    <w:rsid w:val="00D45569"/>
+    <w:rsid w:val="00D4661D"/>
+    <w:rsid w:val="00D52AFF"/>
+    <w:rsid w:val="00D531D7"/>
+    <w:rsid w:val="00D66C1A"/>
+    <w:rsid w:val="00D6759A"/>
+    <w:rsid w:val="00D7060C"/>
+    <w:rsid w:val="00D7525B"/>
+    <w:rsid w:val="00D75D25"/>
+    <w:rsid w:val="00D762EA"/>
+    <w:rsid w:val="00D83585"/>
+    <w:rsid w:val="00D8434F"/>
+    <w:rsid w:val="00D908B9"/>
+    <w:rsid w:val="00D92846"/>
+    <w:rsid w:val="00D93310"/>
+    <w:rsid w:val="00DA160D"/>
+    <w:rsid w:val="00DA3819"/>
+    <w:rsid w:val="00DA3923"/>
+    <w:rsid w:val="00DB480F"/>
+    <w:rsid w:val="00DB6B1E"/>
+    <w:rsid w:val="00DC1138"/>
+    <w:rsid w:val="00DC3C8A"/>
+    <w:rsid w:val="00DC68C2"/>
+    <w:rsid w:val="00DE291D"/>
+    <w:rsid w:val="00DE3C61"/>
+    <w:rsid w:val="00DE6DCD"/>
+    <w:rsid w:val="00DF18E1"/>
+    <w:rsid w:val="00E027B8"/>
+    <w:rsid w:val="00E21FBE"/>
+    <w:rsid w:val="00E27B62"/>
+    <w:rsid w:val="00E33FEB"/>
+    <w:rsid w:val="00E36E4D"/>
+    <w:rsid w:val="00E552E7"/>
+    <w:rsid w:val="00E577C0"/>
+    <w:rsid w:val="00E62A02"/>
+    <w:rsid w:val="00E64EED"/>
+    <w:rsid w:val="00E87670"/>
+    <w:rsid w:val="00E91163"/>
+    <w:rsid w:val="00E919AF"/>
+    <w:rsid w:val="00E91F67"/>
+    <w:rsid w:val="00EC2A2D"/>
+    <w:rsid w:val="00ED7A35"/>
+    <w:rsid w:val="00EE1BE3"/>
+    <w:rsid w:val="00EE24BE"/>
+    <w:rsid w:val="00EE3F01"/>
+    <w:rsid w:val="00F014EF"/>
+    <w:rsid w:val="00F025AE"/>
+    <w:rsid w:val="00F072C6"/>
+    <w:rsid w:val="00F10842"/>
+    <w:rsid w:val="00F251F3"/>
+    <w:rsid w:val="00F27183"/>
+    <w:rsid w:val="00F27627"/>
+    <w:rsid w:val="00F474D2"/>
+    <w:rsid w:val="00F673A3"/>
+    <w:rsid w:val="00F75F46"/>
+    <w:rsid w:val="00F76861"/>
+    <w:rsid w:val="00F91E98"/>
+    <w:rsid w:val="00F92F8D"/>
+    <w:rsid w:val="00F93907"/>
+    <w:rsid w:val="00FA430E"/>
+    <w:rsid w:val="00FA5CB1"/>
+    <w:rsid w:val="00FB10E9"/>
+    <w:rsid w:val="00FB1CC3"/>
+    <w:rsid w:val="00FC42B6"/>
+    <w:rsid w:val="00FC5004"/>
+    <w:rsid w:val="00FC6061"/>
+    <w:rsid w:val="00FE01DD"/>
+    <w:rsid w:val="00FE156E"/>
+    <w:rsid w:val="00FE69D2"/>
+    <w:rsid w:val="00FF137C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="757CA021"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{AFE33A03-DF88-4E92-ADAE-214A7FC07DAB}"/>
+  <w14:docId w14:val="56D8F7AC"/>
+  <w15:docId w15:val="{18FBD080-4774-4EDE-81D5-83B9D08AA696}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...1 lines deleted...]
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8639,75 +13215,74 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8856,1661 +13431,3495 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00B0625C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="0044678D"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...45 lines deleted...]
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...108 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:color w:val="00B050"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...4 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="006D6753"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6753"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="0044678D"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="00B050"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...5 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0044678D"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-[...5 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="00E21FBE"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-    <w:name w:val="Heading 5 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="00E21FBE"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...151 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="007E505E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IntenseQuote">
-    <w:name w:val="Intense Quote"/>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:rsid w:val="00CA006C"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
-    <w:name w:val="Intense Quote Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="IntenseQuote"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+    <w:link w:val="BodyText2"/>
+    <w:rsid w:val="00CA006C"/>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseReference">
-[...4 lines deleted...]
-    <w:rsid w:val="00255DC0"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00CA006C"/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...19 lines deleted...]
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00354ED4"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00CA006C"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AC2804"/>
+    <w:rsid w:val="00F072C6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...52 lines deleted...]
-    <w:rsid w:val="004332F2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="750542709">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1459103759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1701738206">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1726946058">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1109426040">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1842118132">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="966819567">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="652635590">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1839926462">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="923302918">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1668823642">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1647856654">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice.html?_gl=1*sfveaf*_up*MQ..*_ga*NDIxMjI2MjI4LjE3NjQzMjA3NjQ.*_ga_T45DN47XW6*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw*_ga_L7LGEKCBYL*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
 </file>
 
-<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...61 lines deleted...]
-</w:glossaryDocument>
+<file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hList1" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CD8CCA20-84CE-4610-855A-BEC400449361}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="30A4DC"/>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="1">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Registered Scientist - minimum level qualifications </a:t>
+          </a:r>
+          <a:endParaRPr lang="en-GB" sz="1000">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F64B431D-F555-4357-B489-2D7D35E87AF6}" type="parTrans" cxnId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9B99111A-2E56-4561-B4A0-EBBAA77D3802}" type="sibTrans" cxnId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="1000">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CDF63DE5-8E90-4BCB-A37C-7B22ED30E75A}" type="parTrans" cxnId="{E02BBEE0-A969-4140-B756-CE8D79632C52}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8A7463BF-74F1-46AD-AC7D-42FB7FB65004}" type="sibTrans" cxnId="{E02BBEE0-A969-4140-B756-CE8D79632C52}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Foundation Degrees</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A60A91B7-3624-46C5-8DA5-02547542A9A3}" type="sibTrans" cxnId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2ADC6EAA-FCF0-4A0B-96F1-0D6A4566CA58}" type="parTrans" cxnId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>BTEC Professional Diplomas, Certificates and Awards	Diplomas of higher education</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{88CF9C10-A267-42E8-825B-0FC9F215E836}" type="sibTrans" cxnId="{4298A81C-E68A-4F37-AD76-23212B4D6393}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5FBA358F-AE58-460C-8DC2-F3B07FD9B88C}" type="parTrans" cxnId="{4298A81C-E68A-4F37-AD76-23212B4D6393}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Other higher diplomas	</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5A6F2C29-6A8D-4877-9418-546F1BF84910}" type="sibTrans" cxnId="{1069F947-09DC-448E-A9A4-571171A95BED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{070DB77E-232C-4B55-B90E-AADB050E0843}" type="parTrans" cxnId="{1069F947-09DC-448E-A9A4-571171A95BED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8716ED1C-739A-4B29-A743-6794E521A641}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>HND</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A8A2FD91-F133-4CF5-A425-3C25CF4C7EE8}" type="sibTrans" cxnId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{314012F4-8916-4E40-98F6-C040F5FE580F}" type="parTrans" cxnId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>IBMS Certificate of Achievement part 2</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3998784B-4F35-4D29-8597-EB95BCD72E44}" type="sibTrans" cxnId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1C18F8D4-FC99-4C35-9BA4-42BCA9611205}" type="parTrans" cxnId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="1000">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A7933EBC-BE2D-4401-9515-54B816582ED4}" type="parTrans" cxnId="{614A886A-08C9-4598-B377-3498F6D61FA3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0029FB32-90E3-4908-BBAF-60403F9CA2DA}" type="sibTrans" cxnId="{614A886A-08C9-4598-B377-3498F6D61FA3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" type="pres">
+      <dgm:prSet presAssocID="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" type="pres">
+      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="composite" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{52463060-1CEA-4744-919A-F078A23644AE}" type="pres">
+      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="parTx" presStyleLbl="alignNode1" presStyleIdx="0" presStyleCnt="1" custScaleY="100000" custLinFactNeighborY="-70513">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:chPref val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" type="pres">
+      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="desTx" presStyleLbl="alignAccFollowNode1" presStyleIdx="0" presStyleCnt="1" custScaleY="112406">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{4298A81C-E68A-4F37-AD76-23212B4D6393}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}" srcOrd="5" destOrd="0" parTransId="{5FBA358F-AE58-460C-8DC2-F3B07FD9B88C}" sibTransId="{88CF9C10-A267-42E8-825B-0FC9F215E836}"/>
+    <dgm:cxn modelId="{A6FFA21F-7EE8-4D1B-9E6D-E053000FC62E}" type="presOf" srcId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{D353C422-9C19-4FF2-9BD3-979EAE33D9D0}" type="presOf" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{52463060-1CEA-4744-919A-F078A23644AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}" srcId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" destId="{CD8CCA20-84CE-4610-855A-BEC400449361}" srcOrd="0" destOrd="0" parTransId="{F64B431D-F555-4357-B489-2D7D35E87AF6}" sibTransId="{9B99111A-2E56-4561-B4A0-EBBAA77D3802}"/>
+    <dgm:cxn modelId="{1549B438-28D5-4D31-B6D2-558413B2740A}" type="presOf" srcId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="6" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{0F88113F-2B29-4A8F-8F21-39AA0331E103}" type="presOf" srcId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" destId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}" srcOrd="2" destOrd="0" parTransId="{1C18F8D4-FC99-4C35-9BA4-42BCA9611205}" sibTransId="{3998784B-4F35-4D29-8597-EB95BCD72E44}"/>
+    <dgm:cxn modelId="{1069F947-09DC-448E-A9A4-571171A95BED}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}" srcOrd="4" destOrd="0" parTransId="{070DB77E-232C-4B55-B90E-AADB050E0843}" sibTransId="{5A6F2C29-6A8D-4877-9418-546F1BF84910}"/>
+    <dgm:cxn modelId="{614A886A-08C9-4598-B377-3498F6D61FA3}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}" srcOrd="0" destOrd="0" parTransId="{A7933EBC-BE2D-4401-9515-54B816582ED4}" sibTransId="{0029FB32-90E3-4908-BBAF-60403F9CA2DA}"/>
+    <dgm:cxn modelId="{E62DCF6C-5C32-4C37-9A03-6C9AAC8BC32F}" type="presOf" srcId="{8716ED1C-739A-4B29-A743-6794E521A641}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="3" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{717ED66E-3E02-4D2E-A76B-2618E55CC5D6}" type="presOf" srcId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{8716ED1C-739A-4B29-A743-6794E521A641}" srcOrd="3" destOrd="0" parTransId="{314012F4-8916-4E40-98F6-C040F5FE580F}" sibTransId="{A8A2FD91-F133-4CF5-A425-3C25CF4C7EE8}"/>
+    <dgm:cxn modelId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}" srcOrd="6" destOrd="0" parTransId="{2ADC6EAA-FCF0-4A0B-96F1-0D6A4566CA58}" sibTransId="{A60A91B7-3624-46C5-8DA5-02547542A9A3}"/>
+    <dgm:cxn modelId="{8319CCB8-221A-4106-A7E0-6181184B0872}" type="presOf" srcId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="4" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{6A7305D9-6867-42D7-839E-476739700981}" type="presOf" srcId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="5" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E02BBEE0-A969-4140-B756-CE8D79632C52}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}" srcOrd="1" destOrd="0" parTransId="{CDF63DE5-8E90-4BCB-A37C-7B22ED30E75A}" sibTransId="{8A7463BF-74F1-46AD-AC7D-42FB7FB65004}"/>
+    <dgm:cxn modelId="{6A03B8FE-E71D-4DE7-A9F2-5671EA9D56B2}" type="presOf" srcId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E2091F99-307C-496C-92BE-202704940425}" type="presParOf" srcId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" destId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{24C4B910-1AE2-4ECD-A115-EE7FE1D1A8DC}" type="presParOf" srcId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" destId="{52463060-1CEA-4744-919A-F078A23644AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{F8492D1D-AB3F-4A04-966A-6B28AC6EF5D7}" type="presParOf" srcId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId15" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
 </file>
 
-<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-</w:fonts>
+<file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{52463060-1CEA-4744-919A-F078A23644AE}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="5276850" cy="403200"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="30A4DC"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:noFill/>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="40640" rIns="71120" bIns="40640" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="1" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Registered Scientist - minimum level qualifications </a:t>
+          </a:r>
+          <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="5276850" cy="403200"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="338001"/>
+          <a:ext cx="5276850" cy="1637105"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="53340" tIns="53340" rIns="71120" bIns="80010" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>IBMS Certificate of Achievement part 2</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>HND</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Other higher diplomas	</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>BTEC Professional Diplomas, Certificates and Awards	Diplomas of higher education</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Foundation Degrees</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="0" y="338001"/>
+        <a:ext cx="5276850" cy="1637105"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
 </file>
 
-<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-[...59 lines deleted...]
-</w:settings>
+<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hList1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="list" pri="5000"/>
+    <dgm:cat type="convert" pri="5000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="12">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="22">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="31">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="32">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="13" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="14" srcId="1" destId="12" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="24" srcId="2" destId="22" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="33" srcId="3" destId="31" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="34" srcId="3" destId="32" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="4">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin"/>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="h" for="ch" forName="composite" refType="h"/>
+      <dgm:constr type="w" for="ch" forName="composite" refType="w"/>
+      <dgm:constr type="w" for="des" forName="parTx"/>
+      <dgm:constr type="h" for="des" forName="parTx" op="equ"/>
+      <dgm:constr type="w" for="des" forName="desTx"/>
+      <dgm:constr type="h" for="des" forName="desTx" op="equ"/>
+      <dgm:constr type="primFontSz" for="des" forName="parTx" val="65"/>
+      <dgm:constr type="secFontSz" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" op="equ"/>
+      <dgm:constr type="h" for="des" forName="parTx" refType="primFontSz" refFor="des" refForName="parTx" fact="0.8"/>
+      <dgm:constr type="h" for="des" forName="desTx" refType="primFontSz" refFor="des" refForName="parTx" fact="1.22"/>
+      <dgm:constr type="w" for="ch" forName="space" refType="w" refFor="ch" refForName="composite" op="equ" fact="0.14"/>
+    </dgm:constrLst>
+    <dgm:ruleLst>
+      <dgm:rule type="w" for="ch" forName="composite" val="0" fact="NaN" max="NaN"/>
+      <dgm:rule type="primFontSz" for="des" forName="parTx" val="5" fact="NaN" max="NaN"/>
+    </dgm:ruleLst>
+    <dgm:forEach name="Name4" axis="ch" ptType="node">
+      <dgm:layoutNode name="composite">
+        <dgm:alg type="composite"/>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst>
+          <dgm:constr type="l" for="ch" forName="parTx"/>
+          <dgm:constr type="w" for="ch" forName="parTx" refType="w"/>
+          <dgm:constr type="t" for="ch" forName="parTx"/>
+          <dgm:constr type="l" for="ch" forName="desTx"/>
+          <dgm:constr type="w" for="ch" forName="desTx" refType="w" refFor="ch" refForName="parTx"/>
+          <dgm:constr type="t" for="ch" forName="desTx" refType="h" refFor="ch" refForName="parTx"/>
+        </dgm:constrLst>
+        <dgm:ruleLst>
+          <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+        </dgm:ruleLst>
+        <dgm:layoutNode name="parTx" styleLbl="alignNode1">
+          <dgm:varLst>
+            <dgm:chMax val="0"/>
+            <dgm:chPref val="0"/>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="self" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="h" refType="w" op="lte" fact="0.4"/>
+            <dgm:constr type="h"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.32"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.32"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="desTx" styleLbl="alignAccFollowNode1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx">
+            <dgm:param type="stBulletLvl" val="1"/>
+          </dgm:alg>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="des" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="secFontSz" val="65"/>
+            <dgm:constr type="primFontSz" refType="secFontSz"/>
+            <dgm:constr type="h"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.42"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.42"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.63"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="h" val="INF" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="Name5" axis="followSib" ptType="sibTrans" cnt="1">
+        <dgm:layoutNode name="space">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
 </file>
 
-<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...452 lines deleted...]
-</w:webSettings>
+<file path=word/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2018</Words>
-  <Characters>11507</Characters>
+  <Words>2678</Words>
+  <Characters>15111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>431</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Guidance on Completing an</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Institute of Biomedical Science</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13499</CharactersWithSpaces>
+  <CharactersWithSpaces>17604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>4063237</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:alicemadiwa@ibms.org</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>Guidance on Completing an</dc:title>
+  <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>