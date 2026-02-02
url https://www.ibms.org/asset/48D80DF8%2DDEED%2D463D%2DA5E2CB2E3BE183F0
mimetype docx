--- v0 (2025-10-02)
+++ v1 (2026-02-02)
@@ -279,51 +279,50 @@
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="8319"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="1FA2E58B" w14:textId="77777777" w:rsidTr="00255B1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B157259" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -353,51 +352,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40D0A6FC" w14:textId="166A46F2" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Candidate is </w:t>
             </w:r>
             <w:r w:rsidR="006F5949" w:rsidRPr="00CF3660">
@@ -409,51 +407,50 @@
               <w:t xml:space="preserve">registered </w:t>
             </w:r>
             <w:r w:rsidR="006F5949">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">with the </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Health and Care Professions Council (HCPC) as a biomedical scientist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="61E9B0BD" w14:textId="77777777" w:rsidTr="00255B1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="474CD0B9" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -483,51 +480,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F03121" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Candidate must have current membership of the Institute of Biomedical Science in the Licentiate, Member, or Fellow grade.  Associate members are not eligible.</w:t>
             </w:r>
           </w:p>
@@ -558,51 +554,50 @@
             <w:r w:rsidR="00171ABC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> or Fellow grade must be maintained for the duration of this qualification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="66AA5986" w14:textId="77777777" w:rsidTr="00255B1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D2E30F4" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -630,51 +625,50 @@
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5018E8DD" w14:textId="7F70BABE" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>The laboratory where the training will take place is approved by the Institute of Biomedical Science for post</w:t>
             </w:r>
             <w:r w:rsidR="00375021">
@@ -697,51 +691,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the relevant discipline</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="247DE688" w14:textId="77777777" w:rsidTr="00BC09D7">
         <w:trPr>
           <w:trHeight w:val="2970"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30395175" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -771,51 +764,50 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1207B0F7" w14:textId="51D3FD12" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="212"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Payment must be made via </w:t>
@@ -2225,51 +2217,50 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="02369EEA" w14:textId="77777777" w:rsidTr="00AB59DF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4964BDB9" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Home Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7272" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2368,51 +2359,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2C67" w:rsidRPr="00CF3660" w14:paraId="5743F262" w14:textId="77777777" w:rsidTr="00AB23FA">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1942" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="047B20E6" w14:textId="77777777" w:rsidR="00AA2C67" w:rsidRPr="00CF3660" w:rsidRDefault="00AA2C67" w:rsidP="00CF3660">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE2984A" w14:textId="77777777" w:rsidR="00AA2C67" w:rsidRPr="00CF3660" w:rsidRDefault="00AA2C67" w:rsidP="00CF3660">
             <w:pPr>
@@ -3202,51 +3192,50 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="73C59E29" w14:textId="77777777" w:rsidTr="00AB59DF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="740FDC75" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Laboratory Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3337,51 +3326,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="4F74F782" w14:textId="77777777" w:rsidTr="00FD2858">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="648"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F51846D" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4196,51 +4184,50 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="38E5F2D2" w14:textId="77777777" w:rsidTr="00AB59DF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A1DB386" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00AB59DF">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Laboratory Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4331,51 +4318,50 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF3660" w:rsidRPr="00CF3660" w14:paraId="4D8C0960" w14:textId="77777777" w:rsidTr="00FD2858">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68A12E44" w14:textId="77777777" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00AB59DF">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7456,78 +7442,76 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3794"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B4260C" w:rsidRPr="00CF3660" w14:paraId="33BA0952" w14:textId="77777777" w:rsidTr="00B3312D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E7BD4D" w14:textId="6BDC4E8C" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Solid Tumours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A55E878" w14:textId="053F1258" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -7548,88 +7532,86 @@
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CC437F4" w14:textId="267BF8A4" w:rsidR="00B4260C" w:rsidRDefault="004858FA" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Haematological</w:t>
             </w:r>
             <w:r w:rsidR="00B4260C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Malignancies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EA38F38" w14:textId="6FC9B7AA" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -7659,78 +7641,76 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B4260C" w:rsidRPr="00CF3660" w14:paraId="42616FDB" w14:textId="77777777" w:rsidTr="00B3312D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68BB6F96" w14:textId="3BC42361" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Rare and Inherited Disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B4B018" w14:textId="2897E78D" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -7751,106 +7731,103 @@
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D48A6C" w14:textId="73D196C1" w:rsidR="00B4260C" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BCF14E5" w14:textId="77777777" w:rsidR="00B4260C" w:rsidRPr="00CF3660" w:rsidRDefault="00B4260C" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00803AEC" w:rsidRPr="00CF3660" w14:paraId="48C14A3A" w14:textId="77777777" w:rsidTr="003E0679">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8897" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B992B3C" w14:textId="5CE582D9" w:rsidR="00803AEC" w:rsidRPr="00B36145" w:rsidRDefault="00803AEC" w:rsidP="00CF3660">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B36145">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please note: Selection of </w:t>
             </w:r>
@@ -8040,78 +8017,76 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3794"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w14:paraId="588DA596" w14:textId="77777777" w:rsidTr="00B82B2C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF7CE12" w14:textId="7CDEB1E7" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Karyotyping</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FA972B7" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8132,81 +8107,79 @@
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72A298CA" w14:textId="48413298" w:rsidR="00B82B2C" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Pyrosequencing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62CC7411" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8236,78 +8209,76 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w14:paraId="2F77D847" w14:textId="77777777" w:rsidTr="00B82B2C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D165D88" w14:textId="78EC7A2C" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>In-situ Hybridisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0F15C7" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8328,81 +8299,79 @@
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C3584C" w14:textId="7DE20326" w:rsidR="00B82B2C" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Fragment Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="081F2FC2" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8432,78 +8401,76 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w14:paraId="30E2A4BD" w14:textId="77777777" w:rsidTr="00B82B2C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B0FB7A" w14:textId="7B8ABD70" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Microarray</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57AC4F6F" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8524,81 +8491,79 @@
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0870468B" w14:textId="3BB006EF" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="004416FB" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>High Resolution Melt Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="564F0794" w14:textId="77777777" w:rsidR="00B82B2C" w:rsidRPr="00CF3660" w:rsidRDefault="00B82B2C" w:rsidP="00B82B2C">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -8649,51 +8614,59 @@
         </w:rPr>
         <w:sym w:font="Wingdings 2" w:char="F052"/>
       </w:r>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Please select the optional module(s) required.</w:t>
       </w:r>
       <w:r w:rsidR="006E03FD">
         <w:t xml:space="preserve"> If one clinical module was selected</w:t>
       </w:r>
       <w:r w:rsidR="004858FA">
         <w:t xml:space="preserve"> above</w:t>
       </w:r>
       <w:r w:rsidR="00B82B2C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006E03FD">
         <w:t xml:space="preserve"> a minim</w:t>
       </w:r>
       <w:r w:rsidR="00B82B2C">
         <w:t>um</w:t>
       </w:r>
       <w:r w:rsidR="006E03FD">
-        <w:t xml:space="preserve"> of two optional modules are required</w:t>
+        <w:t xml:space="preserve"> of two optional modules </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006E03FD">
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006E03FD">
+        <w:t xml:space="preserve"> required</w:t>
       </w:r>
       <w:r w:rsidR="004858FA">
         <w:t>. I</w:t>
       </w:r>
       <w:r w:rsidR="006E03FD">
         <w:t xml:space="preserve">f more than one </w:t>
       </w:r>
       <w:r w:rsidR="00B82B2C">
         <w:t>clinical module was selected</w:t>
       </w:r>
       <w:r w:rsidR="004858FA">
         <w:t xml:space="preserve"> above,</w:t>
       </w:r>
       <w:r w:rsidR="00B82B2C">
         <w:t xml:space="preserve"> a minimum of one optional module is required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531FE8BB" w14:textId="77777777" w:rsidR="005E52E4" w:rsidRDefault="005E52E4" w:rsidP="006F5949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AFBF159" w14:textId="77777777" w:rsidR="000953F3" w:rsidRDefault="000953F3" w:rsidP="006F5949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8768,90 +8741,88 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1270"/>
         <w:gridCol w:w="5187"/>
         <w:gridCol w:w="2539"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F5949" w:rsidRPr="00CF3660" w14:paraId="44C351EE" w14:textId="77777777" w:rsidTr="00A14C1A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE2CACF" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4294" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D8B5185" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Email3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8919,51 +8890,50 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5949" w:rsidRPr="00CF3660" w14:paraId="51F4D33E" w14:textId="77777777" w:rsidTr="00A14C1A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3589" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142ADF8C" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -9031,51 +9001,50 @@
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BCEA74B" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -9212,90 +9181,88 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1270"/>
         <w:gridCol w:w="5187"/>
         <w:gridCol w:w="2539"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F5949" w:rsidRPr="00CF3660" w14:paraId="3FE9A4F2" w14:textId="77777777" w:rsidTr="00A14C1A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AFBF477" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4294" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EDE4428" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Email3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -9363,51 +9330,50 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F5949" w:rsidRPr="00CF3660" w14:paraId="6B7AF3F6" w14:textId="77777777" w:rsidTr="00A14C1A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3589" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0169BFC5" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -9475,51 +9441,50 @@
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50EE929A" w14:textId="77777777" w:rsidR="006F5949" w:rsidRPr="00CF3660" w:rsidRDefault="006F5949" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3660">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
@@ -9672,77 +9637,70 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40AF5F52" w14:textId="4BF1D5DE" w:rsidR="00CF3660" w:rsidRPr="006F4D47" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F4D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Payment Details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD2C108" w14:textId="54614D41" w:rsidR="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
+    <w:p w14:paraId="45DE9DB7" w14:textId="2F630E6C" w:rsidR="009C6F66" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve">Trainee portfolios are priced at </w:t>
       </w:r>
       <w:r w:rsidRPr="001779DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>£1</w:t>
       </w:r>
-      <w:r w:rsidR="006F4D47" w:rsidRPr="001779DB">
+      <w:r w:rsidR="009B05F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>7</w:t>
-[...6 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>87</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve"> (this includes portfolio</w:t>
       </w:r>
       <w:r w:rsidR="009A4882">
         <w:t>, examination,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve"> and administration fees).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2806D055" w14:textId="50A6D4DB" w:rsidR="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000D36CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Card Payment:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9779,79 +9737,73 @@
           </w:tcPr>
           <w:p w14:paraId="5993AE68" w14:textId="1BE40958" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="005909BC" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005909BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Card payment to be made for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1196B608" w14:textId="4FD544C4" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
+          <w:p w14:paraId="1196B608" w14:textId="1674CC43" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="006F4D47">
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>87</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
@@ -9872,55 +9824,55 @@
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="006F4D47">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="004925AE">
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>swap</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -10056,79 +10008,73 @@
           </w:tcPr>
           <w:p w14:paraId="12474932" w14:textId="77777777" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="009A4882" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731E61">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Cheque enclosed for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53CFB6A4" w14:textId="1BFA4B3D" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="009A4882" w:rsidP="00A14C1A">
+          <w:p w14:paraId="53CFB6A4" w14:textId="19CCDC5E" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="009A4882" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>87</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
@@ -10149,55 +10095,55 @@
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="004925AE">
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>swap</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -10535,79 +10481,73 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Purchase Order</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5639023D" w14:textId="689F9D54" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
+          <w:p w14:paraId="5639023D" w14:textId="632EB433" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="006F4D47">
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>87</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
@@ -10628,55 +10568,55 @@
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="006F4D47">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="004925AE">
+            <w:r w:rsidR="009B05F2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>swap</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -10707,61 +10647,50 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46763D29" w14:textId="77777777" w:rsidR="006F5949" w:rsidRDefault="006F5949" w:rsidP="006F5949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72E8DA51" w14:textId="77777777" w:rsidR="005E52E4" w:rsidRDefault="005E52E4" w:rsidP="006F5949">
-      <w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="46F6EB87" w14:textId="77777777" w:rsidR="005E7A2D" w:rsidRDefault="005E7A2D" w:rsidP="006F5949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F2F53B" w14:textId="5454741A" w:rsidR="00CF3660" w:rsidRPr="006F5949" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A4CE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -11091,51 +11020,51 @@
       </w:rPr>
       <w:t>T</w:t>
     </w:r>
     <w:r w:rsidR="00CF3660" w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">raining for the </w:t>
     </w:r>
     <w:r w:rsidR="004416FB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Digital Genomics and Molecular Pathology </w:t>
     </w:r>
     <w:r w:rsidR="00CF3660" w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Specialist Diploma</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="48A6E607" w14:textId="46813057" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
+  <w:p w14:paraId="48A6E607" w14:textId="4478D490" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8822"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
@@ -11232,94 +11161,94 @@
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="004925AE">
+    <w:r w:rsidR="009B05F2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>2.0</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="004925AE">
+    <w:r w:rsidR="009B05F2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="004925AE">
+    <w:r w:rsidR="009B05F2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="233DD7B7" w14:textId="77777777" w:rsidR="00A613ED" w:rsidRDefault="00A613ED" w:rsidP="00CF3660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -11439,152 +11368,159 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1893736971">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF3660"/>
     <w:rsid w:val="00000ADC"/>
     <w:rsid w:val="0005067B"/>
+    <w:rsid w:val="00090343"/>
     <w:rsid w:val="000925EB"/>
     <w:rsid w:val="000953F3"/>
     <w:rsid w:val="000B4517"/>
     <w:rsid w:val="000D36CB"/>
     <w:rsid w:val="000F0ACE"/>
     <w:rsid w:val="0011075B"/>
     <w:rsid w:val="001365FD"/>
     <w:rsid w:val="00171ABC"/>
     <w:rsid w:val="001779DB"/>
+    <w:rsid w:val="001E6A75"/>
     <w:rsid w:val="00245691"/>
     <w:rsid w:val="00255B1C"/>
     <w:rsid w:val="002B618D"/>
     <w:rsid w:val="002C2221"/>
     <w:rsid w:val="002C484A"/>
     <w:rsid w:val="002C7E18"/>
+    <w:rsid w:val="00362AF0"/>
     <w:rsid w:val="00375021"/>
     <w:rsid w:val="003808F8"/>
     <w:rsid w:val="00382940"/>
     <w:rsid w:val="003A4CE6"/>
     <w:rsid w:val="003B5579"/>
     <w:rsid w:val="004416FB"/>
     <w:rsid w:val="00463CBC"/>
     <w:rsid w:val="004858FA"/>
     <w:rsid w:val="004925AE"/>
     <w:rsid w:val="0053574A"/>
     <w:rsid w:val="005760CC"/>
     <w:rsid w:val="005909BC"/>
     <w:rsid w:val="005D3B24"/>
     <w:rsid w:val="005D3D39"/>
     <w:rsid w:val="005E52E4"/>
     <w:rsid w:val="005E7A2D"/>
     <w:rsid w:val="0063436C"/>
     <w:rsid w:val="006E03FD"/>
     <w:rsid w:val="006E0B07"/>
     <w:rsid w:val="006E7277"/>
     <w:rsid w:val="006F4D47"/>
     <w:rsid w:val="006F5949"/>
     <w:rsid w:val="0070113E"/>
     <w:rsid w:val="0072582F"/>
     <w:rsid w:val="0073012B"/>
     <w:rsid w:val="00765F41"/>
     <w:rsid w:val="007E640A"/>
     <w:rsid w:val="007F00DF"/>
     <w:rsid w:val="007F0E5D"/>
     <w:rsid w:val="00803AEC"/>
     <w:rsid w:val="00824B9B"/>
     <w:rsid w:val="00825E4C"/>
     <w:rsid w:val="0083422E"/>
     <w:rsid w:val="0093563B"/>
     <w:rsid w:val="00955F26"/>
     <w:rsid w:val="0097038D"/>
     <w:rsid w:val="009A4882"/>
+    <w:rsid w:val="009B05F2"/>
     <w:rsid w:val="009B13DB"/>
+    <w:rsid w:val="009C6F66"/>
     <w:rsid w:val="00A2446F"/>
     <w:rsid w:val="00A52C44"/>
     <w:rsid w:val="00A613ED"/>
     <w:rsid w:val="00AA2C67"/>
     <w:rsid w:val="00AA5D31"/>
     <w:rsid w:val="00AC414D"/>
     <w:rsid w:val="00B067A7"/>
     <w:rsid w:val="00B3312D"/>
     <w:rsid w:val="00B36145"/>
     <w:rsid w:val="00B4260C"/>
     <w:rsid w:val="00B62785"/>
     <w:rsid w:val="00B82B2C"/>
     <w:rsid w:val="00BC09D7"/>
     <w:rsid w:val="00BC3B25"/>
     <w:rsid w:val="00BD6AB6"/>
     <w:rsid w:val="00BE2853"/>
     <w:rsid w:val="00BF7809"/>
     <w:rsid w:val="00C7747B"/>
+    <w:rsid w:val="00CB28DE"/>
     <w:rsid w:val="00CD1817"/>
     <w:rsid w:val="00CF3660"/>
     <w:rsid w:val="00D3125A"/>
     <w:rsid w:val="00D6229B"/>
     <w:rsid w:val="00DC6578"/>
+    <w:rsid w:val="00E524C4"/>
     <w:rsid w:val="00EA761A"/>
     <w:rsid w:val="00EB2AD0"/>
     <w:rsid w:val="00EF2678"/>
     <w:rsid w:val="00F00B07"/>
     <w:rsid w:val="00F32DA9"/>
     <w:rsid w:val="00F80A57"/>
     <w:rsid w:val="00F86F90"/>
     <w:rsid w:val="00FD2858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -12448,69 +12384,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>989</Words>
-  <Characters>5639</Characters>
+  <Words>1005</Words>
+  <Characters>5622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>312</Lines>
+  <Paragraphs>236</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6615</CharactersWithSpaces>
+  <CharactersWithSpaces>6391</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Richardia Penn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>