--- v0 (2025-11-02)
+++ v1 (2026-02-16)
@@ -1,163 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50F4204C" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="003D1F40" w:rsidP="003D1F40">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="50F4204C" w14:textId="391D76FB" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="003D1F40" w:rsidP="00806247">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="160FD944" wp14:editId="790ED1FA">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="160FD944" wp14:editId="691F5254">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>3235643</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
             <wp:extent cx="1421812" cy="1352981"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 8" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 0" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1421860" cy="1353027"/>
+                      <a:ext cx="1421812" cy="1352981"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="489A6093" wp14:editId="6577D1E0">
             <wp:extent cx="613124" cy="1344743"/>
             <wp:effectExtent l="0" t="0" r="0" b="8255"/>
             <wp:docPr id="9" name="Picture 9" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
@@ -165,168 +142,165 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="613534" cy="1345643"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4087D2D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="00281997" w:rsidP="0044678D">
-[...9 lines deleted...]
-    <w:p w14:paraId="35B098B6" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="00281997" w:rsidP="00987B1D">
+    <w:p w14:paraId="4087D2D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00281997" w:rsidP="0044678D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B098B6" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00281997" w:rsidP="00987B1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="52DF5BB4" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="00C51A9C">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DF5BB4" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="00C51A9C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registered Science Technician (RSciTech)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCDDD35" w14:textId="77777777" w:rsidR="0001128A" w:rsidRPr="00DB2660" w:rsidRDefault="0001128A" w:rsidP="00A571EB">
+    <w:p w14:paraId="5DCDDD35" w14:textId="77777777" w:rsidR="0001128A" w:rsidRPr="00986E68" w:rsidRDefault="0001128A" w:rsidP="00A571EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3DAC2BC5" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00DB2660" w:rsidRDefault="00696E93" w:rsidP="00A571EB">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAC2BC5" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00986E68" w:rsidRDefault="00696E93" w:rsidP="00A571EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="11180587" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="00DB2660" w:rsidRDefault="00C51A9C" w:rsidP="003D1F40">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11180587" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="00456533" w:rsidRDefault="00C51A9C" w:rsidP="003D1F40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guidance f</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or applicants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6198C12A" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="00404537" w:rsidP="0044678D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40BB5C7C" wp14:editId="6ED7E047">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>212725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5067300" cy="0"/>
                 <wp:effectExtent l="9525" t="7620" r="9525" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="AutoShape 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
@@ -357,1431 +331,1303 @@
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="5B77D398" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.9pt;margin-top:16.75pt;width:399pt;height:0;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYI7Me4wEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlLF4iarlYty2WB&#10;Srt8wNR2EgvbY9lu0/49Y29bFrggxMWKPW/ezHszWd4erWEHFaJG1/LppOZMOYFSu77l357u37zn&#10;LCZwEgw61fKTivx29frVcvSNmuGARqrAiMTFZvQtH1LyTVVFMSgLcYJeOQp2GCwkuoa+kgFGYrem&#10;mtX1TTVikD6gUDHS6+Y5yFeFv+uUSF+7LqrETMupt1TOUM5dPqvVEpo+gB+0OLcB/9CFBe2o6JVq&#10;AwnYPug/qKwWASN2aSLQVth1WqiigdRM69/UPA7gVdFC5kR/tSn+P1rx5bANTMuWzzlzYGlEd/uE&#10;pTJbZHtGHxtCrd02ZIHi6B79A4rvkTlcD+B6VcBPJ0+505xR/ZKSL9FTkd34GSVhgPiLV8cu2ExJ&#10;LrBjGcnpOhJ1TEzQ46K+eTevaXLiEquguST6ENMnhZblj5bHFED3Q1qjczR4DNNSBg4PMeW2oLkk&#10;5KoO77UxZf7GsbHlHxazRUmIaLTMwQyLod+tTWAHoA2a13dvN+uikSIvYQH3ThayQYH86CRLxRBH&#10;W88zu1WSM6PoJ8lfBZlAm79BUuPGnW3NTj7PZIfytA1ZV3aY1qMoPK9y3r+X94L6+cOtfgAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANEIx97aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI&#10;/IM1SOyo00Y8EuJUCIEoSwpSy24aD0naeBzFbhv4egaxgOV96N5TzEfXqQMNofVsYDpJQBFX3rZc&#10;G3h7fby4ARUissXOMxn4pADz8vSkwNz6I7/QYRlrJSMccjTQxNjnWoeqIYdh4ntiyT784DCKHGpt&#10;BzzKuOv0LEmutMOW5aHBnu4bqnbLvTMw+3oadu9b1IvFtl1lD1NPz+namPOz8e4WVKQx/pXhB1/Q&#10;oRSmjd+zDaoTLeDRQJpegpL4OsvE2Pwauiz0f/7yGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFgjsx7jAQAAuAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhANEIx97aAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#30a4dc"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0044678D" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C376025" w14:textId="563C985B" w:rsidR="0044678D" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+    <w:p w14:paraId="3C376025" w14:textId="2E302BD3" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This document provides information </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A571EB" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00A571EB" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> how </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to apply </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as a</w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Registered Science</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Technician (RSci</w:t>
       </w:r>
-      <w:r w:rsidR="00DF2CB4" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DF2CB4" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tech</w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) on </w:t>
       </w:r>
-      <w:r w:rsidR="002F7ED1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="002F7ED1" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="337036E5" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00DB2660" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nationally recognised Science Council register.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337036E5" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="008000"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Should you have any questions regarding the process please contact </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Professional Support Services Manager, Christian Burt by email: christianburt@ibms.org</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F6C5A8" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00DB2660" w:rsidRDefault="00281997" w:rsidP="009B1EC8">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="72F6C5A8" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00281997" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BED4DC8" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">About </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registere</w:t>
+      </w:r>
+      <w:r w:rsidR="00696E93" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d Science Technician </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...30 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Institute</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biomedical Science is proud to be one of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Science Council licensed </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>professional bodies</w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and as such is able</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to offer Registered Science Technician (RSciTech) </w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>status to its eligible members.</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D4948E" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00077EA9" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0009AF67" w14:textId="29CDA8E1" w:rsidR="0008305F" w:rsidRPr="00986E68" w:rsidRDefault="0008305F" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>professional</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> register enables those with </w:t>
       </w:r>
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Level 3 qualification </w:t>
       </w:r>
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or equivalent</w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> work experience</w:t>
       </w:r>
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00735835" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00735835" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">publicly </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>demonstrate their commi</w:t>
       </w:r>
-      <w:r w:rsidR="00E552E7" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tment to professional standards, </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidR="00E552E7" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>profession and to use the designation RSciTech after their name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9AAF27" w14:textId="77777777" w:rsidR="00B45587" w:rsidRPr="00DB2660" w:rsidRDefault="00B45587" w:rsidP="0008305F">
-[...133 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="6FB1422B" w14:textId="77777777" w:rsidR="00B45587" w:rsidRPr="00986E68" w:rsidRDefault="00B45587" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E445F3B" w14:textId="77777777" w:rsidR="00B45587" w:rsidRPr="00986E68" w:rsidRDefault="00D10538" w:rsidP="00B45587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For our members with a L</w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>evel 5 or 7 qualification and scope of practice we offer R</w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">egistered Scientist (RSci) and Chartered Scientist </w:t>
       </w:r>
-      <w:r w:rsidR="00B37A76" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B37A76" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(CSci) </w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>registrations</w:t>
       </w:r>
-      <w:r w:rsidR="00E0340F" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00E0340F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as benefits of membership</w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. You can find ou</w:t>
       </w:r>
-      <w:r w:rsidR="00E0340F" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00E0340F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00B45587" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> more </w:t>
       </w:r>
-      <w:r w:rsidR="00E0340F" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00E0340F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information on these registers by visiting our website</w:t>
       </w:r>
-      <w:r w:rsidR="00121260" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00121260" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> www.ibms.org</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20066521" w14:textId="77777777" w:rsidR="0008305F" w:rsidRPr="00DB2660" w:rsidRDefault="0008305F" w:rsidP="0008305F">
+    <w:p w14:paraId="20066521" w14:textId="77777777" w:rsidR="0008305F" w:rsidRPr="00986E68" w:rsidRDefault="0008305F" w:rsidP="0008305F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30625EDB" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00E552E7" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00281997" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00281997" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To become a </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registered Science Technician</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
-      <w:r w:rsidR="00281997" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00281997" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will need to</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="00DB2660">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DDD66B" w14:textId="77777777" w:rsidR="00E0340F" w:rsidRPr="00DB2660" w:rsidRDefault="00877E09" w:rsidP="00E0340F">
+    <w:p w14:paraId="48DDD66B" w14:textId="2635E660" w:rsidR="00E0340F" w:rsidRPr="00986E68" w:rsidRDefault="00877E09" w:rsidP="00E0340F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="01779F11" w14:textId="77777777" w:rsidR="00730893" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">membership of the IBMS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651DFAA2" w14:textId="5E05FB40" w:rsidR="00F92341" w:rsidRPr="000C2C23" w:rsidRDefault="00BF005A" w:rsidP="000C2C23">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hold a L</w:t>
       </w:r>
-      <w:r w:rsidR="00431DAB" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>evel 3 qualification</w:t>
       </w:r>
-      <w:r w:rsidR="00841CD7" w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00841CD7" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="651DFAA2" w14:textId="77777777" w:rsidR="00F92341" w:rsidRPr="00DB2660" w:rsidRDefault="00F92341" w:rsidP="009B1EC8">
+      <w:r w:rsidR="000C2C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="000C2C23">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>demonstrate equivalent level experience in your role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A25002E" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00986E68" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="4A25002E" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00DB2660" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Demonstrate e</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vidence of</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00730893" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ont</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5F8D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inuing </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5609D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>evelopment</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CPD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0884B629" w14:textId="77777777" w:rsidR="00A5609D" w:rsidRPr="00986E68" w:rsidRDefault="00A5609D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...85 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Have the support of a </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manager or supervisor who is ideally on a Science Council or HCPC statutory register</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664D0761" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00DB2660" w:rsidRDefault="00696E93" w:rsidP="00696E93">
+    <w:p w14:paraId="664D0761" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00986E68" w:rsidRDefault="00696E93" w:rsidP="00696E93">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3420EED4" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00986E68" w:rsidRDefault="00696E93" w:rsidP="00E0340F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Further details about these requirements are included further on in this document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E7705A4" w14:textId="77777777" w:rsidR="00F92341" w:rsidRDefault="00F251F3" w:rsidP="00BF005A">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="2821AF68" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00F251F3" w:rsidP="00CC46A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1917DECE" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00077EA9" w:rsidP="00CC46A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76FA59F1" w14:textId="2F52DDE8" w:rsidR="00696E93" w:rsidRPr="00456533" w:rsidRDefault="00BF005A" w:rsidP="00CC46A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>How to apply</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5979A5" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00DB2660" w:rsidRDefault="00696E93" w:rsidP="00696E93">
-[...8 lines deleted...]
-    <w:p w14:paraId="6E9C51DE" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="7D5979A5" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00986E68" w:rsidRDefault="00696E93" w:rsidP="00696E93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9C51DE" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Application checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DFD9620" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="008D1D6E" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="7DFD9620" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="047539CC" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="009B1EC8" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047539CC" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="2036F771" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="009B1EC8" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2036F771" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="77BF6398" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77BF6398" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="045CAB3E" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Complete the Registered Science Technician application form which must include all competences and have a Supporter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045CAB3E" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attach any qualifications not already held on the IBMS database.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72222816" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="009B1EC8" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="72222816" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2368C789" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="2368C789" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="05BB89D9" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Send all documents by email to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BB89D9" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="06A3EA5B" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A3EA5B" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Christian Burt, Professional Support Services Manager, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59625217" w14:textId="3F30B939" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="59625217" w14:textId="3F30B939" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00BC3C13">
+        <w:r w:rsidRPr="00986E68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55748A35" w14:textId="77777777" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+    <w:p w14:paraId="55748A35" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1FF48576" w14:textId="528E407F" w:rsidR="00107103" w:rsidRDefault="00107103" w:rsidP="00107103">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF48576" w14:textId="528E407F" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If not an IBMS member currently, please visit </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00BC3C13">
+        <w:r w:rsidRPr="00986E68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ibms.org/join/join-ibms/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16928A8A" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00DB2660" w:rsidRDefault="00696E93" w:rsidP="00696E93">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="16928A8A" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00986E68" w:rsidRDefault="00696E93" w:rsidP="00696E93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3877C387" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00986E68" w:rsidRDefault="00404537" w:rsidP="00696E93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AC3FED3" wp14:editId="7C13C861">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>30480</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120015</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5067300" cy="0"/>
                 <wp:effectExtent l="9525" t="7620" r="9525" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="AutoShape 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
@@ -1809,4512 +1655,4269 @@
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="7D67DA13" id="AutoShape 6" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:2.4pt;margin-top:9.45pt;width:399pt;height:0;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbr4Ti4wEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGmXFoiarlYty2WB&#10;Srt8wNR2EgvbY9lu0/49Y29bFrggxMWKPW/ezHszWd4erWEHFaJG1/LppOZMOYFSu77l357u37zn&#10;LCZwEgw61fKTivx29frVcvSNmuGARqrAiMTFZvQtH1LyTVVFMSgLcYJeOQp2GCwkuoa+kgFGYrem&#10;mtX1ohoxSB9QqBjpdfMc5KvC33VKpK9dF1VipuXUWypnKOcun9VqCU0fwA9anNuAf+jCgnZU9Eq1&#10;gQRsH/QfVFaLgBG7NBFoK+w6LVTRQGqm9W9qHgfwqmghc6K/2hT/H634ctgGpmXLZ5w5sDSiu33C&#10;Upktsj2jjw2h1m4bskBxdI/+AcX3yByuB3C9KuCnk6fcac6ofknJl+ipyG78jJIwQPzFq2MXbKYk&#10;F9ixjOR0HYk6JibocV4v3t3UNDlxiVXQXBJ9iOmTQsvyR8tjCqD7Ia3RORo8hmkpA4eHmHJb0FwS&#10;clWH99qYMn/j2NjyD/PZvCRENFrmYIbF0O/WJrAD0Abd1HdvN+uikSIvYQH3ThayQYH86CRLxRBH&#10;W88zu1WSM6PoJ8lfBZlAm79BUuPGnW3NTj7PZIfytA1ZV3aY1qMoPK9y3r+X94L6+cOtfgAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAF7DTOnaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjkFLw0AQhe+C&#10;/2EZwZvdNIqkMZsioliPVqH1Ns2OSdrsbMhu2+ivd4oHPc73Hm++Yj66Th1oCK1nA9NJAoq48rbl&#10;2sD729NVBipEZIudZzLwRQHm5flZgbn1R36lwzLWSkY45GigibHPtQ5VQw7DxPfEkn36wWGUc6i1&#10;HfAo467TaZLcaocty4cGe3poqNot985A+v087D62qBeLbbuaPU49vVyvjbm8GO/vQEUa418ZTvqi&#10;DqU4bfyebVCdgRsRj4KzGSiJsyQVsPkFuiz0f//yBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAJuvhOLjAQAAuAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAF7DTOnaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#30a4dc"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6594EAC2" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00DB2660" w:rsidRDefault="00F251F3" w:rsidP="00696E93">
-[...8 lines deleted...]
-    <w:p w14:paraId="1CFEF0B7" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00DB2660" w:rsidRDefault="00F10842" w:rsidP="00C80705">
+    <w:p w14:paraId="6594EAC2" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00986E68" w:rsidRDefault="00F251F3" w:rsidP="00696E93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CFEF0B7" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00456533" w:rsidRDefault="00F10842" w:rsidP="00C80705">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Further </w:t>
       </w:r>
-      <w:r w:rsidR="007B2161" w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007B2161" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">detailed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>guidance</w:t>
       </w:r>
-      <w:r w:rsidR="00F251F3" w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for completing the Registered Science Technician application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B6566F5" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="00DB2660" w:rsidRDefault="007B2161" w:rsidP="007B2161">
+    <w:p w14:paraId="7B6566F5" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="00456533" w:rsidRDefault="007B2161" w:rsidP="007B2161">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C2BB3F8" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00986E68" w:rsidRDefault="007B2161" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Qualifications</w:t>
       </w:r>
-      <w:r w:rsidR="00F251F3" w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00137065" w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00137065" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">eligibility </w:t>
       </w:r>
-      <w:r w:rsidR="00F251F3" w:rsidRPr="00DB2660">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F251F3" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Applicants are required to provide a copy of their qualification certific</w:t>
       </w:r>
-      <w:r w:rsidR="009B1EC8" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ates for Level 3 qualifications:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A431BF" w14:textId="77777777" w:rsidR="00E0340F" w:rsidRPr="00DB2660" w:rsidRDefault="00E0340F" w:rsidP="00F251F3">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="33A431BF" w14:textId="77777777" w:rsidR="00E0340F" w:rsidRPr="00986E68" w:rsidRDefault="00E0340F" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D154195" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00986E68" w:rsidRDefault="009B1EC8" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DFB2860" wp14:editId="4748BD85">
             <wp:extent cx="5276850" cy="2000250"/>
             <wp:effectExtent l="0" t="0" r="19050" b="0"/>
             <wp:docPr id="5" name="Diagram 5"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId11" r:lo="rId12" r:qs="rId13" r:cs="rId14"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7381B8C2" w14:textId="77777777" w:rsidR="009B5A2E" w:rsidRPr="00DB2660" w:rsidRDefault="009B5A2E" w:rsidP="007B2161">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="7381B8C2" w14:textId="77777777" w:rsidR="009B5A2E" w:rsidRPr="00986E68" w:rsidRDefault="009B5A2E" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5299DD31" w14:textId="742F97F4" w:rsidR="007B2161" w:rsidRPr="00986E68" w:rsidRDefault="00137065" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Experience</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants who do not hold a Level 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00456533" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>qualification,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but who have knowledge and experience at this level in their professional role are encouraged to apply. Your experience could have been gained in an NHS Laboratory, a university or college department, the</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> armed forces</w:t>
       </w:r>
-      <w:r w:rsidR="006C1FCF" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006C1FCF" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or science related </w:t>
       </w:r>
-      <w:r w:rsidR="006C1FCF" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006C1FCF" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>industry</w:t>
       </w:r>
-      <w:r w:rsidR="00D75D25" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C77E3C" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00DB2660" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
+    <w:p w14:paraId="73C77E3C" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00986E68" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6C123F28" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C123F28" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="130DCAA9" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONTINUING PROFESSIONAL DEVELOPMENT (CPD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130DCAA9" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="13247084" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="008D1D6E" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13247084" w14:textId="1E517CFF" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="77FD377D" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="008D1D6E" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Licensed Bodies are required to monitor the CPD of their registrants annually. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B366A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">And must </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comply with the Science Council CPD Standards for Registrants which state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FD377D" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="54744235" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54744235" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRPr="00986E68" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="697CFE7E" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697CFE7E" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRPr="00986E68" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4B585034" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B585034" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRPr="00986E68" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0C75C679" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C75C679" w14:textId="77777777" w:rsidR="00F00E67" w:rsidRPr="00986E68" w:rsidRDefault="00F00E67" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4846B7D0" w14:textId="1609AE70" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4846B7D0" w14:textId="1609AE70" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0674B6" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="5C0674B6" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7EB85543" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB85543" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00ABE1CE" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="00ABE1CE" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="5D02560E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must maintain a continuous, up-to-date, accurate and reflective record of their CPD activities and be able to provide supporting evidence if requested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D02560E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3DAC3619" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DAC3619" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A42850" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="12A42850" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must demonstrate that their CPD activities are a mixture of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAB46A0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="3EAB46A0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>learning activities relevant to current or future practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC13F7E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="4BC13F7E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4FAD96AB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FAD96AB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517A0C6A" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="517A0C6A" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must seek to ensure that their CPD has benefited the quality of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523B26BB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="523B26BB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>their practice and reflect upon this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4249C72C" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="4249C72C" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="236ACAC3" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="236ACAC3" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F16445" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00963B55" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="52F16445" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="00B366A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must seek to ensure that their CPD has benefited the users of their</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A08535" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="00B366A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">work (employee, customer, student etc.) and reflect upon this. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5623096F" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="11A08535" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Learning activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192DD698" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="5623096F" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E8E54F2" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="192DD698" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registrants’ CPD should be a mixture of learning activities relevant to current or future practice and should include activities in at least three (exceptionally two) of the following categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055D8595" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="6FDA6B69" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDA6B69" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Work based learning (e.g., supervising staff / students, reflective practice)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29578385" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="29578385" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional activity (e.g., involvement in a professional body, mentoring)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5D6035" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="1D5D6035" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Formal / Educational (e.g., writing articles / papers, further education)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22409165" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="22409165" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-directed learning (e.g., reading journals, reviewing books / articles)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221695C0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00DD6BE7" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="221695C0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other (volunteering etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB8476C" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00DB2660" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
+    <w:p w14:paraId="3AB8476C" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00986E68" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A98BFFE" w14:textId="77777777" w:rsidR="001A2DD5" w:rsidRPr="00DB2660" w:rsidRDefault="00FB137B" w:rsidP="009D4AD5">
+    <w:p w14:paraId="4A98BFFE" w14:textId="77777777" w:rsidR="001A2DD5" w:rsidRPr="00B366A8" w:rsidRDefault="00FB137B" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B366A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RSciTech Standards – evidence required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610A513B" w14:textId="02C78162" w:rsidR="00717937" w:rsidRPr="00DB2660" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
+    <w:p w14:paraId="610A513B" w14:textId="02C78162" w:rsidR="00717937" w:rsidRPr="00986E68" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please use the space on the application form to </w:t>
       </w:r>
-      <w:r w:rsidR="006735D6" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006735D6" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>describe how you, through your work</w:t>
       </w:r>
-      <w:r w:rsidR="000073F5" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="000073F5" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, meet the Science Council </w:t>
       </w:r>
-      <w:r w:rsidR="00FB137B">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00FB137B" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>RSciTech Standards</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006735D6" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006735D6" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(see </w:t>
       </w:r>
-      <w:r w:rsidR="00A5609D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A5609D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>below</w:t>
       </w:r>
-      <w:r w:rsidR="006735D6" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006735D6" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FB137B">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00FB137B" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A5609D" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A5609D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB137B">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00FB137B" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>These standards (A1 to E2) relate to five distinct areas of professional practice. For each standard you are required to give evidence, by using examples from your work, of how you meet the standard.</w:t>
       </w:r>
-      <w:r w:rsidR="006735D6" w:rsidRPr="00DB2660">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006735D6" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DB3C18" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="00DB2660" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
+    <w:p w14:paraId="63DB3C18" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="00986E68" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6C9D41A1" w14:textId="10564085" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="002F7ED1">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C9D41A1" w14:textId="10564085" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="002F7ED1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Application of knowledge and understanding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557233BE" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="557233BE" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="305BFC0D" w14:textId="52C3CC6C" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A1: Apply knowledge of underlying concepts and principles associated with area of work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C862F0B" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3C862F0B" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="458D64E4" w14:textId="031B8B83" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">What we are looking for here is an example of how you apply your knowledge in your day-to-day work </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2660" w:rsidRPr="002F7ED1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DB2660" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elements, materials, or designs involved in your work and why you are carrying it out.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C645239" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="5C645239" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C834389" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A2: Review and select appropriate scientific techniques, procedures and methods to undertake tasks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C2A1E8" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="22C2A1E8" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743F255B" w14:textId="260F567D" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>This means that you can explain the underlying reasons for undertaking tasks and why a particular procedure, technique, or process is appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427749C0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="427749C0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75551693" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A3: Interpret and evaluate data and make sound judgements in relation to scientific concepts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4FFEB6" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="5C4FFEB6" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24CBE12E" w14:textId="79263480" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>This means you can explain how you recognise when your activity appears to have been successfully carried out, or not, and what data, observations, or measurements you are evaluating mean, relating it to the underlying principles. You should also be able describe how you present information in an appropriate manner in order to explain your judgement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B906DD" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...78 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="49B906DD" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8A63A6" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples may include where you have stated whether the activity has worked well or not: if successful, your example should describe the rationale/scientific basis behind this conclusion and why the data, observations, or measurements might mean this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241DAB27" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213BB476" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If not, how you gave reasons why the activity ‘failed’ and what you proposed to do next time to address this. Your example should also include how you explained/demonstrated the results of the activity. This could include comparing it with results from a number of different activities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A86DCAD" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72CC8919" w14:textId="494A01CC" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2660" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ersonal responsibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB48363" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B48C067" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B1: Work consistently and effectively with minimal supervision to appropriate standards and protocols and know when to escalate appropriately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4109FB52" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72EA807B" w14:textId="62A09C07" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are looking for an example of how you carry out work with minimal input from your supervisor for certain key tasks, experiments or procedures associated with your role and completing them to the appropriate standards and time frame.  We are also looking for evidence that you know when to escalate appropriately and that you are able to make a judgement on when to escalate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294FE512" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7913BD13" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your example should illustrate how, after you discussed the work with your supervisor and established a time frame, you then carried out the work with no or little further input, until discussing the outcome with your supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0549846E" w14:textId="77777777" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CB93D0D" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B2: Demonstrate how you apply safe working practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4967FE1B" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A8D854" w14:textId="5C429EAF" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can explain the safe working practices applicable to your area of work and describe how you follow them</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CE87CE" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="357FD89F" w14:textId="354C3A16" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00A0575C" w:rsidP="00A0575C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your examples could </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7ED1" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risk assessments associated with your work, relevant Health and Safety regulations, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56E99" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COSHH, Noise, Manual Handling and any safety training courses you have successfully completed for your laboratory role</w:t>
+      </w:r>
+      <w:r w:rsidR="00783E5D" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A617E5" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E64181" w14:textId="77777777" w:rsidR="00E56E99" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B3: Take responsibility for the quality of your work and the impact on others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6BC124" w14:textId="77777777" w:rsidR="00E56E99" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A90E9B8" w14:textId="54C0A986" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can describe how you take responsibility for the quality of the work that you undertake and its impact on others within defined parameters and timelines – including if an activity does not work in the way that you expect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691747D2" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152CF2A8" w14:textId="0AF25720" w:rsidR="00A0575C" w:rsidRPr="00986E68" w:rsidRDefault="00783E5D" w:rsidP="002F7ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7ED1" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>instance,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your example could include how you: ensure that an activity is carried out to the agreed standard or protocol (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56E99" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> good laboratory/workshop/design practice) and your example should provide evidence for this. Or understand when something might not have been carried out quite correctly and what impact it could have on the quality and reliability of the outcome.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7865C2A3" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28ECFCF1" w14:textId="1CC1B943" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A0575C">
-[...133 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00DB2660" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nterpersonal skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B06CB0" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8A540D" w14:textId="77777777" w:rsidR="00E56E99" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C75249" w14:textId="77777777" w:rsidR="00E56E99" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125EFF1E" w14:textId="4DEA5DBF" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E56E99" w:rsidP="00E56E99">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...532 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written, or electronic means</w:t>
       </w:r>
-      <w:r w:rsidR="00E73743" w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E73743" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="616DE69B" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
-[...8 lines deleted...]
-    <w:p w14:paraId="5034B7CD" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="616DE69B" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5034B7CD" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you discuss and agree objectives with your supervisor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117C181B" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="117C181B" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you discuss and agree objectives in team meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B5751C" w14:textId="3A5CDC17" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="60B5751C" w14:textId="3A5CDC17" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you describe or present your work or other aspects of lab, workshop, or section work</w:t>
       </w:r>
-      <w:r w:rsidR="00E56E99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E56E99" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E56E99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E56E99" w:rsidRPr="00E56E99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E56E99" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E56E99">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> safety updates, method updates) to your supervisor or colleagues</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5AA0F1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="2C5AA0F1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you prepare written reports on your work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDD1B5D" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="2BDD1B5D" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you train students or staff in the use of equipment or processes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6F8225" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E56E99" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+    <w:p w14:paraId="5C6F8225" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you demonstrate the processes or systems the part that you play in induction of new staff or students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE0AA98" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3CE0AA98" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="397BF24D" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630B4CC3" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="630B4CC3" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AB5932" w14:textId="4EC76453" w:rsidR="00710E39" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This means that you can demonstrate skills that you use to interact with colleagues in a constructive way within the work setting. In these situations, it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52609AD8" w14:textId="5F213060" w:rsidR="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="52609AD8" w14:textId="5F213060" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C015E1" w14:textId="0FA4E5C6" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440F944D" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="440F944D" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6D89C188" w14:textId="6484982C" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D89C188" w14:textId="6484982C" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">interacting with researchers, </w:t>
       </w:r>
-      <w:r w:rsidR="007C60CA" w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007C60CA" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>technicians,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other members of staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D26D99" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+    <w:p w14:paraId="58D26D99" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interacting with students or trainees face to face</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC375B4" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+    <w:p w14:paraId="1BC375B4" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interacting with external colleagues (such as suppliers, couriers etc)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34873C2E" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="34873C2E" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A28153E" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C3: Demonstrate an ability to work effectively with others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EC39256" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3EC39256" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E5C26B" w14:textId="5E537C5A" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This means ‘team work’, which can be in a large team or on a 1:1 basis. Your example should illustrate how you worked collectively with others, what your specific role was within the team, and what the outcome was.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D66455" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="43D66455" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53605EA8" w14:textId="186AB525" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="007C60CA" w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007C60CA" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>instance,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> this might include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331C406D" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
-[...8 lines deleted...]
-    <w:p w14:paraId="5DE076EE" w14:textId="6FFC6E1E" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+    <w:p w14:paraId="331C406D" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE076EE" w14:textId="6FFC6E1E" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">how you work with researchers, </w:t>
       </w:r>
-      <w:r w:rsidR="007C60CA" w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007C60CA" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>technicians,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E73743">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other members of staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073F606E" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+    <w:p w14:paraId="073F606E" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you work with students or trainees face to face</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256318E1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+    <w:p w14:paraId="256318E1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>how you work as part of a team, working group, or committee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BE3D10" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...8 lines deleted...]
-    <w:p w14:paraId="4E397A09" w14:textId="4622E9DD" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+    <w:p w14:paraId="65BE3D10" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35C89C23" w14:textId="77777777" w:rsidR="00D24E51" w:rsidRDefault="00D24E51" w:rsidP="007C60CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E397A09" w14:textId="2D15BB8B" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Professional Practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0B8257" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="0E0B8257" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B0543E" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D1: Recognise problems and apply appropriate scientific methods to identify causes and achieve solutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F9CB027" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="5F9CB027" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="168B1DE8" w14:textId="4B1F6B86" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What we are looking for here is an example of where you have problem solved or attempted to problem solve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6CC282" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="0F6CC282" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72071463" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your example should describe your understanding why this might have</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A60245" w14:textId="1B9CF00A" w:rsidR="00E73743" w:rsidRPr="00E73743" w:rsidRDefault="00E73743" w:rsidP="00E73743">
-[...51 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="14A60245" w14:textId="1B9CF00A" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‘failed’ and how you identified how you might alter your approach to address the problem. (Note: this does not mean altering a methodology that is sound when an unexpected result is achieved, only when the proper controls indicate the method is not working correctly</w:t>
+      </w:r>
+      <w:r w:rsidR="007C60CA" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB1BE8C" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3FB1BE8C" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C6940AA" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D2: Demonstrate how you use resources effectively.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE29BD6" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="7CE29BD6" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D9DFD69" w14:textId="291AE4FA" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This means that you can give examples of work that you have undertaken where the method, procedure, programme, equipment, or materials used was chosen as the best (or most relevant) to use. Your example should describe how you planned and organised these to complete the task, and also how you reviewed choices – why the one you selected was the best compared to others that are available</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CF1BE5" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="07CF1BE5" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710F71B8" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This might include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788A921B" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
-[...8 lines deleted...]
-    <w:p w14:paraId="77141628" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+    <w:p w14:paraId="788A921B" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77141628" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cost effectiveness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58A30294" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+    <w:p w14:paraId="58A30294" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>time taken</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A6BFF6" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+    <w:p w14:paraId="00A6BFF6" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IT considerations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181EEBD4" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...33 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="181EEBD4" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7549E4FA" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69A2D8BA" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D3: Participate in continuous process improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27614AD0" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="27614AD0" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308DA90E" w14:textId="5A7FCEF9" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>What we are looking for is an example of how you have improved the efficiency of a way of working, for example this could include maintenance of stock levels, improved methods, new ways to increase throughput, health and safety or ways to increase cost-effectiveness.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DD6A7E" w14:textId="7434163F" w:rsidR="00826EF6" w:rsidRPr="007C60CA" w:rsidRDefault="00826EF6" w:rsidP="007C60CA">
-[...8 lines deleted...]
-    <w:p w14:paraId="5C587ECA" w14:textId="4D06C64D" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+    <w:p w14:paraId="70DD6A7E" w14:textId="7434163F" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C587ECA" w14:textId="4D06C64D" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00DB2660" w:rsidRPr="00DB2660">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DB2660" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rofessional standards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A04F974" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4A04F974" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56C28557" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E1: Comply with relevant codes of conduct and practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8247D9" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="7F8247D9" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD086DE" w14:textId="07A520ED" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This means that you can give examples of how you comply with a code of conduct (e.g., of your professional Body) or how you work within all relevant legislative, regulatory, and local requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DF5636" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00826EF6" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...8 lines deleted...]
-    <w:p w14:paraId="1DD2AE85" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+    <w:p w14:paraId="74DF5636" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD2AE85" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comply with your professional body’s code of conduct</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367DDCD0" w14:textId="5201E07C" w:rsidR="00826EF6" w:rsidRPr="00826EF6" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+    <w:p w14:paraId="367DDCD0" w14:textId="5201E07C" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">manage your work within all relevant legislative, </w:t>
       </w:r>
-      <w:r w:rsidR="007C60CA" w:rsidRPr="00826EF6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007C60CA" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>regulatory,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00826EF6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and local requirements,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158CEFC2" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00601628" w:rsidRDefault="00826EF6" w:rsidP="00601628">
+    <w:p w14:paraId="158CEFC2" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00601628">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>frameworks such as Health and Safety Legislation, Good</w:t>
       </w:r>
-      <w:r w:rsidR="00601628">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00601628" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00601628">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Laboratory Practice (GLP), local Codes of Practice, etc</w:t>
       </w:r>
-      <w:r w:rsidR="00601628">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00601628" w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD690EF" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...24 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5AD690EF" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7478D310" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>E2: Maintain and enhance competence in own area of practice through professional development activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4610D6" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="007C60CA" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="5A4610D6" w14:textId="77777777" w:rsidR="007C60CA" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D3FD59" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This means that you can give an example of an activity you have undertaken to enhance your competence in your own area of practice i.e., Continuing Professional Development (CPD) and reflect on its impact on you and others. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3678160C" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00077EA9" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12019BB1" w14:textId="04AB30B4" w:rsidR="00710E39" w:rsidRPr="00986E68" w:rsidRDefault="007C60CA" w:rsidP="007C60CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are not looking for a list of courses here but evidence of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BE87F3" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00DB2660" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
-[...8 lines deleted...]
-    <w:p w14:paraId="321D8874" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="62BE87F3" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="321D8874" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CODE OF CONDUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3208A362" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00052ED2" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="3208A362" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="1070A6E5" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1070A6E5" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants will agree to be bound by the code of professional conduct of their Licensed Body as well as by the Science Council Model Rules of Conduct for Registrants which state that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBF4CD3" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="4CBF4CD3" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="61F305E1" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F305E1" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433570AA" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="433570AA" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7430011F" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7430011F" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Exercise their professional skills and judgement to the best of their ability and discharge their professional responsibilities with integrity, serving as an example to others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A7FA85" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="70A7FA85" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Have regard at all times to the public interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7742AEAF" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="7742AEAF" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do all in their power to ensure that their professional activities do not put the health and safety of others at risk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54345ED8" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="54345ED8" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>When called upon to give a professional opinion, do so with objectivity and reliability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78275444" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="78275444" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Never engage in corrupt practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D89FB4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="17D89FB4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Undertake appropriate Continuing Professional Development (CPD) and be able to demonstrate this to others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C737E8D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00976349" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="6C737E8D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Further the interests of and maintain the dignity and welfare of their Licensed Body and profession.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CACFF9" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="25CACFF9" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="70995AE5" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5055FEF4" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Information for your </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Information for your Supporter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E22B6DA" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CD855C" w14:textId="0E7B9EF5" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Each applicant for the award of Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce Technologist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status (RSci</w:t>
+      </w:r>
+      <w:r w:rsidR="00456533">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) is required to identify a supporter.  The supporter must be familiar with your work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B821528" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0872673E" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EF627B" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A1E1ED" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E650163" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F306F6" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5ED698" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5B6D24" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why do applicants for registration need a supporter? After a candidate submits their application, it’s important that an individual who knows the applicant and their work well </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5076FBE2" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FA9E5F7" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E81EE8" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF66C97" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB0D38C" w14:textId="33FC1F41" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supporters must be satisfied that an applicant operates at the level commensurate with a Registered Scien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="4641026B" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00DD6BE7" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and meets the RSci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB04A8C" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4706AD32" w14:textId="5BC12880" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28347B19" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="662F2756" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="000D7A72" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Qualification’s validation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00632768" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6B5367C3" w14:textId="346AC7C9" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76EB7288" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="79C08E76" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00055C9E" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4195BCA0" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6B2630FD" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287219AC" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...75 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
-      <w:r w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Assessment Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9E3B50" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00DD6BE7" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="3C4FA344" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6A5657E2" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="563741FE" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your application will be acknowledged on receipt and will undergo a preliminary review to ascertain whether you have submitted all the required information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D7661A1" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="20EB8265" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="118C1FE1" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05F61D5C" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If the information you supplied is incomplete, a letter will be sent requesting further details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AFABAB" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="4DD0FC88" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="39598A0D" w14:textId="6657B4D8" w:rsidR="00CC46A4" w:rsidRPr="007C0A75" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6574CA64" w14:textId="38A31C55" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Completed applications are assigned </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Completed applications are assigned to x2 assessors. Following assessment, a letter confirming the outcome is sent to the applicant. A certificate showing your registration as a Registered Scien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...41 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, for successful applicants, will subsequently be sent following the confirmatory letter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B11E0C7" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="4C854820" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="37E8F3C8" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302CDFBF" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Appeals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EDD100D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="0003653D" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+    <w:p w14:paraId="44908059" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
-[...56 lines deleted...]
-    <w:p w14:paraId="01BDBF1C" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="0003653D" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the Institute feel that at this time, that unfortunately you do not meet the criteria you will be advised. If you wish to appeal this decision and have your application reconsidered, you must notify the Institute in writing within a month of receiving the correspondence from us. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7698A7A0" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6759365D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="001064B8" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5963A866" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="64877988" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="001064B8" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appeals letters should state how you meet the standards and include evidence additional to your original submission and be signed by both the original proposer and you. All such appeals will be considered by Membership &amp; Marketing Committee, whose decision is final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4033E2" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3C4E4EE4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="001064B8" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76759267" w14:textId="2DAC4B60" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>All such appeals will be considered by Membership</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Full details of the appeals process may be obtained from the Institute of Biomedical Science website.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="23355DAB" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="000D7A72" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please refer all other enquiries in respect of applications to the Professional Support Services Manager Christian Burt by email christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177E6AF0" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Tahoma"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="51571E9F" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="740D7920" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00077EA9" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B94A36F" w14:textId="77777777" w:rsidR="00077EA9" w:rsidRDefault="00077EA9" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D933DB" w14:textId="43ECB97C" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Application checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A73B04" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348FD5DB" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0BFE64" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="202AEEEA" w14:textId="4972D2EC" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Complete the Registered Scien</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">email </w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application form which must include all competences and have a Supporter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1C3D68" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach any qualifications not already held on the IBMS database.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C93AE" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186A25F9" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Send all documents by email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="003B4F05">
+        <w:r w:rsidRPr="00490E7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...2 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="163E87C4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
-[...2 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w14:paraId="3B3F77EE" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE8C154" w14:textId="1E2DA2AA" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Costs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Science Council levies a fee for each Registered Scien</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ce Technologist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the register. In addition to Institute’s subscription fee an annual payment for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered Science Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registration will be payable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4260C91B" w14:textId="4F5022DB" w:rsidR="00904D51" w:rsidRPr="00986E68" w:rsidRDefault="00904D51" w:rsidP="00F77F77">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...296 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00904D51" w:rsidRPr="00986E68" w:rsidSect="00525C46">
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="206CCCBA" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="26AFFEF7" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AD9EEB3" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="32BFB55A" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6329,190 +5932,146 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1A533B66" w14:textId="77777777" w:rsidR="00AA0739" w:rsidRDefault="00AA0739">
-[...9 lines deleted...]
-  <w:p w14:paraId="710521CA" w14:textId="124FAE51" w:rsidR="00D10538" w:rsidRPr="00F251F3" w:rsidRDefault="00CC46A4">
+  <w:p w14:paraId="710521CA" w14:textId="566151E8" w:rsidR="00D10538" w:rsidRPr="00F251F3" w:rsidRDefault="00CC46A4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>RSciTech Guidance for Applicants</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC46A4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00107103">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00AA0739">
+    <w:r w:rsidR="00456533">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC46A4">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Author Christian Burt</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E88D5D7" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="0D805F2A" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4322D278" w14:textId="77777777" w:rsidR="00103523" w:rsidRDefault="00103523" w:rsidP="006D6753">
+    <w:p w14:paraId="019FF2C5" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AA170A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A128272"/>
     <w:lvl w:ilvl="0" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -8734,50 +8293,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ED75DCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8B4A298"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A1F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB241AC8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -8822,51 +8494,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547D164F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2702F788"/>
     <w:lvl w:ilvl="0" w:tplc="64F4569C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -8935,51 +8607,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55822677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B55C3E96"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9048,51 +8720,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58DE03B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B34AB8D2"/>
     <w:lvl w:ilvl="0" w:tplc="C5586492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -9161,51 +8833,137 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A342B2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D0C43B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AD41028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08E8ECC4"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1077"/>
         </w:tabs>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9301,51 +9059,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6117"/>
         </w:tabs>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6837"/>
         </w:tabs>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71EC3C87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E06FB4C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9414,51 +9172,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76531033"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="625A7C04"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9527,51 +9285,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FEB25CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6786D5A2"/>
     <w:lvl w:ilvl="0" w:tplc="97CCD792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="380"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9677,162 +9435,171 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1487740121">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1790585366">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1133520285">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="995572297">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1603563731">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2102675957">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="293215063">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1291742445">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="703677234">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="871261449">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="802115859">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="894196962">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1540169387">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="433214010">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1839612186">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="534469191">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1199246025">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="75830637">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="265693446">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="404424426">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="944845674">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="9181146">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="993142209">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="343093426">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1129200528">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="270630013">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="54016768">
     <w:abstractNumId w:val="16"/>
   </w:num>
+  <w:num w:numId="28" w16cid:durableId="1921601002">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1563905578">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B0625C"/>
     <w:rsid w:val="000069B4"/>
     <w:rsid w:val="000073F5"/>
     <w:rsid w:val="0001039C"/>
     <w:rsid w:val="0001128A"/>
     <w:rsid w:val="0001287C"/>
     <w:rsid w:val="000155F2"/>
     <w:rsid w:val="00016EF4"/>
     <w:rsid w:val="00040EE8"/>
     <w:rsid w:val="00056A98"/>
     <w:rsid w:val="00077138"/>
+    <w:rsid w:val="00077EA9"/>
     <w:rsid w:val="0008305F"/>
     <w:rsid w:val="00086EDB"/>
     <w:rsid w:val="000A26A1"/>
+    <w:rsid w:val="000C2C23"/>
     <w:rsid w:val="000C54CC"/>
     <w:rsid w:val="000D1170"/>
     <w:rsid w:val="000D5650"/>
     <w:rsid w:val="000D5D7C"/>
     <w:rsid w:val="000E184F"/>
     <w:rsid w:val="000E4A9A"/>
     <w:rsid w:val="000F0CCB"/>
     <w:rsid w:val="000F25EB"/>
     <w:rsid w:val="000F3629"/>
     <w:rsid w:val="00100AE2"/>
     <w:rsid w:val="00103523"/>
     <w:rsid w:val="0010502C"/>
     <w:rsid w:val="00107103"/>
     <w:rsid w:val="00121260"/>
     <w:rsid w:val="00136CA4"/>
     <w:rsid w:val="00137065"/>
     <w:rsid w:val="00142FBC"/>
     <w:rsid w:val="00152E69"/>
     <w:rsid w:val="00171EC7"/>
     <w:rsid w:val="00176695"/>
     <w:rsid w:val="00184E3A"/>
     <w:rsid w:val="001A0B25"/>
     <w:rsid w:val="001A2DD5"/>
     <w:rsid w:val="001A466E"/>
     <w:rsid w:val="001A4B25"/>
@@ -9858,353 +9625,370 @@
     <w:rsid w:val="00281997"/>
     <w:rsid w:val="00291714"/>
     <w:rsid w:val="002A5C09"/>
     <w:rsid w:val="002B0519"/>
     <w:rsid w:val="002C5FEB"/>
     <w:rsid w:val="002C734C"/>
     <w:rsid w:val="002D225E"/>
     <w:rsid w:val="002D7B6B"/>
     <w:rsid w:val="002F3EEA"/>
     <w:rsid w:val="002F7ED1"/>
     <w:rsid w:val="003128AB"/>
     <w:rsid w:val="003142B8"/>
     <w:rsid w:val="003256DB"/>
     <w:rsid w:val="0032590C"/>
     <w:rsid w:val="00327192"/>
     <w:rsid w:val="0033001B"/>
     <w:rsid w:val="00341929"/>
     <w:rsid w:val="00350772"/>
     <w:rsid w:val="00354FF8"/>
     <w:rsid w:val="00355075"/>
     <w:rsid w:val="00360940"/>
     <w:rsid w:val="0036321E"/>
     <w:rsid w:val="003653C4"/>
     <w:rsid w:val="00371304"/>
     <w:rsid w:val="003715C0"/>
+    <w:rsid w:val="003752DB"/>
     <w:rsid w:val="0037701B"/>
     <w:rsid w:val="003905C0"/>
     <w:rsid w:val="00392112"/>
     <w:rsid w:val="003A4400"/>
     <w:rsid w:val="003B74DF"/>
     <w:rsid w:val="003C3961"/>
     <w:rsid w:val="003D1F40"/>
     <w:rsid w:val="003D4F8C"/>
     <w:rsid w:val="003E7A97"/>
     <w:rsid w:val="00404537"/>
     <w:rsid w:val="00405451"/>
     <w:rsid w:val="00417B30"/>
     <w:rsid w:val="00421EAB"/>
     <w:rsid w:val="00431DAB"/>
     <w:rsid w:val="004331E8"/>
     <w:rsid w:val="0044678D"/>
     <w:rsid w:val="00450AC0"/>
     <w:rsid w:val="00455C8A"/>
+    <w:rsid w:val="00456533"/>
     <w:rsid w:val="004614D0"/>
     <w:rsid w:val="004650F0"/>
     <w:rsid w:val="00473B22"/>
     <w:rsid w:val="004754F6"/>
     <w:rsid w:val="00475BA7"/>
     <w:rsid w:val="004A092E"/>
     <w:rsid w:val="004B00FA"/>
     <w:rsid w:val="004B1744"/>
     <w:rsid w:val="004C139F"/>
     <w:rsid w:val="004E1016"/>
     <w:rsid w:val="004F090B"/>
     <w:rsid w:val="004F317A"/>
     <w:rsid w:val="005163CF"/>
     <w:rsid w:val="005215AB"/>
     <w:rsid w:val="00524E93"/>
     <w:rsid w:val="00525685"/>
     <w:rsid w:val="00525C46"/>
     <w:rsid w:val="00526CC7"/>
     <w:rsid w:val="00536C56"/>
     <w:rsid w:val="00537046"/>
     <w:rsid w:val="005373C6"/>
     <w:rsid w:val="005402F6"/>
     <w:rsid w:val="00550CC5"/>
     <w:rsid w:val="005534DC"/>
     <w:rsid w:val="005612DF"/>
     <w:rsid w:val="0056737C"/>
     <w:rsid w:val="00572BF7"/>
     <w:rsid w:val="00592B1B"/>
     <w:rsid w:val="00593C4D"/>
     <w:rsid w:val="005A5881"/>
     <w:rsid w:val="005B00A6"/>
     <w:rsid w:val="005B259B"/>
     <w:rsid w:val="005B6DBC"/>
     <w:rsid w:val="005C1518"/>
     <w:rsid w:val="005C3622"/>
     <w:rsid w:val="005C65AE"/>
     <w:rsid w:val="005D0772"/>
+    <w:rsid w:val="005D2F1E"/>
     <w:rsid w:val="005F11C6"/>
     <w:rsid w:val="005F19DC"/>
+    <w:rsid w:val="005F7E5A"/>
     <w:rsid w:val="006015F6"/>
     <w:rsid w:val="00601628"/>
     <w:rsid w:val="006104D2"/>
     <w:rsid w:val="00611211"/>
     <w:rsid w:val="0061132E"/>
+    <w:rsid w:val="006127CA"/>
     <w:rsid w:val="00622134"/>
     <w:rsid w:val="006238BB"/>
     <w:rsid w:val="006471AE"/>
     <w:rsid w:val="006526CF"/>
     <w:rsid w:val="00657F6B"/>
     <w:rsid w:val="00663B2D"/>
     <w:rsid w:val="00673484"/>
     <w:rsid w:val="006735D6"/>
     <w:rsid w:val="00673B23"/>
     <w:rsid w:val="00675BA6"/>
     <w:rsid w:val="00682EE5"/>
     <w:rsid w:val="00684B91"/>
     <w:rsid w:val="00696E93"/>
     <w:rsid w:val="006A5F8D"/>
+    <w:rsid w:val="006A62C7"/>
     <w:rsid w:val="006C1B35"/>
     <w:rsid w:val="006C1FCF"/>
     <w:rsid w:val="006C29A0"/>
     <w:rsid w:val="006C2A4E"/>
     <w:rsid w:val="006C3D8C"/>
+    <w:rsid w:val="006C721A"/>
     <w:rsid w:val="006D0029"/>
     <w:rsid w:val="006D6753"/>
+    <w:rsid w:val="006E049E"/>
     <w:rsid w:val="006F1DED"/>
     <w:rsid w:val="007067CC"/>
     <w:rsid w:val="00710E39"/>
     <w:rsid w:val="00715513"/>
     <w:rsid w:val="007162DD"/>
     <w:rsid w:val="00717937"/>
     <w:rsid w:val="0072127D"/>
     <w:rsid w:val="00730893"/>
     <w:rsid w:val="00735835"/>
     <w:rsid w:val="00737C8A"/>
     <w:rsid w:val="007504C5"/>
     <w:rsid w:val="00750D6D"/>
     <w:rsid w:val="007523F5"/>
     <w:rsid w:val="007570DC"/>
     <w:rsid w:val="007613B8"/>
     <w:rsid w:val="00766C48"/>
     <w:rsid w:val="0077451A"/>
     <w:rsid w:val="00783AFB"/>
     <w:rsid w:val="00783E5D"/>
     <w:rsid w:val="007A40C2"/>
     <w:rsid w:val="007B2161"/>
     <w:rsid w:val="007C0A3C"/>
     <w:rsid w:val="007C4C8E"/>
     <w:rsid w:val="007C60CA"/>
     <w:rsid w:val="007D15CE"/>
     <w:rsid w:val="007D3128"/>
     <w:rsid w:val="007E0B17"/>
     <w:rsid w:val="007E5F37"/>
     <w:rsid w:val="007E78E4"/>
     <w:rsid w:val="007F04E9"/>
     <w:rsid w:val="00803E8B"/>
     <w:rsid w:val="008044FD"/>
+    <w:rsid w:val="00806247"/>
+    <w:rsid w:val="008236EB"/>
     <w:rsid w:val="00826EF6"/>
     <w:rsid w:val="00841CD7"/>
     <w:rsid w:val="0084440A"/>
     <w:rsid w:val="00853C3A"/>
     <w:rsid w:val="00856D3C"/>
     <w:rsid w:val="00860A25"/>
     <w:rsid w:val="00861353"/>
     <w:rsid w:val="00865464"/>
     <w:rsid w:val="00876D10"/>
     <w:rsid w:val="00877E09"/>
     <w:rsid w:val="008809DE"/>
     <w:rsid w:val="008B0F9C"/>
     <w:rsid w:val="008E129B"/>
     <w:rsid w:val="008E4FB2"/>
     <w:rsid w:val="008E5C4D"/>
     <w:rsid w:val="008E6462"/>
     <w:rsid w:val="008F02F5"/>
     <w:rsid w:val="008F2E70"/>
     <w:rsid w:val="008F3F7A"/>
     <w:rsid w:val="008F5BE2"/>
     <w:rsid w:val="008F715C"/>
     <w:rsid w:val="008F73F3"/>
     <w:rsid w:val="008F7B92"/>
     <w:rsid w:val="008F7F3C"/>
     <w:rsid w:val="009003B3"/>
     <w:rsid w:val="00903853"/>
     <w:rsid w:val="00904258"/>
     <w:rsid w:val="00904D51"/>
     <w:rsid w:val="009121B8"/>
     <w:rsid w:val="00915F8A"/>
     <w:rsid w:val="00920F78"/>
     <w:rsid w:val="00933DFC"/>
     <w:rsid w:val="00936724"/>
     <w:rsid w:val="009444FB"/>
     <w:rsid w:val="00951FFC"/>
     <w:rsid w:val="00954CED"/>
     <w:rsid w:val="00955D39"/>
     <w:rsid w:val="00956977"/>
     <w:rsid w:val="00957A66"/>
     <w:rsid w:val="00960B08"/>
     <w:rsid w:val="00982CFA"/>
+    <w:rsid w:val="00986E68"/>
     <w:rsid w:val="00986E99"/>
     <w:rsid w:val="00987B1D"/>
+    <w:rsid w:val="009A3E0F"/>
     <w:rsid w:val="009A53E1"/>
     <w:rsid w:val="009B1EC8"/>
     <w:rsid w:val="009B29CD"/>
     <w:rsid w:val="009B5A2E"/>
     <w:rsid w:val="009C1643"/>
     <w:rsid w:val="009C26F0"/>
     <w:rsid w:val="009D4AD5"/>
     <w:rsid w:val="009E56F4"/>
     <w:rsid w:val="009E5B0A"/>
     <w:rsid w:val="009E7850"/>
     <w:rsid w:val="009F0F37"/>
     <w:rsid w:val="009F19E6"/>
     <w:rsid w:val="00A0575C"/>
     <w:rsid w:val="00A155EE"/>
     <w:rsid w:val="00A17774"/>
     <w:rsid w:val="00A17CE1"/>
     <w:rsid w:val="00A23506"/>
     <w:rsid w:val="00A35D35"/>
     <w:rsid w:val="00A44AAF"/>
     <w:rsid w:val="00A46B92"/>
     <w:rsid w:val="00A503E7"/>
     <w:rsid w:val="00A5609D"/>
     <w:rsid w:val="00A571EB"/>
     <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A6756F"/>
+    <w:rsid w:val="00A8647C"/>
     <w:rsid w:val="00A87EC7"/>
     <w:rsid w:val="00A90BA3"/>
     <w:rsid w:val="00AA0069"/>
     <w:rsid w:val="00AA0739"/>
     <w:rsid w:val="00AA456A"/>
     <w:rsid w:val="00AA7BCD"/>
     <w:rsid w:val="00AB3C18"/>
     <w:rsid w:val="00AC0798"/>
     <w:rsid w:val="00AC742D"/>
     <w:rsid w:val="00AF15BA"/>
     <w:rsid w:val="00AF3F4F"/>
     <w:rsid w:val="00AF6D99"/>
     <w:rsid w:val="00B0625C"/>
     <w:rsid w:val="00B10C16"/>
     <w:rsid w:val="00B15CC4"/>
     <w:rsid w:val="00B24A9D"/>
     <w:rsid w:val="00B30418"/>
+    <w:rsid w:val="00B366A8"/>
     <w:rsid w:val="00B37A76"/>
     <w:rsid w:val="00B45587"/>
     <w:rsid w:val="00B470A2"/>
     <w:rsid w:val="00B6217D"/>
     <w:rsid w:val="00B64FFF"/>
     <w:rsid w:val="00B940AF"/>
     <w:rsid w:val="00BA12E3"/>
     <w:rsid w:val="00BB10F8"/>
     <w:rsid w:val="00BB618D"/>
     <w:rsid w:val="00BD6DD7"/>
     <w:rsid w:val="00BF005A"/>
     <w:rsid w:val="00BF3C58"/>
     <w:rsid w:val="00C03C04"/>
     <w:rsid w:val="00C04839"/>
     <w:rsid w:val="00C05001"/>
     <w:rsid w:val="00C15A03"/>
     <w:rsid w:val="00C17DAB"/>
     <w:rsid w:val="00C17FDE"/>
     <w:rsid w:val="00C267D8"/>
     <w:rsid w:val="00C322A0"/>
     <w:rsid w:val="00C326AD"/>
     <w:rsid w:val="00C32ED9"/>
     <w:rsid w:val="00C40864"/>
     <w:rsid w:val="00C40AE7"/>
     <w:rsid w:val="00C46C88"/>
     <w:rsid w:val="00C50A21"/>
     <w:rsid w:val="00C51A9C"/>
     <w:rsid w:val="00C774A2"/>
     <w:rsid w:val="00C80705"/>
     <w:rsid w:val="00CA6127"/>
     <w:rsid w:val="00CB2FE1"/>
     <w:rsid w:val="00CB34E2"/>
     <w:rsid w:val="00CC44D3"/>
     <w:rsid w:val="00CC46A4"/>
     <w:rsid w:val="00CD6B31"/>
     <w:rsid w:val="00CE226F"/>
     <w:rsid w:val="00CF0150"/>
     <w:rsid w:val="00CF164C"/>
     <w:rsid w:val="00CF3CF6"/>
     <w:rsid w:val="00CF5B0F"/>
     <w:rsid w:val="00D032D5"/>
     <w:rsid w:val="00D10538"/>
     <w:rsid w:val="00D1105C"/>
     <w:rsid w:val="00D13DF9"/>
     <w:rsid w:val="00D17796"/>
     <w:rsid w:val="00D243E5"/>
+    <w:rsid w:val="00D24E51"/>
     <w:rsid w:val="00D26DBC"/>
     <w:rsid w:val="00D40900"/>
     <w:rsid w:val="00D44E3B"/>
     <w:rsid w:val="00D45569"/>
     <w:rsid w:val="00D52AFF"/>
     <w:rsid w:val="00D531D7"/>
     <w:rsid w:val="00D66C1A"/>
     <w:rsid w:val="00D7060C"/>
     <w:rsid w:val="00D75D25"/>
     <w:rsid w:val="00D762EA"/>
     <w:rsid w:val="00D83585"/>
     <w:rsid w:val="00D8434F"/>
     <w:rsid w:val="00D92846"/>
     <w:rsid w:val="00D93310"/>
     <w:rsid w:val="00DA160D"/>
     <w:rsid w:val="00DA3819"/>
     <w:rsid w:val="00DB2660"/>
     <w:rsid w:val="00DB480F"/>
     <w:rsid w:val="00DB6B1E"/>
     <w:rsid w:val="00DC1138"/>
     <w:rsid w:val="00DC3C8A"/>
     <w:rsid w:val="00DC68C2"/>
     <w:rsid w:val="00DE291D"/>
     <w:rsid w:val="00DE3C61"/>
     <w:rsid w:val="00DE6DCD"/>
     <w:rsid w:val="00DF18E1"/>
     <w:rsid w:val="00DF2CB4"/>
     <w:rsid w:val="00E027B8"/>
     <w:rsid w:val="00E0340F"/>
     <w:rsid w:val="00E21FBE"/>
     <w:rsid w:val="00E27B62"/>
     <w:rsid w:val="00E33FEB"/>
     <w:rsid w:val="00E36E4D"/>
     <w:rsid w:val="00E552E7"/>
     <w:rsid w:val="00E56E99"/>
     <w:rsid w:val="00E577C0"/>
     <w:rsid w:val="00E62A02"/>
     <w:rsid w:val="00E73743"/>
     <w:rsid w:val="00E9110D"/>
     <w:rsid w:val="00E91163"/>
     <w:rsid w:val="00E919AF"/>
     <w:rsid w:val="00E91F67"/>
+    <w:rsid w:val="00EA1ACE"/>
     <w:rsid w:val="00EC7466"/>
     <w:rsid w:val="00ED7A35"/>
     <w:rsid w:val="00EE1BE3"/>
     <w:rsid w:val="00EE24BE"/>
     <w:rsid w:val="00EE3F01"/>
     <w:rsid w:val="00F00E67"/>
     <w:rsid w:val="00F025AE"/>
     <w:rsid w:val="00F06814"/>
     <w:rsid w:val="00F10842"/>
     <w:rsid w:val="00F2201C"/>
     <w:rsid w:val="00F251F3"/>
     <w:rsid w:val="00F27183"/>
     <w:rsid w:val="00F474D2"/>
     <w:rsid w:val="00F673A3"/>
     <w:rsid w:val="00F75F46"/>
+    <w:rsid w:val="00F77F77"/>
     <w:rsid w:val="00F91E98"/>
     <w:rsid w:val="00F92341"/>
     <w:rsid w:val="00FA5CB1"/>
     <w:rsid w:val="00FB10E9"/>
     <w:rsid w:val="00FB137B"/>
     <w:rsid w:val="00FB1CC3"/>
     <w:rsid w:val="00FC42B6"/>
     <w:rsid w:val="00FC5004"/>
     <w:rsid w:val="00FC6061"/>
     <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE01DD"/>
     <w:rsid w:val="00FE156E"/>
     <w:rsid w:val="00FF137C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -10903,51 +10687,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1647856654">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/join/join-ibms/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/join/join-ibms/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -14165,76 +13949,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13897</Characters>
+  <Pages>9</Pages>
+  <Words>2610</Words>
+  <Characters>14711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guidance on Completing an</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Institute of Biomedical Science</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16334</CharactersWithSpaces>
+  <CharactersWithSpaces>17287</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4063237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:alicemadiwa@ibms.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>