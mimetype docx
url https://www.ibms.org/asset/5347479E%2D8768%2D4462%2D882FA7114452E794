--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -1,320 +1,340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="50F4204C" w14:textId="391D76FB" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="003D1F40" w:rsidP="00806247">
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="4CAB1DEA" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00B55BB6" w:rsidP="00B55BB6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="160FD944" wp14:editId="691F5254">
-[...10 lines deleted...]
-            <wp:docPr id="8" name="Picture 8" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="402E01F4" wp14:editId="400DC229">
+            <wp:extent cx="1420495" cy="1353185"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 0" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1421812" cy="1352981"/>
+                      <a:ext cx="1420495" cy="1353185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="489A6093" wp14:editId="6577D1E0">
-[...2 lines deleted...]
-            <wp:docPr id="9" name="Picture 9" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6ADE7489" wp14:editId="73299D35">
+            <wp:extent cx="585425" cy="1285875"/>
+            <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+            <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="613534" cy="1345643"/>
+                      <a:ext cx="591496" cy="1299210"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4087D2D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00281997" w:rsidP="0044678D">
+    <w:p w14:paraId="5BA76E14" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="0044678D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35B098B6" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="00281997" w:rsidP="00987B1D">
+    <w:p w14:paraId="4136D5D9" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="00987B1D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52DF5BB4" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="00C51A9C">
+    <w:p w14:paraId="6FB6C4D7" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00A571EB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E80FAC2" wp14:editId="5520ABBB">
+            <wp:extent cx="1390650" cy="1298622"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Picture 18"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="RSci_logo_onwhite.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1395782" cy="1303414"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AA523B" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00732BC8">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Registered Science Technician (RSciTech)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5DCDDD35" w14:textId="77777777" w:rsidR="0001128A" w:rsidRPr="00986E68" w:rsidRDefault="0001128A" w:rsidP="00A571EB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E219174" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="00D0784B" w:rsidRDefault="00781D66" w:rsidP="00B55BB6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D0784B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:noProof/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Guidance f</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00D0784B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:noProof/>
-[...29 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>or applicants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6198C12A" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="00404537" w:rsidP="0044678D">
+    <w:p w14:paraId="38D5D7D2" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="00703A31" w:rsidP="0044678D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40BB5C7C" wp14:editId="6ED7E047">
+              <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61691B2B" wp14:editId="18443297">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>212725</wp:posOffset>
+                  <wp:posOffset>212724</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5067300" cy="0"/>
-                <wp:effectExtent l="9525" t="7620" r="9525" b="11430"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="AutoShape 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5067300" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="30A4DC"/>
                           </a:solidFill>
                           <a:round/>
@@ -322,5602 +342,6071 @@
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5B77D398" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="1F33C86D" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.9pt;margin-top:16.75pt;width:399pt;height:0;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYI7Me4wEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlLF4iarlYty2WB&#10;Srt8wNR2EgvbY9lu0/49Y29bFrggxMWKPW/ezHszWd4erWEHFaJG1/LppOZMOYFSu77l357u37zn&#10;LCZwEgw61fKTivx29frVcvSNmuGARqrAiMTFZvQtH1LyTVVFMSgLcYJeOQp2GCwkuoa+kgFGYrem&#10;mtX1TTVikD6gUDHS6+Y5yFeFv+uUSF+7LqrETMupt1TOUM5dPqvVEpo+gB+0OLcB/9CFBe2o6JVq&#10;AwnYPug/qKwWASN2aSLQVth1WqiigdRM69/UPA7gVdFC5kR/tSn+P1rx5bANTMuWzzlzYGlEd/uE&#10;pTJbZHtGHxtCrd02ZIHi6B79A4rvkTlcD+B6VcBPJ0+505xR/ZKSL9FTkd34GSVhgPiLV8cu2ExJ&#10;LrBjGcnpOhJ1TEzQ46K+eTevaXLiEquguST6ENMnhZblj5bHFED3Q1qjczR4DNNSBg4PMeW2oLkk&#10;5KoO77UxZf7GsbHlHxazRUmIaLTMwQyLod+tTWAHoA2a13dvN+uikSIvYQH3ThayQYH86CRLxRBH&#10;W88zu1WSM6PoJ8lfBZlAm79BUuPGnW3NTj7PZIfytA1ZV3aY1qMoPK9y3r+X94L6+cOtfgAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANEIx97aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI&#10;/IM1SOyo00Y8EuJUCIEoSwpSy24aD0naeBzFbhv4egaxgOV96N5TzEfXqQMNofVsYDpJQBFX3rZc&#10;G3h7fby4ARUissXOMxn4pADz8vSkwNz6I7/QYRlrJSMccjTQxNjnWoeqIYdh4ntiyT784DCKHGpt&#10;BzzKuOv0LEmutMOW5aHBnu4bqnbLvTMw+3oadu9b1IvFtl1lD1NPz+namPOz8e4WVKQx/pXhB1/Q&#10;oRSmjd+zDaoTLeDRQJpegpL4OsvE2Pwauiz0f/7yGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFgjsx7jAQAAuAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhANEIx97aAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#30a4dc"/>
+              <v:shape id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.9pt;margin-top:16.75pt;width:399pt;height:0;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYI7Me4wEAALgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlLF4iarlYty2WB&#10;Srt8wNR2EgvbY9lu0/49Y29bFrggxMWKPW/ezHszWd4erWEHFaJG1/LppOZMOYFSu77l357u37zn&#10;LCZwEgw61fKTivx29frVcvSNmuGARqrAiMTFZvQtH1LyTVVFMSgLcYJeOQp2GCwkuoa+kgFGYrem&#10;mtX1TTVikD6gUDHS6+Y5yFeFv+uUSF+7LqrETMupt1TOUM5dPqvVEpo+gB+0OLcB/9CFBe2o6JVq&#10;AwnYPug/qKwWASN2aSLQVth1WqiigdRM69/UPA7gVdFC5kR/tSn+P1rx5bANTMuWzzlzYGlEd/uE&#10;pTJbZHtGHxtCrd02ZIHi6B79A4rvkTlcD+B6VcBPJ0+505xR/ZKSL9FTkd34GSVhgPiLV8cu2ExJ&#10;LrBjGcnpOhJ1TEzQ46K+eTevaXLiEquguST6ENMnhZblj5bHFED3Q1qjczR4DNNSBg4PMeW2oLkk&#10;5KoO77UxZf7GsbHlHxazRUmIaLTMwQyLod+tTWAHoA2a13dvN+uikSIvYQH3ThayQYH86CRLxRBH&#10;W88zu1WSM6PoJ8lfBZlAm79BUuPGnW3NTj7PZIfytA1ZV3aY1qMoPK9y3r+X94L6+cOtfgAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANEIx97aAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjstOwzAQRfdI&#10;/IM1SOyo00Y8EuJUCIEoSwpSy24aD0naeBzFbhv4egaxgOV96N5TzEfXqQMNofVsYDpJQBFX3rZc&#10;G3h7fby4ARUissXOMxn4pADz8vSkwNz6I7/QYRlrJSMccjTQxNjnWoeqIYdh4ntiyT784DCKHGpt&#10;BzzKuOv0LEmutMOW5aHBnu4bqnbLvTMw+3oadu9b1IvFtl1lD1NPz+namPOz8e4WVKQx/pXhB1/Q&#10;oRSmjd+zDaoTLeDRQJpegpL4OsvE2Pwauiz0f/7yGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFgjsx7jAQAAuAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhANEIx97aAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#30a4dc"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0044678D" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C376025" w14:textId="2E302BD3" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+    <w:p w14:paraId="7EC57478" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00456533">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00986E68">
+    </w:p>
+    <w:p w14:paraId="78120FFC" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This document provides information </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>on</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A571EB" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">This document provides information and details </w:t>
+      </w:r>
+      <w:r w:rsidR="00A571EB" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> how </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">about how </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to apply </w:t>
-[...72 lines deleted...]
-    <w:p w14:paraId="337036E5" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00986E68" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
+        <w:t>to apply and be maintained as a Registered Scientist (RSci).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FC2211" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="008000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Should you have any questions regarding the process please contact </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00456533">
+      <w:r w:rsidR="00877EFF" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Professional Support Services Manager Christian by email christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB3D931" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649FFFAB" w14:textId="77777777" w:rsidR="00537A63" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Registere</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00696E93" w:rsidRPr="00456533">
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">About </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">d Science Technician </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:t>Registere</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d Scientist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69203F46" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="00F27627" w:rsidP="0008305F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15285FD0" w14:textId="10C98182" w:rsidR="0008305F" w:rsidRPr="00490E7B" w:rsidRDefault="0044678D" w:rsidP="0008305F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Institute</w:t>
       </w:r>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Biomedical Science is proud to be one of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">Biomedical Science is proud to be one of the professional bodies </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0784B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Science Council licensed </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:t>licenced</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>professional bodies</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve"> by the Science Coun</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and as such is able</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:t>cil to offer Registered Scientist (RSci)</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to offer Registered Science Technician (RSciTech) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B45587" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve"> registration. This new register enables those with </w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>status to its eligible members.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or equivalent</w:t>
+      </w:r>
+      <w:r w:rsidR="007424A4" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00735835" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">publicly </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
+        <w:t>demonstrate their commi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>professional</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">tment to professional standards, </w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> register enables those with </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0044678D" w:rsidRPr="00986E68">
+        <w:t>profession and to use t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Level 3 qualification </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E9110D" w:rsidRPr="00986E68">
+        <w:t>he designation RSci</w:t>
+      </w:r>
+      <w:r w:rsidR="00E552E7" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...220 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> after their name.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6B8303" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8DD672" w14:textId="77777777" w:rsidR="00F27627" w:rsidRPr="00490E7B" w:rsidRDefault="00E552E7" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eligibility</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15688A6A" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00490E7B" w:rsidRDefault="00281997" w:rsidP="00BF005A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00281997" w:rsidRPr="00986E68">
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To become a </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Registered Science Technician</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">Registered </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Scientist</w:t>
+      </w:r>
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="00986E68">
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
-      <w:r w:rsidR="00281997" w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will need to</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00986E68">
+      <w:r w:rsidR="0008305F" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="00986E68">
+      <w:r w:rsidR="00BF005A" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DDD66B" w14:textId="2635E660" w:rsidR="00E0340F" w:rsidRPr="00986E68" w:rsidRDefault="00877E09" w:rsidP="00E0340F">
+    <w:p w14:paraId="6692C46B" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...24 lines deleted...]
-    <w:p w14:paraId="651DFAA2" w14:textId="5E05FB40" w:rsidR="00F92341" w:rsidRPr="000C2C23" w:rsidRDefault="00BF005A" w:rsidP="000C2C23">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hold a</w:t>
+      </w:r>
+      <w:r w:rsidR="00841CD7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F014EF" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">appropriate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evel </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualification</w:t>
+      </w:r>
+      <w:r w:rsidR="00841CD7" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (see examples below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27863AC1" w14:textId="77777777" w:rsidR="00F75F46" w:rsidRPr="00490E7B" w:rsidRDefault="00F75F46" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...50 lines deleted...]
-    <w:p w14:paraId="4A25002E" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00986E68" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have two years professional experience in the field of biomedical science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6388B795" w14:textId="77777777" w:rsidR="00730893" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Demonstrate e</w:t>
       </w:r>
-      <w:r w:rsidR="00431DAB" w:rsidRPr="00986E68">
+      <w:r w:rsidR="00431DAB" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vidence of</w:t>
       </w:r>
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
-[...15 lines deleted...]
-      <w:r w:rsidR="006A5F8D" w:rsidRPr="00986E68">
+      <w:r w:rsidR="00730893" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cont</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5F8D" w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inuing </w:t>
       </w:r>
-      <w:r w:rsidR="00F92341" w:rsidRPr="00986E68">
-[...24 lines deleted...]
-    <w:p w14:paraId="0884B629" w14:textId="77777777" w:rsidR="00A5609D" w:rsidRPr="00986E68" w:rsidRDefault="00A5609D" w:rsidP="009B1EC8">
+      <w:r w:rsidR="00A5609D" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF7B52F" w14:textId="687EA659" w:rsidR="00A5609D" w:rsidRPr="00490E7B" w:rsidRDefault="00A5609D" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...163 lines deleted...]
-    <w:p w14:paraId="77BF6398" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have the support of a Chartered IBMS member</w:t>
+      </w:r>
+      <w:r w:rsidR="001559F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (if not possible, a head of department, medical colleague etc)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEE8EAF" w14:textId="77777777" w:rsidR="001B01CE" w:rsidRPr="00490E7B" w:rsidRDefault="001B01CE" w:rsidP="009B1EC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...130 lines deleted...]
-        <w:r w:rsidRPr="00986E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1536F" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at the appropriate grade of IBMS membership in line with your qualifications and experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE4BBC6" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00696E93">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B04597F" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="009B1EC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Further details about these requirements are included further on in this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EA2A51" w14:textId="77777777" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00781D66" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02661C5A" w14:textId="77777777" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00BF005A" w:rsidP="00BF005A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>How to apply</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225A61A5" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74700B5B" w14:textId="451B1711" w:rsidR="00781D66" w:rsidRDefault="005C6B22" w:rsidP="005F7B93">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>omplete the ‘Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="007426BB" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tist</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ application form </w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and send </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69D2" w:rsidRPr="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the completed application form and accompanying doc</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7B93" w:rsidRPr="005F7B93">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uments to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="005F7B93" w:rsidRPr="005250BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55748A35" w14:textId="77777777" w:rsidR="00107103" w:rsidRPr="00986E68" w:rsidRDefault="00107103" w:rsidP="00107103">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="7E90295F" w14:textId="77777777" w:rsidR="00F072C6" w:rsidRPr="00490E7B" w:rsidRDefault="00F072C6" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF2A4FE" w14:textId="7A1B2610" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00696E93" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Costs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B09172" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C88EEA" w14:textId="68799740" w:rsidR="00781D66" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an annual payment for</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7A72" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RSci</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in addition to your membership subscription fees</w:t>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The Institute’s membership year runs from January – December, so the membership fee will be pro rata if you join after March.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F924F" w14:textId="77777777" w:rsidR="00645A22" w:rsidRPr="00490E7B" w:rsidRDefault="00645A22" w:rsidP="00781D66">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03E93D05" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="007B2161" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Qualifications</w:t>
+      </w:r>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00137065" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eligibility </w:t>
+      </w:r>
+      <w:r w:rsidR="00F251F3" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D69686" w14:textId="77777777" w:rsidR="00F251F3" w:rsidRPr="00490E7B" w:rsidRDefault="00F251F3" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants are required to provide a copy of their qualification certific</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ates for Level </w:t>
+      </w:r>
+      <w:r w:rsidR="00D908B9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> qualifications:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345964E1" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="00404537" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="647FC92D" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="009B1EC8" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...220 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DFB2860" wp14:editId="4748BD85">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B5588E6" wp14:editId="60E16A84">
             <wp:extent cx="5276850" cy="2000250"/>
-            <wp:effectExtent l="0" t="0" r="19050" b="0"/>
+            <wp:effectExtent l="38100" t="0" r="19050" b="0"/>
             <wp:docPr id="5" name="Diagram 5"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId11" r:lo="rId12" r:qs="rId13" r:cs="rId14"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7381B8C2" w14:textId="77777777" w:rsidR="009B5A2E" w:rsidRPr="00986E68" w:rsidRDefault="009B5A2E" w:rsidP="007B2161">
-      <w:pPr>
+    <w:p w14:paraId="1555C174" w14:textId="77777777" w:rsidR="00404537" w:rsidRPr="00490E7B" w:rsidRDefault="00404537" w:rsidP="00F251F3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F099AA4" w14:textId="77777777" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00137065" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Experience</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7E6FAE" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="00490E7B" w:rsidRDefault="00137065" w:rsidP="007B2161">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicants are required to have gained two years professional experience within a biomedical science </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2610" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">related </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">setting. This does not just cover the NHS, but </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2610" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>those that work within Government, academia</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the private sector and the armed forces</w:t>
+      </w:r>
+      <w:r w:rsidR="00510F22" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and industry</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438F217B" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00490E7B" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6E5398" w14:textId="1BAC65CB" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...72 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:color w:val="30A4DC"/>
-[...18 lines deleted...]
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CONTINUING PROFESSIONAL DEVELOPMENT (CPD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130DCAA9" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...102 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="7C89B8D8" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A853360" w14:textId="597F3986" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Licensed Bodies are required to monitor the CPD of their registrants annually</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4B6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with the Science Council CPD Standards for Registrants which state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7310BBEB" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6406229A" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0674B6" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...9 lines deleted...]
-    <w:p w14:paraId="7EB85543" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="5A6A4E14" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B4230D4" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00ABE1CE" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="75580D81" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must maintain a continuous, up-to-date, accurate and reflective record of their CPD activities and be able to provide supporting evidence if requested.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D02560E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...9 lines deleted...]
-    <w:p w14:paraId="3DAC3619" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="4E0AFB8F" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166173CB" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A42850" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="33A3FA3B" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must demonstrate that their CPD activities are a mixture of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EAB46A0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="34C367DA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>learning activities relevant to current or future practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC13F7E" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...9 lines deleted...]
-    <w:p w14:paraId="4FAD96AB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="4773D56F" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CFE8DA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Standard 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517A0C6A" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="6024D1C1" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must seek to ensure that their CPD has benefited the quality of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523B26BB" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="7F8FBBCA" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>their practice and reflect upon this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4249C72C" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...9 lines deleted...]
-    <w:p w14:paraId="236ACAC3" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="48243D0D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3147018D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F16445" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="00B366A8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="0C13524C" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must seek to ensure that their CPD has benefited the users of their</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A08535" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="00B366A8">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="5C48D971" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="0067412C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">work (employee, customer, student etc.) and reflect upon this. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5623096F" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="71CAA7DA" w14:textId="70D961D9" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Learning activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192DD698" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00986E68">
+    <w:p w14:paraId="0696544E" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502CDC6C" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants’ CPD should be a mixture of learning activities relevant to current or future practice and should include activities in at least three (exceptionally two) of the following categories:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055D8595" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
-[...9 lines deleted...]
-    <w:p w14:paraId="6FDA6B69" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="6410FBE4" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9C3FCD" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Work based learning (e.g., supervising staff / students, reflective practice)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29578385" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="5748A3D7" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional activity (e.g., involvement in a professional body, mentoring)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D5D6035" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="18C25F6D" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Formal / Educational (e.g., writing articles / papers, further education)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22409165" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="73D396C9" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-directed learning (e.g., reading journals, reviewing books / articles)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221695C0" w14:textId="77777777" w:rsidR="002F7ED1" w:rsidRPr="00986E68" w:rsidRDefault="002F7ED1" w:rsidP="002F7ED1">
+    <w:p w14:paraId="174C9415" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other (volunteering etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB8476C" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="00986E68" w:rsidRDefault="00D75D25" w:rsidP="009D4AD5">
-[...10 lines deleted...]
-    <w:p w14:paraId="4A98BFFE" w14:textId="77777777" w:rsidR="001A2DD5" w:rsidRPr="00B366A8" w:rsidRDefault="00FB137B" w:rsidP="009D4AD5">
+    <w:p w14:paraId="6FD9B53B" w14:textId="77777777" w:rsidR="00191588" w:rsidRPr="00490E7B" w:rsidRDefault="00191588" w:rsidP="00191588">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6354F999" w14:textId="699FAAF4" w:rsidR="00E552E7" w:rsidRPr="00490E7B" w:rsidRDefault="00D243E5" w:rsidP="00D75D25">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6890E6" w14:textId="77777777" w:rsidR="001A2DD5" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="009D4AD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B366A8">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>RSciTech Standards – evidence required</w:t>
-[...67 lines deleted...]
-      <w:r w:rsidR="006735D6" w:rsidRPr="00986E68">
+        <w:t xml:space="preserve">Completion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="002C237E" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00717937" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ersonal statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628BA6F0" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="00490E7B" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229027CC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants for RSci will need to demonstrate competence across five areas.  Guidance on what the assessors will be looking for under each competence is provided below but the examples are just indicative – there will be many other valid</w:t>
+      </w:r>
+      <w:r w:rsidR="005F089C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> examples you can choose.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F537216" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F4C7995" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Here are some tips you should bear in mind when compiling your application:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E0F677" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="685BE295" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For each competence statement, you will need to give clear examples of the role that you play or the contribution that you make to a particular task or activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2810668A" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To provide your examples with sufficient depth, it might be useful to explain what you did, how you went about it and why you did it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183A9201" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You may use the same task or activity more than </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>once</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but you should ensure you are clear on how it applies to the specific competence you are addressing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FFE9FC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Most of the examples you provide should be fairly recent (in the last t</w:t>
+      </w:r>
+      <w:r w:rsidR="008836FA" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FB137B" w:rsidRPr="00986E68">
-[...42 lines deleted...]
-    <w:p w14:paraId="6C9D41A1" w14:textId="10564085" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="002F7ED1">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but you can also draw on relevant experience further back in your career</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C0362D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DEB16B8" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED3576D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00133765">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Application of knowledge and understanding</w:t>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:t>A: Application of knowledge and understanding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E77355F" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="580B672B" w14:textId="36AB773A" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A1: Apply knowledge of underlying concepts and principles associated with area of work.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>A1: Apply extended knowledge of underlying concepts and principles associated with area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B09AC48" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44832588" w14:textId="4881CD3D" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+        <w:t>We are looking for an example of how you have used your extended knowledge within the area in which you work.  This will include developments within your field and the ability to understand and apply new developments to your area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51116F0F" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DE8012" w14:textId="77777777" w:rsidR="00381B7F" w:rsidRPr="00490E7B" w:rsidRDefault="00381B7F" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2396A07C" w14:textId="69AB2BF4" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A2: Review, evaluate and apply underlying scientific concepts, principles, and techniques in the context of new and different areas of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64976A3F" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B9A9687" w14:textId="206E0E84" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">What we are looking for here is an example of how you apply your knowledge in your day-to-day work </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB2660" w:rsidRPr="00986E68">
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>elements, materials, or designs involved in your work and why you are carrying it out.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>What we are looking for here is how you have taken techniques/principles and reviewed, evaluated, and applied them in a new area of work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="590AA311" w14:textId="1A95C14A" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1800"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081E99CC" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00381B7F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="035E89B5" w14:textId="3D0A7404" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+        <w:t>A3: Analyse, interpret, and evaluate data, concepts and ideas to propose solutions to problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD5A68A" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>A2: Review and select appropriate scientific techniques, procedures and methods to undertake tasks.</w:t>
-[...13 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FAEE18" w14:textId="54F7FBA1" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...43 lines deleted...]
-      <w:pPr>
+        <w:t>We are looking for an example of how you observe and interpret the results from your data to draw conclusions and inform your next steps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487D3025" w14:textId="05ACE16C" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+    </w:p>
+    <w:p w14:paraId="5450A7E0" w14:textId="3BE6CA1C" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This means you can explain how you recognise when your activity appears to have been successfully carried out, or not, and what data, observations, or measurements you are evaluating mean, relating it to the underlying principles. You should also be able describe how you present information in an appropriate manner in order to explain your judgement.</w:t>
-[...129 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...396 lines deleted...]
-    <w:p w14:paraId="5034B7CD" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D8237B" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708D04BA" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="117C181B" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enable others to be able to analyse and interpret their work and advise on how they may overcome problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFB5711" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="60B5751C" w14:textId="3A5CDC17" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review a number of relevant literature/manuals/designs and present your findings to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01481EFE" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...40 lines deleted...]
-    <w:p w14:paraId="2C5AA0F1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>develop new methods/approach based on information or outcomes from previous work by others or yourself.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D99478" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2421A127" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00133765">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B: Personal Responsibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39302724" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23810A99" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B1: Work autonomously while knowing when to escalate appropriately and recognising limits of scope of practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28805A23" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0EC04A" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We are looking for an example of how you work with no supervision for certain key tasks, experiments or procedures associated with your role within required timeframes.  You will also be able to demonstrate your understanding of when you need to seek input from either your supervisor or others and when to escalate.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F3ACF9" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07195CB5" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B2: Take responsibility for safe and sustainable working practices and contribute to their evaluation and improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73064871" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A007AAE" w14:textId="24151753" w:rsidR="00133765" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are looking for an example of how you have taken responsibility for working safely and sustainably.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582C927C" w14:textId="40FC75E4" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A3FD1E" w14:textId="77777777" w:rsidR="008619FB" w:rsidRPr="00490E7B" w:rsidRDefault="008619FB" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30437350" w14:textId="59F1FDD7" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0E563E" w14:textId="240F58C6" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9B061F" w14:textId="529D338A" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="2BDD1B5D" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Identification of potential safety issues and recommending solutions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F46865E" w14:textId="680E48AE" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="5C6F8225" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E56E99">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>risk assessments associated with your work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D72FB" w14:textId="6F65EE01" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...110 lines deleted...]
-    <w:p w14:paraId="6D89C188" w14:textId="6484982C" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relevant Health and Safety regulations, e.g., COSHH, Noise, Manual Handling, DSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7650CED0" w14:textId="5CC0D9E7" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="58D26D99" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>relevant Home Office Licences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151AF448" w14:textId="283E7916" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="1BC375B4" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>safety training courses you have successfully completed for your laboratory role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461A253A" w14:textId="52E37BD2" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...130 lines deleted...]
-    <w:p w14:paraId="5DE076EE" w14:textId="6FFC6E1E" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any monitoring of safety within your work, e.g., for radioactivity, chemical exposure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74130F50" w14:textId="1D28CF8D" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="073F606E" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>safety equipment and control measures necessary to work safely and protect others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3F69D3" w14:textId="73BE6493" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="002B71DC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="39"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="256318E1" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00E73743">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carrying out safety inspections of premises and equipment, producing reports and making recommendations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FC02F8" w14:textId="2D0A9DDD" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B5702DA" w14:textId="77777777" w:rsidR="002B71DC" w:rsidRPr="00490E7B" w:rsidRDefault="002B71DC" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F74ECC" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B3: Take responsibility for the quality of your work and also enable others to work to high standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6796CB63" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0AB1AC" w14:textId="03DCFAA3" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can show how you are aware of the quality standards necessary for the work being carried out by you and others. You should be able to describe an example of how you enable these standards and ensure that they are applied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F87F430" w14:textId="2DAFBF63" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DD8E9F" w14:textId="1677E73C" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7B6B95" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344EC084" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="009C3E97" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...249 lines deleted...]
-    <w:p w14:paraId="77141628" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>produce and communicate all or part of a new Standard Operating Procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="00B902D1" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (such as good laboratory/workshop/design practice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3C6829" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="58A30294" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>train others to recognise when something has not been carried out correctly and explain the impact this could have.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4474CF6D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="00A6BFF6" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contribute to the analysis of your own and others’ work and explain the impact of good and bad data and outcomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50465CF7" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="40"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="181EEBD4" w14:textId="77777777" w:rsidR="00DB2660" w:rsidRPr="00986E68" w:rsidRDefault="00DB2660" w:rsidP="00DB2660">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recognise when your own and others’ work needs to be repeated or the methodology updated and be able to communicate the reasons for this in terms of reproducibility or quality standards for example.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F297F54" w14:textId="77777777" w:rsidR="00CD2CFA" w:rsidRPr="00490E7B" w:rsidRDefault="00CD2CFA" w:rsidP="00E64EED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7549E4FA" w14:textId="77777777" w:rsidR="00E73743" w:rsidRPr="00986E68" w:rsidRDefault="00E73743" w:rsidP="00DB2660">
-      <w:pPr>
+    <w:p w14:paraId="2606A9AF" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005F089C">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+        <w:t>C: Interpersonal Skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A87544" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0955EBDE" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>D3: Participate in continuous process improvement.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40464A89" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+    </w:p>
+    <w:p w14:paraId="762DEDBC" w14:textId="424EC36A" w:rsidR="00A078B2" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What we are looking for is an example of how you have improved the efficiency of a way of working, for example this could include maintenance of stock levels, improved methods, new ways to increase throughput, health and safety or ways to increase cost-effectiveness.</w:t>
-[...79 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00986E68">
+        <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written, or electronic means.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AB8DBA" w14:textId="6A68F8B3" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This means that you can give examples of how you comply with a code of conduct (e.g., of your professional Body) or how you work within all relevant legislative, regulatory, and local requirements.</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1DD2AE85" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5819ECF4" w14:textId="79F9976A" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E94D29" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B064D11" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="41"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="367DDCD0" w14:textId="5201E07C" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00826EF6">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discussing and agreeing objectives with your supervisor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC7641D" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="41"/>
         </w:numPr>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="158CEFC2" w14:textId="77777777" w:rsidR="00826EF6" w:rsidRPr="00986E68" w:rsidRDefault="00826EF6" w:rsidP="00601628">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discussing and agreeing objectives in team meetings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B586555" w14:textId="095BA922" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="41"/>
         </w:numPr>
-        <w:rPr>
-[...230 lines deleted...]
-    <w:p w14:paraId="7430011F" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>giving presentations of your work or other aspects of lab work (</w:t>
+      </w:r>
+      <w:r w:rsidR="005334BD" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> safety updates, method updates) to your supervisor and team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19343B95" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="70A7FA85" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>preparing written reports on your work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DE8478" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="7742AEAF" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>train, demonstrate or teach others in procedures or protocols</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8CB20F" w14:textId="62284D5A" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="54345ED8" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>play a part in staff development (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64EED" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> carry out appraisals or staff reviews)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5297A158" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="41"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="78275444" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>carry out induction training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA3F1F9" w14:textId="77777777" w:rsidR="008619FB" w:rsidRPr="00490E7B" w:rsidRDefault="008619FB" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D72F591" w14:textId="01894836" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E438C86" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309DB3E5" w14:textId="45372ED9" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example that demonstrates the skills that you use to interact with colleagues in a constructive way within the work setting. In these situations, it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788641F9" w14:textId="77777777" w:rsidR="00E64EED" w:rsidRPr="00490E7B" w:rsidRDefault="00E64EED" w:rsidP="00E64EED">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0B3481" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="17D89FB4" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interacting with students or trainees face to face</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EA0A50" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...8 lines deleted...]
-    <w:p w14:paraId="6C737E8D" w14:textId="77777777" w:rsidR="00CC46A4" w:rsidRPr="00986E68" w:rsidRDefault="00CC46A4" w:rsidP="00CC46A4">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>interacting with other professionals such as researchers, technicians, administrators, and other members of staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A9A638C" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00E64EED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="42"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00986E68">
-[...18 lines deleted...]
-    <w:p w14:paraId="5055FEF4" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>interacting with external colleagues (such as manufacturers, suppliers, couriers, designers etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE9CC72" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D314825" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Information for your Supporter</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E22B6DA" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>C3: Demonstrate productive working relationships and an ability to resolve problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A9C028" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64CD855C" w14:textId="0E7B9EF5" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
-[...87 lines deleted...]
-    <w:p w14:paraId="25A1E1ED" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+    <w:p w14:paraId="567C7EC8" w14:textId="50CC7A82" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you should be able to describe how, when working with others, you are able to demonstrate that you developed positive working relationships and resolved the problem. Your example should demonstrate how those working relationships were effective in resolving problems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F84A4BE" w14:textId="2EB0ECDC" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="547B739C" w14:textId="71676BA8" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2ACB77" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79510A85" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E650163" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>be a member of a committee/group that is tasked with a particular safety aspect of the job and be able to demonstrate that together you made a difference that was useful and effective in the workplace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350D9AC9" w14:textId="1297E7C3" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
-[...607 lines deleted...]
-    <w:p w14:paraId="202AEEEA" w14:textId="4972D2EC" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>liaise with other groups within your organisation to effectively deal with problems (</w:t>
+      </w:r>
+      <w:r w:rsidR="005334BD" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lack of or demand for training in a particular area)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F7DE45" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="005334BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="43"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Complete the Registered Scien</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="2A1C3D68" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>be a part of working group tasked with addressing specific problems or the need for change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7116E151" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D19152" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CEE1FB" w14:textId="48D32F7C" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D: Professional Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC00FE8" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBF4D82" w14:textId="73325CBA" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D1: Identify, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and select scientific techniques, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedures,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and methods to undertake tasks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020D5CE8" w14:textId="77777777" w:rsidR="005334BD" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2717B1BE" w14:textId="70059E73" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="005334BD" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means you can give an example of work that you have undertaken showing where and why the method/procedure used was chosen as the best (or most relevant) to use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229CA3DB" w14:textId="6E46C89F" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8B6137" w14:textId="5AC6D7F0" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Give thought to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1956EE0D" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="005334BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530A8DA7" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="44"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Attach any qualifications not already held on the IBMS database.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="186C93AE" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>review of method – why is this one the best compared to others that are available</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E93262" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="44"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="186A25F9" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+        <w:t>cost effectiveness</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3EB6F6" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time taken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFDE1A5" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="44"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>IT considerations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C64E76" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4C5DC7" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D2: Contribute to the organisation of tasks and resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB65C1C" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5542A58A" w14:textId="5BD1A036" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give examples of how you have contributed to the running of the laboratory/workshop/section or other types of working environment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FC12BC" w14:textId="486764FA" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4199AAE1" w14:textId="432E5EA8" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B5718A" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D5840F" w14:textId="64F21ABC" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of safety checks and inspections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323826FD" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ordering equipment, software, and materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3C9559" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of a rota for cleaning, maintenance, or machine time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423A3E37" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation of human and physical resources when an issue arises</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A465F02" w14:textId="155B4C0F" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>organisation of statutory inspections, external/internal servicing, and maintenance of equipment or infrastructure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149C4317" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C69688" w14:textId="05EABC12" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04AC9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Contribute to continuous process improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6289BCB1" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5918B19C" w14:textId="2518BE07" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example which shows how you are aware of progress in your area and seek ways of improving the efficiency of your work. It should describe how you seek to discuss with your supervisor the strategy for achieving this. For instance, this could include new and improved methods, new ways to increase throughput, or ways to increase cost-effectiveness.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413ED681" w14:textId="22B7E30A" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038DB7C0" w14:textId="2E18D1C4" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509D3AB3" w14:textId="77777777" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00F76861" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE1B859" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>taking part in staff reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006A0793" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>working within time frames and using SMART objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB152B0" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contributing to operational plans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BE244B" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="46"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>looking for cheaper resources</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37547342" w14:textId="7CE48E26" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DD67455" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00F76861">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E: Professional Standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6739B40C" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39232128" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E1: Comply with and promote relevant codes of conduct and practice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BBC99C" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45AAE713" w14:textId="35DF5FB4" w:rsidR="00F76861" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This means that you can give an example of how you comply with a code of conduct (e.g., of your professional Body) or how you work within and promote all relevant legislative, regulatory, and local requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556741B3" w14:textId="75504A8A" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24487A29" w14:textId="14372B87" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430A6E9F" w14:textId="0242A567" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486FAEAD" w14:textId="2D573A49" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comply with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the IBMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> code of conduct </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8CF677" w14:textId="3D4641D5" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manage your work within all relevant legislative, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B50CD9" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>regulatory,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and local requirements, frameworks such as Health and Safety Legislation, Home Office Regulations, Good Laboratory Practice (GLP), local Codes of Practice, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD82858" w14:textId="77777777" w:rsidR="00B902D1" w:rsidRPr="00490E7B" w:rsidRDefault="00B902D1" w:rsidP="00B902D1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70F08580" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E2: Maintain and enhance competence in own area of practice through professional development activity. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563E84A6" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15EB1B60" w14:textId="77777777" w:rsidR="008F62F8" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This means that you undertake activities to enhance your competence in your own area of practice </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7A72" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i.e.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Continuing Professional Development (CPD) and reflect on its impact on you and others. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C7A7D4" w14:textId="77777777" w:rsidR="008F62F8" w:rsidRDefault="008F62F8" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54401FDA" w14:textId="7785F2FC" w:rsidR="00717937" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>We are not looking for a list of courses here but evidence of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52797163" w14:textId="77777777" w:rsidR="00B50CD9" w:rsidRPr="00490E7B" w:rsidRDefault="00B50CD9" w:rsidP="00B50CD9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5330D2EB" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CODE OF CONDUCT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13185345" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="273F4600" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registrants will agree to be bound by the code of professional conduct of their Licensed Body as well as by the Science Council Model Rules of Conduct for Registrants which state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416D2FDD" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D1FE2A" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Registrants must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571052AB" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="284059EA" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exercise their professional skills and judgement to the best of their ability and discharge their professional responsibilities with integrity, serving as an example to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C64025" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Have regard at all times to the public interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B97B8FD" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do all in their power to ensure that their professional activities do not put the health and safety of others at risk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A08AD1" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>When called upon to give a professional opinion, do so with objectivity and reliability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FA43A5" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Never engage in corrupt practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57021B55" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Undertake appropriate Continuing Professional Development (CPD) and be able to demonstrate this to others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DF789B" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="48"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Further the interests of and maintain the dignity and welfare of their Licensed Body and profession.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462274ED" w14:textId="77777777" w:rsidR="000D7A72" w:rsidRPr="00490E7B" w:rsidRDefault="000D7A72" w:rsidP="000D7A72">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F7B2D8" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Information for your Supporter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9508E5" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39831FEB" w14:textId="386C23DB" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A9C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered Scientist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0A9C" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sci) is required to identify a supporter.  The supporter must be familiar with your work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766C5555" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35128B5A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229480D3" w14:textId="77777777" w:rsidR="003017E8" w:rsidRPr="00490E7B" w:rsidRDefault="003017E8" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2378BDB6" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A12A391" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6819D135" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417BCECC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B93B34" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why do applicants for registration need a supporter? After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E212496" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08858183" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C62B2D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417313BF" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C95B47" w14:textId="4E7E5AA3" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supporters must be satisfied that an applicant operates at the level commensurate with a </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist and meets the </w:t>
+      </w:r>
+      <w:r w:rsidR="00490E7B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sci standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296ABF5A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13E6F4CF" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275BF8CE" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48761EC2" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D929B59" w14:textId="77777777" w:rsidR="0067412C" w:rsidRDefault="0067412C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8362E0" w14:textId="7686D47C" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Qualification’s validation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7503B7" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1C633D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E17FA3F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38E8099F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
+      <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Assessment Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C5DE39" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="19EAF2CC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your application will be acknowledged on receipt and will undergo a preliminary review to ascertain whether you have submitted all the required information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65713787" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436C1175" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If the information you supplied is incomplete, a letter will be sent requesting further details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E6800F" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CCB8F06" w14:textId="2C557560" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completed applications are assigned to x2 assessors. Following assessment, a letter confirming the outcome is sent to the applicant. A certificate showing your registration as a </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist, for successful applicants, will subsequently be sent following the confirmatory letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083AAF47" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E62DEF4" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appeals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42101E44" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Should the Institute feel that at this time, that unfortunately you do not meet the criteria you will be advised. If you wish to appeal this decision and have your application reconsidered, you must notify the Institute in writing within a month of receiving the correspondence from us. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F65F88E" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E90EBE2" w14:textId="537A50FE" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appeals letters should state how you meet the</w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">standards and include evidence additional to your original </w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>submission and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be signed by both the original proposer and you.</w:t>
+      </w:r>
+      <w:r w:rsidR="003017E8" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All such appeals will be considered by Membership &amp; Marketing Committee, whose decision is final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B60B8D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE600E1" w14:textId="69D38DE6" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Full details of the appeals process may be obtained from the Institute of Biomedical Science website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BC9DB8" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72FB577C" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please refer all other enquiries in respect of applications to the Professional Support Services Manager Christian Burt by email christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F58205E" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DE7469" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B24DE2D" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206C2BC2" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D768EC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E10F76" w14:textId="7767743D" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete the </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist application form which must include all competences and have a Supporter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1AE0BB" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach any qualifications not already held on the IBMS database.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252C4EFC" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDEE65A" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="51"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Send all documents by email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00490E7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B3F77EE" w14:textId="77777777" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+    <w:p w14:paraId="1537C524" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CE8C154" w14:textId="1E2DA2AA" w:rsidR="00F77F77" w:rsidRPr="00490E7B" w:rsidRDefault="00F77F77" w:rsidP="00F77F77">
+    <w:p w14:paraId="1792C3A2" w14:textId="062FF8EF" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs </w:t>
       </w:r>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00490E7B">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Science Council levies a fee for each Registered Scien</w:t>
-[...45 lines deleted...]
-    <w:sectPr w:rsidR="00904D51" w:rsidRPr="00986E68" w:rsidSect="00525C46">
+        <w:t xml:space="preserve">The Science Council levies a fee for each </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Scientist on the register. In addition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to Institute’s subscription fee an annual payment for </w:t>
+      </w:r>
+      <w:r w:rsidR="00681C6B" w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490E7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scientist registration will be payable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7467D140" w14:textId="77777777" w:rsidR="00DA3923" w:rsidRPr="00490E7B" w:rsidRDefault="00DA3923" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0913303B" w14:textId="77777777" w:rsidR="00CA006C" w:rsidRPr="00490E7B" w:rsidRDefault="00CA006C" w:rsidP="00DA3923">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA006C" w:rsidRPr="00490E7B" w:rsidSect="00525C46">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26AFFEF7" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
+    <w:p w14:paraId="1AF8964D" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BFB55A" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
+    <w:p w14:paraId="2AD1B1D9" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5932,140 +6421,147 @@
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="710521CA" w14:textId="566151E8" w:rsidR="00D10538" w:rsidRPr="00F251F3" w:rsidRDefault="00CC46A4">
+  <w:p w14:paraId="3E94C199" w14:textId="41CA50A2" w:rsidR="00F92F8D" w:rsidRPr="00F251F3" w:rsidRDefault="000D7A72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>RSciTech Guidance for Applicants</w:t>
+      <w:t>RSci Guidance for Applicants</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CC46A4">
+    <w:r w:rsidRPr="000D7A72">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00107103">
+    <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>January 202</w:t>
+      <w:t xml:space="preserve">New Standards </w:t>
     </w:r>
-    <w:r w:rsidR="00456533">
+    <w:r w:rsidR="000E010E">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>Jan 2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CC46A4">
+    <w:r w:rsidR="00762D91">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000D7A72">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Author Christian Burt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D805F2A" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
+    <w:p w14:paraId="0DEB5821" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="019FF2C5" w14:textId="77777777" w:rsidR="006C721A" w:rsidRDefault="006C721A" w:rsidP="006D6753">
+    <w:p w14:paraId="63D9FA81" w14:textId="77777777" w:rsidR="00076088" w:rsidRDefault="00076088" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AA170A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A128272"/>
     <w:lvl w:ilvl="0" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -6232,50 +6728,615 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="076D7FB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DF47018"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A6317FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA1651A0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A9A64DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8102A4C2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AF47698"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12DA9572"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B8D4C79"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE721D44"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8F308D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB566506"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6371,54 +7432,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BAF6871"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E626C83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23CA3F0A"/>
+    <w:tmpl w:val="4BE4CC3E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6484,277 +7545,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FFB50AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B476A6BA"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6850,54 +7685,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17B82378"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10EE2BE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CDC6BD4C"/>
+    <w:tmpl w:val="3EF0F662"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -6963,51 +7798,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18787BFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D05012A2"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7103,54 +7938,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="284879FC"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C1210B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F1968722"/>
+    <w:tmpl w:val="A65231B2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7216,51 +8051,277 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1FE417C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB28CF72"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24D12270"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C03C3C06"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28EB71D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5022C26C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7329,51 +8390,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A715ED2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B55C3E96"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7442,51 +8503,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DB41F42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D376FBD4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7584,54 +8645,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2E7B62F2"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34A13D02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2E8ACA60"/>
+    <w:tmpl w:val="635091B8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -7697,51 +8758,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AD5487D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D40B512"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B514C2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0492A3E2"/>
     <w:lvl w:ilvl="0" w:tplc="72F221A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9EA8F9B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7813,51 +8987,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CCE64CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC4A6E62"/>
     <w:lvl w:ilvl="0" w:tplc="04090007">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7954,51 +9128,390 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416A2E8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B7CF7A0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43B95515"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C1880480"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44262474"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5D3050BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44A40451"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDEECE5A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FC6083A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
@@ -8066,54 +9579,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48F8286D"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46706DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3A0C4FA2"/>
+    <w:tmpl w:val="5462C50E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -8179,51 +9692,389 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49743C17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1FC0920E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B484397"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8CA047F6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B571877"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FD44146"/>
+    <w:lvl w:ilvl="0" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CA632CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C702BF8"/>
     <w:lvl w:ilvl="0" w:tplc="958CB304">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -8292,51 +10143,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ED75DCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8B4A298"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8405,51 +10256,164 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5066292C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F58E8A2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A1F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB241AC8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -8494,51 +10458,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53B87BFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F74F70A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547D164F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2702F788"/>
     <w:lvl w:ilvl="0" w:tplc="64F4569C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -8607,66 +10684,178 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55822677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B55C3E96"/>
+    <w:tmpl w:val="CDEECE5A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57EF3F7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AB4773E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
@@ -8720,51 +10909,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58DE03B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B34AB8D2"/>
     <w:lvl w:ilvl="0" w:tplc="C5586492">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -8833,51 +11022,390 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59E20A16"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42204F0A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A052CA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="276600EA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A2434C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FC784AB0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A342B2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D0C43B6"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8919,51 +11447,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AD41028"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08E8ECC4"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1077"/>
         </w:tabs>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9059,54 +11587,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6117"/>
         </w:tabs>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6837"/>
         </w:tabs>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="71EC3C87"/>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7430335C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8E06FB4C"/>
+    <w:tmpl w:val="F91EBC28"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -9172,51 +11700,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76531033"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="625A7C04"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9285,51 +11813,502 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B037A62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA168AC8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B2D3C06"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E64C9CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="FC6083A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CDE1326"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77BCD140"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E2F29DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="90662F9A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FEB25CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6786D5A2"/>
     <w:lvl w:ilvl="0" w:tplc="97CCD792">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="380"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9425,610 +12404,699 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7920"/>
         </w:tabs>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1487740121">
+  <w:num w:numId="1" w16cid:durableId="1644894690">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1935354430">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="891311016">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="102768261">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="430398249">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1762020077">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="613294591">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1831604885">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1896621287">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1043140702">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="327905279">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1278487626">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="150484599">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1618098910">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1024406768">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="883323670">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="353074379">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="342127614">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="315838863">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="482702316">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1355233243">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1338725186">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1242566423">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1393769583">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="958219084">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1697923733">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1500149921">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1808812816">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2030639783">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="518128660">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1008871220">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1644383008">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="110787088">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="444158624">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="422917861">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="2135518189">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="316305743">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="89208482">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="65692253">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="355469656">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1946421202">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="543519663">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1790585366">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="43" w16cid:durableId="294219950">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1133520285">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="44" w16cid:durableId="464080347">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="995572297">
-    <w:abstractNumId w:val="28"/>
+  <w:num w:numId="45" w16cid:durableId="1673334355">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1603563731">
+  <w:num w:numId="46" w16cid:durableId="335765881">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="636498459">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1980261522">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="2083679750">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2102675957">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="50" w16cid:durableId="1921601002">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="293215063">
-[...66 lines deleted...]
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="51" w16cid:durableId="1563905578">
+    <w:abstractNumId w:val="42"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B0625C"/>
     <w:rsid w:val="000069B4"/>
-    <w:rsid w:val="000073F5"/>
     <w:rsid w:val="0001039C"/>
-    <w:rsid w:val="0001128A"/>
     <w:rsid w:val="0001287C"/>
     <w:rsid w:val="000155F2"/>
     <w:rsid w:val="00016EF4"/>
-    <w:rsid w:val="00040EE8"/>
     <w:rsid w:val="00056A98"/>
+    <w:rsid w:val="00076088"/>
     <w:rsid w:val="00077138"/>
-    <w:rsid w:val="00077EA9"/>
     <w:rsid w:val="0008305F"/>
     <w:rsid w:val="00086EDB"/>
-    <w:rsid w:val="000A26A1"/>
-    <w:rsid w:val="000C2C23"/>
     <w:rsid w:val="000C54CC"/>
     <w:rsid w:val="000D1170"/>
     <w:rsid w:val="000D5650"/>
     <w:rsid w:val="000D5D7C"/>
+    <w:rsid w:val="000D7A72"/>
+    <w:rsid w:val="000E010E"/>
     <w:rsid w:val="000E184F"/>
     <w:rsid w:val="000E4A9A"/>
-    <w:rsid w:val="000F0CCB"/>
     <w:rsid w:val="000F25EB"/>
     <w:rsid w:val="000F3629"/>
     <w:rsid w:val="00100AE2"/>
-    <w:rsid w:val="00103523"/>
     <w:rsid w:val="0010502C"/>
-    <w:rsid w:val="00107103"/>
-    <w:rsid w:val="00121260"/>
+    <w:rsid w:val="00133765"/>
     <w:rsid w:val="00136CA4"/>
     <w:rsid w:val="00137065"/>
     <w:rsid w:val="00142FBC"/>
     <w:rsid w:val="00152E69"/>
+    <w:rsid w:val="001559F7"/>
     <w:rsid w:val="00171EC7"/>
     <w:rsid w:val="00176695"/>
     <w:rsid w:val="00184E3A"/>
+    <w:rsid w:val="00191588"/>
+    <w:rsid w:val="001915CD"/>
     <w:rsid w:val="001A0B25"/>
     <w:rsid w:val="001A2DD5"/>
     <w:rsid w:val="001A466E"/>
     <w:rsid w:val="001A4B25"/>
     <w:rsid w:val="001A57C0"/>
     <w:rsid w:val="001B01CE"/>
     <w:rsid w:val="001B2610"/>
+    <w:rsid w:val="001C3736"/>
     <w:rsid w:val="001C42EC"/>
+    <w:rsid w:val="001C4B6E"/>
     <w:rsid w:val="001C604C"/>
     <w:rsid w:val="001D1549"/>
     <w:rsid w:val="001D286A"/>
     <w:rsid w:val="001E51F7"/>
     <w:rsid w:val="001F2127"/>
     <w:rsid w:val="001F4863"/>
     <w:rsid w:val="002022C4"/>
     <w:rsid w:val="00206ECE"/>
     <w:rsid w:val="00207A59"/>
     <w:rsid w:val="00231949"/>
     <w:rsid w:val="0023280A"/>
+    <w:rsid w:val="00233656"/>
+    <w:rsid w:val="00234B3F"/>
+    <w:rsid w:val="0024354A"/>
     <w:rsid w:val="00260C88"/>
     <w:rsid w:val="00263FF2"/>
     <w:rsid w:val="002655EF"/>
     <w:rsid w:val="002755A6"/>
     <w:rsid w:val="00281997"/>
-    <w:rsid w:val="00291714"/>
     <w:rsid w:val="002A5C09"/>
     <w:rsid w:val="002B0519"/>
+    <w:rsid w:val="002B71DC"/>
+    <w:rsid w:val="002C1ACE"/>
+    <w:rsid w:val="002C237E"/>
     <w:rsid w:val="002C5FEB"/>
     <w:rsid w:val="002C734C"/>
     <w:rsid w:val="002D225E"/>
     <w:rsid w:val="002D7B6B"/>
+    <w:rsid w:val="002F1B03"/>
     <w:rsid w:val="002F3EEA"/>
-    <w:rsid w:val="002F7ED1"/>
+    <w:rsid w:val="003017E8"/>
     <w:rsid w:val="003128AB"/>
     <w:rsid w:val="003142B8"/>
+    <w:rsid w:val="00322D55"/>
     <w:rsid w:val="003256DB"/>
     <w:rsid w:val="0032590C"/>
     <w:rsid w:val="00327192"/>
     <w:rsid w:val="0033001B"/>
+    <w:rsid w:val="00330D49"/>
     <w:rsid w:val="00341929"/>
     <w:rsid w:val="00350772"/>
     <w:rsid w:val="00354FF8"/>
     <w:rsid w:val="00355075"/>
     <w:rsid w:val="00360940"/>
     <w:rsid w:val="0036321E"/>
     <w:rsid w:val="003653C4"/>
     <w:rsid w:val="00371304"/>
     <w:rsid w:val="003715C0"/>
     <w:rsid w:val="003752DB"/>
     <w:rsid w:val="0037701B"/>
+    <w:rsid w:val="00381B7F"/>
     <w:rsid w:val="003905C0"/>
     <w:rsid w:val="00392112"/>
     <w:rsid w:val="003A4400"/>
+    <w:rsid w:val="003B1D69"/>
     <w:rsid w:val="003B74DF"/>
     <w:rsid w:val="003C3961"/>
-    <w:rsid w:val="003D1F40"/>
     <w:rsid w:val="003D4F8C"/>
     <w:rsid w:val="003E7A97"/>
     <w:rsid w:val="00404537"/>
     <w:rsid w:val="00405451"/>
     <w:rsid w:val="00417B30"/>
+    <w:rsid w:val="004214CA"/>
+    <w:rsid w:val="00421B86"/>
     <w:rsid w:val="00421EAB"/>
     <w:rsid w:val="00431DAB"/>
-    <w:rsid w:val="004331E8"/>
+    <w:rsid w:val="004350F5"/>
     <w:rsid w:val="0044678D"/>
+    <w:rsid w:val="00447DC8"/>
     <w:rsid w:val="00450AC0"/>
     <w:rsid w:val="00455C8A"/>
-    <w:rsid w:val="00456533"/>
     <w:rsid w:val="004614D0"/>
-    <w:rsid w:val="004650F0"/>
     <w:rsid w:val="00473B22"/>
     <w:rsid w:val="004754F6"/>
     <w:rsid w:val="00475BA7"/>
+    <w:rsid w:val="004806BC"/>
+    <w:rsid w:val="00490E7B"/>
+    <w:rsid w:val="004964FD"/>
     <w:rsid w:val="004A092E"/>
     <w:rsid w:val="004B00FA"/>
     <w:rsid w:val="004B1744"/>
     <w:rsid w:val="004C139F"/>
     <w:rsid w:val="004E1016"/>
     <w:rsid w:val="004F090B"/>
-    <w:rsid w:val="004F317A"/>
+    <w:rsid w:val="005063F7"/>
+    <w:rsid w:val="00510F22"/>
     <w:rsid w:val="005163CF"/>
+    <w:rsid w:val="00517E83"/>
     <w:rsid w:val="005215AB"/>
-    <w:rsid w:val="00524E93"/>
-    <w:rsid w:val="00525685"/>
     <w:rsid w:val="00525C46"/>
     <w:rsid w:val="00526CC7"/>
-    <w:rsid w:val="00536C56"/>
+    <w:rsid w:val="005334BD"/>
     <w:rsid w:val="00537046"/>
     <w:rsid w:val="005373C6"/>
+    <w:rsid w:val="00537A63"/>
     <w:rsid w:val="005402F6"/>
+    <w:rsid w:val="00546A59"/>
     <w:rsid w:val="00550CC5"/>
     <w:rsid w:val="005534DC"/>
     <w:rsid w:val="005612DF"/>
-    <w:rsid w:val="0056737C"/>
     <w:rsid w:val="00572BF7"/>
     <w:rsid w:val="00592B1B"/>
     <w:rsid w:val="00593C4D"/>
-    <w:rsid w:val="005A5881"/>
-    <w:rsid w:val="005B00A6"/>
+    <w:rsid w:val="00594250"/>
     <w:rsid w:val="005B259B"/>
     <w:rsid w:val="005B6DBC"/>
     <w:rsid w:val="005C1518"/>
     <w:rsid w:val="005C3622"/>
     <w:rsid w:val="005C65AE"/>
+    <w:rsid w:val="005C6B22"/>
     <w:rsid w:val="005D0772"/>
-    <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="005F089C"/>
     <w:rsid w:val="005F11C6"/>
     <w:rsid w:val="005F19DC"/>
-    <w:rsid w:val="005F7E5A"/>
+    <w:rsid w:val="005F7B93"/>
     <w:rsid w:val="006015F6"/>
-    <w:rsid w:val="00601628"/>
+    <w:rsid w:val="006063C5"/>
+    <w:rsid w:val="006077EF"/>
     <w:rsid w:val="006104D2"/>
-    <w:rsid w:val="00611211"/>
     <w:rsid w:val="0061132E"/>
-    <w:rsid w:val="006127CA"/>
     <w:rsid w:val="00622134"/>
     <w:rsid w:val="006238BB"/>
+    <w:rsid w:val="00632CD5"/>
+    <w:rsid w:val="00645368"/>
+    <w:rsid w:val="00645A22"/>
     <w:rsid w:val="006471AE"/>
     <w:rsid w:val="006526CF"/>
     <w:rsid w:val="00657F6B"/>
     <w:rsid w:val="00663B2D"/>
+    <w:rsid w:val="006678B6"/>
     <w:rsid w:val="00673484"/>
-    <w:rsid w:val="006735D6"/>
     <w:rsid w:val="00673B23"/>
+    <w:rsid w:val="0067412C"/>
     <w:rsid w:val="00675BA6"/>
+    <w:rsid w:val="00681C6B"/>
     <w:rsid w:val="00682EE5"/>
-    <w:rsid w:val="00684B91"/>
     <w:rsid w:val="00696E93"/>
+    <w:rsid w:val="006A4DF7"/>
     <w:rsid w:val="006A5F8D"/>
-    <w:rsid w:val="006A62C7"/>
     <w:rsid w:val="006C1B35"/>
-    <w:rsid w:val="006C1FCF"/>
     <w:rsid w:val="006C29A0"/>
     <w:rsid w:val="006C2A4E"/>
     <w:rsid w:val="006C3D8C"/>
-    <w:rsid w:val="006C721A"/>
+    <w:rsid w:val="006C63E7"/>
     <w:rsid w:val="006D0029"/>
+    <w:rsid w:val="006D6269"/>
     <w:rsid w:val="006D6753"/>
-    <w:rsid w:val="006E049E"/>
+    <w:rsid w:val="006E4523"/>
     <w:rsid w:val="006F1DED"/>
+    <w:rsid w:val="00703A31"/>
     <w:rsid w:val="007067CC"/>
-    <w:rsid w:val="00710E39"/>
-    <w:rsid w:val="00715513"/>
     <w:rsid w:val="007162DD"/>
     <w:rsid w:val="00717937"/>
     <w:rsid w:val="0072127D"/>
     <w:rsid w:val="00730893"/>
+    <w:rsid w:val="00730DBD"/>
+    <w:rsid w:val="00732BC8"/>
     <w:rsid w:val="00735835"/>
     <w:rsid w:val="00737C8A"/>
+    <w:rsid w:val="007424A4"/>
+    <w:rsid w:val="007426BB"/>
     <w:rsid w:val="007504C5"/>
     <w:rsid w:val="00750D6D"/>
     <w:rsid w:val="007523F5"/>
     <w:rsid w:val="007570DC"/>
     <w:rsid w:val="007613B8"/>
+    <w:rsid w:val="00762D91"/>
     <w:rsid w:val="00766C48"/>
     <w:rsid w:val="0077451A"/>
-    <w:rsid w:val="00783AFB"/>
-    <w:rsid w:val="00783E5D"/>
+    <w:rsid w:val="0077738D"/>
+    <w:rsid w:val="00781D66"/>
+    <w:rsid w:val="00794162"/>
     <w:rsid w:val="007A40C2"/>
     <w:rsid w:val="007B2161"/>
+    <w:rsid w:val="007B3747"/>
     <w:rsid w:val="007C0A3C"/>
+    <w:rsid w:val="007C212F"/>
     <w:rsid w:val="007C4C8E"/>
-    <w:rsid w:val="007C60CA"/>
     <w:rsid w:val="007D15CE"/>
     <w:rsid w:val="007D3128"/>
     <w:rsid w:val="007E0B17"/>
+    <w:rsid w:val="007E505E"/>
     <w:rsid w:val="007E5F37"/>
+    <w:rsid w:val="007E7250"/>
     <w:rsid w:val="007E78E4"/>
     <w:rsid w:val="007F04E9"/>
-    <w:rsid w:val="00803E8B"/>
+    <w:rsid w:val="007F713C"/>
     <w:rsid w:val="008044FD"/>
-    <w:rsid w:val="00806247"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00826EF6"/>
     <w:rsid w:val="00841CD7"/>
     <w:rsid w:val="0084440A"/>
     <w:rsid w:val="00853C3A"/>
+    <w:rsid w:val="0085672C"/>
     <w:rsid w:val="00856D3C"/>
     <w:rsid w:val="00860A25"/>
-    <w:rsid w:val="00861353"/>
+    <w:rsid w:val="008619FB"/>
     <w:rsid w:val="00865464"/>
     <w:rsid w:val="00876D10"/>
-    <w:rsid w:val="00877E09"/>
+    <w:rsid w:val="00877EFF"/>
     <w:rsid w:val="008809DE"/>
+    <w:rsid w:val="008836FA"/>
     <w:rsid w:val="008B0F9C"/>
     <w:rsid w:val="008E129B"/>
     <w:rsid w:val="008E4FB2"/>
     <w:rsid w:val="008E5C4D"/>
     <w:rsid w:val="008E6462"/>
     <w:rsid w:val="008F02F5"/>
     <w:rsid w:val="008F2E70"/>
     <w:rsid w:val="008F3F7A"/>
     <w:rsid w:val="008F5BE2"/>
+    <w:rsid w:val="008F62F8"/>
     <w:rsid w:val="008F715C"/>
     <w:rsid w:val="008F73F3"/>
     <w:rsid w:val="008F7B92"/>
     <w:rsid w:val="008F7F3C"/>
     <w:rsid w:val="009003B3"/>
     <w:rsid w:val="00903853"/>
     <w:rsid w:val="00904258"/>
     <w:rsid w:val="00904D51"/>
     <w:rsid w:val="009121B8"/>
+    <w:rsid w:val="0091504E"/>
     <w:rsid w:val="00915F8A"/>
+    <w:rsid w:val="00920628"/>
     <w:rsid w:val="00920F78"/>
     <w:rsid w:val="00933DFC"/>
     <w:rsid w:val="00936724"/>
     <w:rsid w:val="009444FB"/>
     <w:rsid w:val="00951FFC"/>
     <w:rsid w:val="00954CED"/>
     <w:rsid w:val="00955D39"/>
     <w:rsid w:val="00956977"/>
     <w:rsid w:val="00957A66"/>
     <w:rsid w:val="00960B08"/>
     <w:rsid w:val="00982CFA"/>
-    <w:rsid w:val="00986E68"/>
     <w:rsid w:val="00986E99"/>
     <w:rsid w:val="00987B1D"/>
-    <w:rsid w:val="009A3E0F"/>
     <w:rsid w:val="009A53E1"/>
     <w:rsid w:val="009B1EC8"/>
     <w:rsid w:val="009B29CD"/>
-    <w:rsid w:val="009B5A2E"/>
-    <w:rsid w:val="009C1643"/>
     <w:rsid w:val="009C26F0"/>
+    <w:rsid w:val="009C3E97"/>
     <w:rsid w:val="009D4AD5"/>
     <w:rsid w:val="009E56F4"/>
     <w:rsid w:val="009E5B0A"/>
     <w:rsid w:val="009E7850"/>
-    <w:rsid w:val="009F0F37"/>
     <w:rsid w:val="009F19E6"/>
-    <w:rsid w:val="00A0575C"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="009F7C4B"/>
+    <w:rsid w:val="00A078B2"/>
+    <w:rsid w:val="00A1536F"/>
     <w:rsid w:val="00A155EE"/>
     <w:rsid w:val="00A17774"/>
     <w:rsid w:val="00A17CE1"/>
     <w:rsid w:val="00A23506"/>
-    <w:rsid w:val="00A35D35"/>
+    <w:rsid w:val="00A270C5"/>
+    <w:rsid w:val="00A37291"/>
     <w:rsid w:val="00A44AAF"/>
     <w:rsid w:val="00A46B92"/>
     <w:rsid w:val="00A503E7"/>
     <w:rsid w:val="00A5609D"/>
     <w:rsid w:val="00A571EB"/>
-    <w:rsid w:val="00A66BD6"/>
     <w:rsid w:val="00A6756F"/>
-    <w:rsid w:val="00A8647C"/>
     <w:rsid w:val="00A87EC7"/>
     <w:rsid w:val="00A90BA3"/>
     <w:rsid w:val="00AA0069"/>
-    <w:rsid w:val="00AA0739"/>
     <w:rsid w:val="00AA456A"/>
     <w:rsid w:val="00AA7BCD"/>
-    <w:rsid w:val="00AB3C18"/>
+    <w:rsid w:val="00AB40A0"/>
     <w:rsid w:val="00AC0798"/>
     <w:rsid w:val="00AC742D"/>
     <w:rsid w:val="00AF15BA"/>
     <w:rsid w:val="00AF3F4F"/>
     <w:rsid w:val="00AF6D99"/>
     <w:rsid w:val="00B0625C"/>
     <w:rsid w:val="00B10C16"/>
-    <w:rsid w:val="00B15CC4"/>
     <w:rsid w:val="00B24A9D"/>
-    <w:rsid w:val="00B30418"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B45587"/>
     <w:rsid w:val="00B470A2"/>
+    <w:rsid w:val="00B50CD9"/>
+    <w:rsid w:val="00B55BB6"/>
     <w:rsid w:val="00B6217D"/>
     <w:rsid w:val="00B64FFF"/>
+    <w:rsid w:val="00B902D1"/>
     <w:rsid w:val="00B940AF"/>
     <w:rsid w:val="00BA12E3"/>
     <w:rsid w:val="00BB10F8"/>
     <w:rsid w:val="00BB618D"/>
+    <w:rsid w:val="00BD0A9C"/>
     <w:rsid w:val="00BD6DD7"/>
     <w:rsid w:val="00BF005A"/>
     <w:rsid w:val="00BF3C58"/>
     <w:rsid w:val="00C03C04"/>
     <w:rsid w:val="00C04839"/>
     <w:rsid w:val="00C05001"/>
     <w:rsid w:val="00C15A03"/>
-    <w:rsid w:val="00C17DAB"/>
     <w:rsid w:val="00C17FDE"/>
     <w:rsid w:val="00C267D8"/>
+    <w:rsid w:val="00C31BFC"/>
     <w:rsid w:val="00C322A0"/>
     <w:rsid w:val="00C326AD"/>
     <w:rsid w:val="00C32ED9"/>
     <w:rsid w:val="00C40864"/>
     <w:rsid w:val="00C40AE7"/>
+    <w:rsid w:val="00C44CDB"/>
     <w:rsid w:val="00C46C88"/>
     <w:rsid w:val="00C50A21"/>
-    <w:rsid w:val="00C51A9C"/>
     <w:rsid w:val="00C774A2"/>
-    <w:rsid w:val="00C80705"/>
+    <w:rsid w:val="00C921C8"/>
+    <w:rsid w:val="00CA006C"/>
     <w:rsid w:val="00CA6127"/>
     <w:rsid w:val="00CB2FE1"/>
     <w:rsid w:val="00CB34E2"/>
-    <w:rsid w:val="00CC44D3"/>
-    <w:rsid w:val="00CC46A4"/>
+    <w:rsid w:val="00CC1C25"/>
+    <w:rsid w:val="00CD2CFA"/>
     <w:rsid w:val="00CD6B31"/>
     <w:rsid w:val="00CE226F"/>
-    <w:rsid w:val="00CF0150"/>
     <w:rsid w:val="00CF164C"/>
     <w:rsid w:val="00CF3CF6"/>
     <w:rsid w:val="00CF5B0F"/>
     <w:rsid w:val="00D032D5"/>
-    <w:rsid w:val="00D10538"/>
+    <w:rsid w:val="00D04AC9"/>
+    <w:rsid w:val="00D0784B"/>
     <w:rsid w:val="00D1105C"/>
     <w:rsid w:val="00D13DF9"/>
     <w:rsid w:val="00D17796"/>
     <w:rsid w:val="00D243E5"/>
-    <w:rsid w:val="00D24E51"/>
     <w:rsid w:val="00D26DBC"/>
     <w:rsid w:val="00D40900"/>
     <w:rsid w:val="00D44E3B"/>
     <w:rsid w:val="00D45569"/>
+    <w:rsid w:val="00D4661D"/>
     <w:rsid w:val="00D52AFF"/>
     <w:rsid w:val="00D531D7"/>
     <w:rsid w:val="00D66C1A"/>
+    <w:rsid w:val="00D6759A"/>
     <w:rsid w:val="00D7060C"/>
+    <w:rsid w:val="00D7525B"/>
     <w:rsid w:val="00D75D25"/>
     <w:rsid w:val="00D762EA"/>
     <w:rsid w:val="00D83585"/>
     <w:rsid w:val="00D8434F"/>
+    <w:rsid w:val="00D908B9"/>
     <w:rsid w:val="00D92846"/>
     <w:rsid w:val="00D93310"/>
     <w:rsid w:val="00DA160D"/>
     <w:rsid w:val="00DA3819"/>
-    <w:rsid w:val="00DB2660"/>
+    <w:rsid w:val="00DA3923"/>
     <w:rsid w:val="00DB480F"/>
     <w:rsid w:val="00DB6B1E"/>
     <w:rsid w:val="00DC1138"/>
     <w:rsid w:val="00DC3C8A"/>
     <w:rsid w:val="00DC68C2"/>
     <w:rsid w:val="00DE291D"/>
     <w:rsid w:val="00DE3C61"/>
     <w:rsid w:val="00DE6DCD"/>
     <w:rsid w:val="00DF18E1"/>
-    <w:rsid w:val="00DF2CB4"/>
     <w:rsid w:val="00E027B8"/>
-    <w:rsid w:val="00E0340F"/>
     <w:rsid w:val="00E21FBE"/>
     <w:rsid w:val="00E27B62"/>
     <w:rsid w:val="00E33FEB"/>
     <w:rsid w:val="00E36E4D"/>
     <w:rsid w:val="00E552E7"/>
-    <w:rsid w:val="00E56E99"/>
     <w:rsid w:val="00E577C0"/>
     <w:rsid w:val="00E62A02"/>
-    <w:rsid w:val="00E73743"/>
-    <w:rsid w:val="00E9110D"/>
+    <w:rsid w:val="00E64EED"/>
+    <w:rsid w:val="00E87670"/>
     <w:rsid w:val="00E91163"/>
     <w:rsid w:val="00E919AF"/>
     <w:rsid w:val="00E91F67"/>
-    <w:rsid w:val="00EA1ACE"/>
-    <w:rsid w:val="00EC7466"/>
+    <w:rsid w:val="00EC2A2D"/>
     <w:rsid w:val="00ED7A35"/>
     <w:rsid w:val="00EE1BE3"/>
     <w:rsid w:val="00EE24BE"/>
     <w:rsid w:val="00EE3F01"/>
-    <w:rsid w:val="00F00E67"/>
+    <w:rsid w:val="00F014EF"/>
     <w:rsid w:val="00F025AE"/>
-    <w:rsid w:val="00F06814"/>
+    <w:rsid w:val="00F072C6"/>
     <w:rsid w:val="00F10842"/>
-    <w:rsid w:val="00F2201C"/>
     <w:rsid w:val="00F251F3"/>
     <w:rsid w:val="00F27183"/>
+    <w:rsid w:val="00F27627"/>
     <w:rsid w:val="00F474D2"/>
     <w:rsid w:val="00F673A3"/>
     <w:rsid w:val="00F75F46"/>
-    <w:rsid w:val="00F77F77"/>
+    <w:rsid w:val="00F76861"/>
     <w:rsid w:val="00F91E98"/>
-    <w:rsid w:val="00F92341"/>
+    <w:rsid w:val="00F92F8D"/>
+    <w:rsid w:val="00F93907"/>
+    <w:rsid w:val="00FA430E"/>
     <w:rsid w:val="00FA5CB1"/>
     <w:rsid w:val="00FB10E9"/>
-    <w:rsid w:val="00FB137B"/>
     <w:rsid w:val="00FB1CC3"/>
     <w:rsid w:val="00FC42B6"/>
     <w:rsid w:val="00FC5004"/>
     <w:rsid w:val="00FC6061"/>
-    <w:rsid w:val="00FD759E"/>
     <w:rsid w:val="00FE01DD"/>
     <w:rsid w:val="00FE156E"/>
+    <w:rsid w:val="00FE69D2"/>
     <w:rsid w:val="00FF137C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1DDAC5E5"/>
-  <w15:docId w15:val="{9C7B74F2-EA6A-40DB-97FF-5CEA65C252FF}"/>
+  <w14:docId w14:val="56D8F7AC"/>
+  <w15:docId w15:val="{18FBD080-4774-4EDE-81D5-83B9D08AA696}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10372,51 +13440,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00107103"/>
+    <w:rsid w:val="00B0625C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0044678D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
@@ -10435,51 +13503,50 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="006D6753"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
@@ -10532,74 +13599,148 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00E21FBE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00E21FBE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A66BD6"/>
+    <w:rsid w:val="007E505E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:rsid w:val="00CA006C"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:rsid w:val="00CA006C"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00CA006C"/>
+    <w:rPr>
+      <w:b/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00CA006C"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC46A4"/>
+    <w:rsid w:val="00F072C6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="750542709">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1459103759">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1701738206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1726946058">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -10687,51 +13828,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1647856654">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/join/join-ibms/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -11469,461 +14610,70 @@
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CD8CCA20-84CE-4610-855A-BEC400449361}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="30A4DC"/>
         </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="1">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Registered Science Technician - eligible qualifications </a:t>
+            <a:t>Registered Scientist - minimum level qualifications </a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1000">
             <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F64B431D-F555-4357-B489-2D7D35E87AF6}" type="parTrans" cxnId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9B99111A-2E56-4561-B4A0-EBBAA77D3802}" type="sibTrans" cxnId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}">
-      <dgm:prSet/>
-[...389 lines deleted...]
-    <dgm:pt modelId="{9C6283D4-2C28-47AC-960E-392F68AECE73}" type="sibTrans" cxnId="{528B9E9A-3226-47B7-A89A-DC7C0F1B9A49}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="E3E8F1">
             <a:alpha val="89804"/>
           </a:srgbClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:alpha val="90000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
@@ -11939,264 +14689,469 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{CDF63DE5-8E90-4BCB-A37C-7B22ED30E75A}" type="parTrans" cxnId="{E02BBEE0-A969-4140-B756-CE8D79632C52}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{8A7463BF-74F1-46AD-AC7D-42FB7FB65004}" type="sibTrans" cxnId="{E02BBEE0-A969-4140-B756-CE8D79632C52}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{C92993A4-CEF2-461A-9A95-B9FE58E68299}">
+    <dgm:pt modelId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Foundation Degrees</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A60A91B7-3624-46C5-8DA5-02547542A9A3}" type="sibTrans" cxnId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{2ADC6EAA-FCF0-4A0B-96F1-0D6A4566CA58}" type="parTrans" cxnId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>BTEC Professional Diplomas, Certificates and Awards	Diplomas of higher education</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{88CF9C10-A267-42E8-825B-0FC9F215E836}" type="sibTrans" cxnId="{4298A81C-E68A-4F37-AD76-23212B4D6393}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5FBA358F-AE58-460C-8DC2-F3B07FD9B88C}" type="parTrans" cxnId="{4298A81C-E68A-4F37-AD76-23212B4D6393}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>Other higher diplomas	</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5A6F2C29-6A8D-4877-9418-546F1BF84910}" type="sibTrans" cxnId="{1069F947-09DC-448E-A9A4-571171A95BED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{070DB77E-232C-4B55-B90E-AADB050E0843}" type="parTrans" cxnId="{1069F947-09DC-448E-A9A4-571171A95BED}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8716ED1C-739A-4B29-A743-6794E521A641}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1000" b="0">
+              <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+            </a:rPr>
+            <a:t>HND</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A8A2FD91-F133-4CF5-A425-3C25CF4C7EE8}" type="sibTrans" cxnId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{314012F4-8916-4E40-98F6-C040F5FE580F}" type="parTrans" cxnId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}">
       <dgm:prSet custT="1"/>
       <dgm:spPr>
         <a:solidFill>
           <a:srgbClr val="E3E8F1">
             <a:alpha val="89804"/>
           </a:srgbClr>
         </a:solidFill>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:alpha val="90000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
             <a:rPr lang="en-GB" sz="1000">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>A levels</a:t>
-[...5 lines deleted...]
-            <a:t> </a:t>
+            <a:t>IBMS Certificate of Achievement part 2</a:t>
           </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{9007C1EE-6092-43AB-B830-FFA70DEBB463}" type="parTrans" cxnId="{80EF296D-C17B-4838-B210-85B6AF393C6B}">
+    <dgm:pt modelId="{3998784B-4F35-4D29-8597-EB95BCD72E44}" type="sibTrans" cxnId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{FE0B6CD3-CD6F-405A-86DB-B246808DD1D8}" type="sibTrans" cxnId="{80EF296D-C17B-4838-B210-85B6AF393C6B}">
+    <dgm:pt modelId="{1C18F8D4-FC99-4C35-9BA4-42BCA9611205}" type="parTrans" cxnId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="E3E8F1">
+            <a:alpha val="89804"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="90000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="1000">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A7933EBC-BE2D-4401-9515-54B816582ED4}" type="parTrans" cxnId="{614A886A-08C9-4598-B377-3498F6D61FA3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="en-GB"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0029FB32-90E3-4908-BBAF-60403F9CA2DA}" type="sibTrans" cxnId="{614A886A-08C9-4598-B377-3498F6D61FA3}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" type="pres">
       <dgm:prSet presAssocID="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" type="pres">
       <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="composite" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{52463060-1CEA-4744-919A-F078A23644AE}" type="pres">
-      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="parTx" presStyleLbl="alignNode1" presStyleIdx="0" presStyleCnt="1" custScaleY="100000" custLinFactNeighborX="-1626" custLinFactNeighborY="4396">
+      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="parTx" presStyleLbl="alignNode1" presStyleIdx="0" presStyleCnt="1" custScaleY="100000" custLinFactNeighborY="-70513">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" type="pres">
-      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="desTx" presStyleLbl="alignAccFollowNode1" presStyleIdx="0" presStyleCnt="1" custLinFactNeighborX="-772" custLinFactNeighborY="-668">
+      <dgm:prSet presAssocID="{CD8CCA20-84CE-4610-855A-BEC400449361}" presName="desTx" presStyleLbl="alignAccFollowNode1" presStyleIdx="0" presStyleCnt="1" custScaleY="112406">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{03473200-8EF8-494A-A5D1-E255EBC0C14E}" type="presOf" srcId="{8716ED1C-739A-4B29-A743-6794E521A641}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{F662582A-F01C-4B4E-BFAF-DAFF1AC6AC2D}" type="presOf" srcId="{60E1AB71-38DD-492F-B119-D4FEED47516E}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="4" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{4298A81C-E68A-4F37-AD76-23212B4D6393}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}" srcOrd="5" destOrd="0" parTransId="{5FBA358F-AE58-460C-8DC2-F3B07FD9B88C}" sibTransId="{88CF9C10-A267-42E8-825B-0FC9F215E836}"/>
+    <dgm:cxn modelId="{A6FFA21F-7EE8-4D1B-9E6D-E053000FC62E}" type="presOf" srcId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="2" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{D353C422-9C19-4FF2-9BD3-979EAE33D9D0}" type="presOf" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{52463060-1CEA-4744-919A-F078A23644AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
     <dgm:cxn modelId="{F5B8A431-9570-4F51-A4C9-221BF30E7E5F}" srcId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" destId="{CD8CCA20-84CE-4610-855A-BEC400449361}" srcOrd="0" destOrd="0" parTransId="{F64B431D-F555-4357-B489-2D7D35E87AF6}" sibTransId="{9B99111A-2E56-4561-B4A0-EBBAA77D3802}"/>
-    <dgm:cxn modelId="{61D34936-0A59-4682-9FF1-3077BF651101}" type="presOf" srcId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" destId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
-[...18 lines deleted...]
-    <dgm:cxn modelId="{F9DCC6F2-C9B3-4EDC-ABED-418DB1CA6BE1}" type="presParOf" srcId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{1549B438-28D5-4D31-B6D2-558413B2740A}" type="presOf" srcId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="6" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{0F88113F-2B29-4A8F-8F21-39AA0331E103}" type="presOf" srcId="{C693609A-A55F-42BC-A9C5-43FFA8D96421}" destId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{6F34F741-E155-4A0A-AC35-ABC5B28253E5}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{E3B7CB62-3815-4A0B-927B-A3FC291741B5}" srcOrd="2" destOrd="0" parTransId="{1C18F8D4-FC99-4C35-9BA4-42BCA9611205}" sibTransId="{3998784B-4F35-4D29-8597-EB95BCD72E44}"/>
+    <dgm:cxn modelId="{1069F947-09DC-448E-A9A4-571171A95BED}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}" srcOrd="4" destOrd="0" parTransId="{070DB77E-232C-4B55-B90E-AADB050E0843}" sibTransId="{5A6F2C29-6A8D-4877-9418-546F1BF84910}"/>
+    <dgm:cxn modelId="{614A886A-08C9-4598-B377-3498F6D61FA3}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}" srcOrd="0" destOrd="0" parTransId="{A7933EBC-BE2D-4401-9515-54B816582ED4}" sibTransId="{0029FB32-90E3-4908-BBAF-60403F9CA2DA}"/>
+    <dgm:cxn modelId="{E62DCF6C-5C32-4C37-9A03-6C9AAC8BC32F}" type="presOf" srcId="{8716ED1C-739A-4B29-A743-6794E521A641}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="3" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{717ED66E-3E02-4D2E-A76B-2618E55CC5D6}" type="presOf" srcId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E1FB40AA-A7DA-4E77-A1CE-88604392EFE3}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{8716ED1C-739A-4B29-A743-6794E521A641}" srcOrd="3" destOrd="0" parTransId="{314012F4-8916-4E40-98F6-C040F5FE580F}" sibTransId="{A8A2FD91-F133-4CF5-A425-3C25CF4C7EE8}"/>
+    <dgm:cxn modelId="{6E9863AE-F967-4F0F-9FE6-1C4E3A273C0D}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{A5D52BE4-946A-4E45-8F8B-6042BA6A0E4E}" srcOrd="6" destOrd="0" parTransId="{2ADC6EAA-FCF0-4A0B-96F1-0D6A4566CA58}" sibTransId="{A60A91B7-3624-46C5-8DA5-02547542A9A3}"/>
+    <dgm:cxn modelId="{8319CCB8-221A-4106-A7E0-6181184B0872}" type="presOf" srcId="{924103CE-E6F1-41BF-BCEB-3456CE4FC979}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="4" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{6A7305D9-6867-42D7-839E-476739700981}" type="presOf" srcId="{3218C16C-C07E-42E2-A1D9-A5F353089F3F}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="5" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E02BBEE0-A969-4140-B756-CE8D79632C52}" srcId="{CD8CCA20-84CE-4610-855A-BEC400449361}" destId="{1C01F56F-8651-46EB-BB6A-39B756A29C33}" srcOrd="1" destOrd="0" parTransId="{CDF63DE5-8E90-4BCB-A37C-7B22ED30E75A}" sibTransId="{8A7463BF-74F1-46AD-AC7D-42FB7FB65004}"/>
+    <dgm:cxn modelId="{6A03B8FE-E71D-4DE7-A9F2-5671EA9D56B2}" type="presOf" srcId="{45E0F399-1E42-4135-B3B1-D5628F0CA840}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{E2091F99-307C-496C-92BE-202704940425}" type="presParOf" srcId="{5E92B295-7448-4FDB-BC9F-AD290207017F}" destId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{24C4B910-1AE2-4ECD-A115-EE7FE1D1A8DC}" type="presParOf" srcId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" destId="{52463060-1CEA-4744-919A-F078A23644AE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
+    <dgm:cxn modelId="{F8492D1D-AB3F-4A04-966A-6B28AC6EF5D7}" type="presParOf" srcId="{0C76FF4F-DE90-4A9C-9752-2158D2B1AC8C}" destId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/hList1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId15" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{52463060-1CEA-4744-919A-F078A23644AE}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="28434"/>
+          <a:off x="0" y="0"/>
           <a:ext cx="5276850" cy="403200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="30A4DC"/>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:noFill/>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="71120" tIns="40640" rIns="71120" bIns="40640" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="1" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Registered Science Technician - eligible qualifications </a:t>
+            <a:t>Registered Scientist - minimum level qualifications </a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
             <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="28434"/>
+        <a:off x="0" y="0"/>
         <a:ext cx="5276850" cy="403200"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{590AF4EF-CD46-4990-8FE9-DCCE5611F3B6}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="403384"/>
-          <a:ext cx="5276850" cy="1575630"/>
+          <a:off x="0" y="338001"/>
+          <a:ext cx="5276850" cy="1637105"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="E3E8F1">
             <a:alpha val="89804"/>
           </a:srgbClr>
         </a:solidFill>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:alpha val="90000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
@@ -12207,246 +15162,170 @@
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="53340" tIns="53340" rIns="71120" bIns="80010" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
             <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
-          <a:pPr marL="114300" lvl="2" indent="-57150" algn="l" defTabSz="444500">
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:endParaRPr lang="en-GB" sz="1000" kern="1200">
+            <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>IBMS Certificate of Achievement part 1</a:t>
-[...28 lines deleted...]
-            <a:t> </a:t>
+            <a:t>IBMS Certificate of Achievement part 2</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:pPr marL="114300" lvl="2" indent="-57150" algn="l" defTabSz="444500">
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>International Baccalaureate</a:t>
+            <a:t>HND</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:pPr marL="114300" lvl="2" indent="-57150" algn="l" defTabSz="444500">
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>Key Skills level 3</a:t>
+            <a:t>Other higher diplomas	</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:pPr marL="114300" lvl="2" indent="-57150" algn="l" defTabSz="444500">
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>BTEC Awards, Certificates, and Diplomas at level 3</a:t>
+            <a:t>BTEC Professional Diplomas, Certificates and Awards	Diplomas of higher education</a:t>
           </a:r>
         </a:p>
         <a:p>
-          <a:pPr marL="114300" lvl="2" indent="-57150" algn="l" defTabSz="444500">
+          <a:pPr marL="57150" lvl="1" indent="-57150" algn="l" defTabSz="444500">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="15000"/>
             </a:spcAft>
             <a:buChar char="•"/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1000" b="0" kern="1200">
               <a:latin typeface="Verdana" pitchFamily="34" charset="0"/>
             </a:rPr>
-            <a:t>BTEC Nationals</a:t>
-[...63 lines deleted...]
-            <a:t>at level 3</a:t>
+            <a:t>Foundation Degrees</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="403384"/>
-        <a:ext cx="5276850" cy="1575630"/>
+        <a:off x="0" y="338001"/>
+        <a:ext cx="5276850" cy="1637105"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/hList1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="list" pri="5000"/>
     <dgm:cat type="convert" pri="5000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="11">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="12">
@@ -13949,116 +16828,98 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14711</Characters>
+  <Pages>10</Pages>
+  <Words>2678</Words>
+  <Characters>15111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>431</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guidance on Completing an</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Institute of Biomedical Science</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17287</CharactersWithSpaces>
+  <CharactersWithSpaces>17604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4063237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:alicemadiwa@ibms.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Guidance on Completing an</dc:title>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_AdHocReviewCycleID">
-[...16 lines deleted...]
-  </property>
 </Properties>
 </file>