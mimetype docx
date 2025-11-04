--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,2038 +1,2258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="1E518DA4" w14:textId="77777777" w:rsidR="00657DA9" w:rsidRDefault="00657DA9" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20EB2217" w14:textId="29899623" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
+    <w:p w14:paraId="20EB2217" w14:textId="29899623" w:rsidR="002D6EDF" w:rsidRPr="00DF7750" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF7750">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>BIOMEDICAL SCIENCE DEGREE PROGRAMME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77879170" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
+    <w:p w14:paraId="77879170" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="00DF7750" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF7750">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Staff CV</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-        <w:gridCol w:w="7461"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="6186"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="6750A247" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="6750A247" w14:textId="77777777" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="26E361A9" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Name &amp; Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7461" w:type="dxa"/>
+            <w:tcW w:w="6186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C26607D" w14:textId="4EF6332D" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="1841CFB7" w14:textId="77777777" w:rsidTr="00617477">
-[...21 lines deleted...]
-            <w:tcW w:w="7461" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="1841CFB7" w14:textId="77777777" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6E7C33" w14:textId="5206DEA3" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="00E659B0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current</w:t>
+            </w:r>
+            <w:r w:rsidR="002D6EDF" w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Post:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="789F7469" w14:textId="2AC5E40C" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF25FD" w14:paraId="748F698A" w14:textId="77777777" w:rsidTr="00617477">
-[...42 lines deleted...]
-          </w:p>
+      <w:tr w:rsidR="0031386C" w14:paraId="3AAE4CF2" w14:textId="77777777" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CD1E6E" w14:textId="77777777" w:rsidR="0031386C" w:rsidRDefault="0031386C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Previous Academic Posts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD09742" w14:textId="3E38E855" w:rsidR="0031386C" w:rsidRPr="002D6EDF" w:rsidRDefault="0031386C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031386C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(including role title, duration and institution)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6186" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4769AF" w14:textId="77777777" w:rsidR="0031386C" w:rsidRDefault="0031386C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FCA64CA" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1621"/>
+        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="3586"/>
+        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="1023"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="1AA439B9" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="00DF5C65" w14:paraId="1AA439B9" w14:textId="77777777" w:rsidTr="00200A77">
+        <w:trPr>
+          <w:trHeight w:val="791"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028973E6" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
+          <w:p w14:paraId="028973E6" w14:textId="53900494" w:rsidR="00407FAC" w:rsidRPr="002D6EDF" w:rsidRDefault="00407FAC" w:rsidP="002D6EDF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Academic Qualifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2051" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6E300236" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
+            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E300236" w14:textId="185CFD35" w:rsidR="00407FAC" w:rsidRPr="002D6EDF" w:rsidRDefault="00407FAC" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>BSc, MSc and</w:t>
+            </w:r>
+            <w:r w:rsidR="005E583D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PhD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D1D2A5" w14:textId="0321AD3D" w:rsidR="00407FAC" w:rsidRPr="002D6EDF" w:rsidRDefault="00407FAC" w:rsidP="002D6EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Degrees, Diplomas, etc</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
-          </w:p>
-[...132 lines deleted...]
-          <w:p w14:paraId="71FE6EDD" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF"/>
+            <w:r w:rsidR="005E583D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="652F9FB2" w14:textId="32A755C4" w:rsidR="00407FAC" w:rsidRPr="002D6EDF" w:rsidRDefault="00DF5C65" w:rsidP="00200A77">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="068AEC9F" w14:textId="29798FA2" w:rsidR="00407FAC" w:rsidRPr="002D6EDF" w:rsidRDefault="00DF5C65" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year </w:t>
+            </w:r>
+            <w:r w:rsidR="00407FAC" w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>awarded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF5C65" w14:paraId="6E89CF5B" w14:textId="77777777" w:rsidTr="00200A77">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29473D42" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D05D8A8" w14:textId="4F99EEEF" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54556A0A" w14:textId="1D38ED24" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCEF921" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD1E6A2" w14:textId="73FFF10A" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF5C65" w14:paraId="5481C5A6" w14:textId="77777777" w:rsidTr="00200A77">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E4D5AA" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E59B1F" w14:textId="4E5A50A3" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="637CCF39" w14:textId="0C5D22C0" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A10611A" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4626AB2D" w14:textId="013B469B" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF5C65" w14:paraId="23B23D63" w14:textId="77777777" w:rsidTr="00200A77">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11884527" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D1A676" w14:textId="305ABE92" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEBC6AD" w14:textId="4079E42C" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EE2144" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C318B1A" w14:textId="5EC11922" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF5C65" w14:paraId="48F017B6" w14:textId="77777777" w:rsidTr="00200A77">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E9C9BF" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EED6281" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E8B897" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D1A91C" w14:textId="77777777" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FE6EDD" w14:textId="7591AE1E" w:rsidR="00407FAC" w:rsidRDefault="00407FAC"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:tbl>
     <w:p w14:paraId="3DCA6BAC" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-        <w:gridCol w:w="6095"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="5812"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="130FA472" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="130FA472" w14:textId="77777777" w:rsidTr="0059485D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19917510" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4">
+          <w:p w14:paraId="19917510" w14:textId="087B9D6A" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="OLE_LINK3"/>
             <w:bookmarkStart w:id="3" w:name="OLE_LINK4"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Professional Qualifications </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-              <w:t>Institution</w:t>
+            <w:r w:rsidR="00357C31">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">(teaching qualification, </w:t>
+            </w:r>
+            <w:r w:rsidR="00316409">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Advance HE Fellowship etc)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C44968A" w14:textId="63F50DCC" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="00F55625" w:rsidP="009774A4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of Qualification and </w:t>
+            </w:r>
+            <w:r w:rsidR="00270356">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Institution where this was taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E502105" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
-[...24 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+          <w:p w14:paraId="6E502105" w14:textId="17F51B3F" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="003A386E" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Year awarded</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="259301F4" w14:textId="77777777" w:rsidTr="0059485D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="5A2464FB" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4142DA88" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CC67C15" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="18331BCF" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="18331BCF" w14:textId="77777777" w:rsidTr="0059485D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="13BEBCB1" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17599DFB" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="640E6B31" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="0FD9FA50" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="0FD9FA50" w14:textId="77777777" w:rsidTr="0059485D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="7BBE81FA" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="568D5359" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06C35D2B" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="2014E142" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="002D6EDF" w14:paraId="2014E142" w14:textId="77777777" w:rsidTr="0059485D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="386491AD" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05355FAF" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BA47B23" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:tbl>
     <w:p w14:paraId="5C12580C" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9067" w:type="dxa"/>
+        <w:tblW w:w="9016" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-        <w:gridCol w:w="7512"/>
+        <w:gridCol w:w="1489"/>
+        <w:gridCol w:w="6193"/>
+        <w:gridCol w:w="1334"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D6EDF" w14:paraId="11EE4F1E" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="0059485D" w14:paraId="11EE4F1E" w14:textId="1D27A643" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46C8B19B" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
+          <w:p w14:paraId="46C8B19B" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="002D6EDF">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="OLE_LINK9"/>
             <w:bookmarkStart w:id="5" w:name="OLE_LINK10"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Professional Membership</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C525AB5" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
-[...19 lines deleted...]
-          <w:p w14:paraId="1E6E8B9A" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4">
+          <w:p w14:paraId="1C525AB5" w14:textId="36EFEDDC" w:rsidR="0059485D" w:rsidRPr="002D6EDF" w:rsidRDefault="0059485D" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(professional bodies, subject specific societies</w:t>
+            </w:r>
+            <w:r w:rsidR="0079605C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> etc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6E8B9A" w14:textId="77777777" w:rsidR="0059485D" w:rsidRPr="002D6EDF" w:rsidRDefault="0059485D" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...61 lines deleted...]
-          <w:p w14:paraId="53BD70A3" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRDefault="002D6EDF" w:rsidP="009774A4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15220AB2" w14:textId="6BA526DE" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Year </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>commenced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059485D" w14:paraId="7071534D" w14:textId="30DD0BA4" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5DDFE7" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72638EFC" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B146CCB" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059485D" w14:paraId="626854AC" w14:textId="7904CACD" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4695B79E" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B211F8" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E518CD" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059485D" w14:paraId="569F58FD" w14:textId="5D2DE7B1" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="578534CE" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C47B960" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451E4931" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059485D" w14:paraId="25970943" w14:textId="2364AE09" w:rsidTr="00C932AA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A25B5D5" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BD70A3" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6875437E" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
-    <w:p w14:paraId="17BE055A" w14:textId="6F28DE30" w:rsidR="00D508FC" w:rsidRDefault="00D508FC"/>
+    <w:p w14:paraId="0F8EB2E5" w14:textId="77777777" w:rsidR="000B397C" w:rsidRDefault="000B397C"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
-        <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="708"/>
         <w:gridCol w:w="2114"/>
         <w:gridCol w:w="1804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D95524" w14:paraId="116711CC" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="116711CC" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="140A604D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002D6EDF">
+          <w:p w14:paraId="140A604D" w14:textId="5753F534" w:rsidR="00D95524" w:rsidRDefault="00A5002D" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Biomedical Science</w:t>
+            </w:r>
+            <w:r w:rsidR="00D95524">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D95524" w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Teaching Activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1D2025" w14:textId="77777777" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
+          <w:p w14:paraId="6D1D2025" w14:textId="5A6C0AB1" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Current Teaching Commitment</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-      <w:tr w:rsidR="00D95524" w14:paraId="550B18CA" w14:textId="77777777" w:rsidTr="00617477">
+            <w:r w:rsidR="000B397C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95524" w14:paraId="550B18CA" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3A227762" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="574AADE3" w14:textId="7C28F4B6" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Module </w:t>
             </w:r>
-            <w:r w:rsidR="00CF25FD" w:rsidRPr="00CF25FD">
-[...19 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:r w:rsidR="00A5002D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="66FDBBA6" w14:textId="77777777" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F14B582" w14:textId="3A55075C" w:rsidR="00D95524" w:rsidRPr="000E2648" w:rsidRDefault="000E2648" w:rsidP="002D6EDF">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2F14B582" w14:textId="099053B5" w:rsidR="00D95524" w:rsidRDefault="005424CF" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Contributor</w:t>
             </w:r>
-            <w:r w:rsidR="00D95524" w:rsidRPr="000E2648">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00D95524">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48840CC6" w14:textId="10CC97D3" w:rsidR="00D95524" w:rsidRPr="000E2648" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="48840CC6" w14:textId="1371702E" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>(indicate Y</w:t>
             </w:r>
-            <w:r w:rsidR="000E2648" w:rsidRPr="000E2648">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="005424CF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/ N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEAEBE3" w14:textId="36075380" w:rsidR="00D95524" w:rsidRPr="000E2648" w:rsidRDefault="000E2648" w:rsidP="002D6EDF">
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0CEAEBE3" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>Coordinator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B6822C8" w14:textId="06C18364" w:rsidR="00D95524" w:rsidRPr="000E2648" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2B6822C8" w14:textId="6DB408E9" w:rsidR="00D95524" w:rsidRPr="002D6EDF" w:rsidRDefault="00D95524" w:rsidP="002D6EDF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>(indicate Y</w:t>
             </w:r>
-            <w:r w:rsidR="000E2648" w:rsidRPr="000E2648">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="005424CF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="6DBB2819" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="6DBB2819" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="25C2D7D3" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EDE7658" w14:textId="3136EE45" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="776EECC0" w14:textId="740818D9" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="757D7955" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69A4AE2F" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="080E9306" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="080E9306" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3FFE3DEB" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="179A3D82" w14:textId="1A788F80" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1336759A" w14:textId="76674D29" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B4A5277" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D4A5793" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="5709B941" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="5709B941" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="322B00E2" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36CD9E51" w14:textId="735D6ECA" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="093F5675" w14:textId="2375B9D8" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DE46F7D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F95F5F7" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="408897F6" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="408897F6" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="01627BB4" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A304923" w14:textId="1E59E3B9" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="697285A7" w14:textId="5533133C" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="697E36F9" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A0FF076" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="156CCB1C" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="156CCB1C" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="1D15CD72" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68775DC3" w14:textId="23B94D16" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4654E964" w14:textId="054578AC" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="428A7C37" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55CC307B" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="3C1C9796" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="3C1C9796" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="2B14D91E" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DA19F5" w14:textId="7E695690" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F229F7A" w14:textId="2C459A84" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E4CCC23" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="334012C3" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="51D07A0E" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="51D07A0E" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="39CDA1C6" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20C3EE2A" w14:textId="3B2927A3" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="179494CE" w14:textId="283FA264" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A1D6A9E" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="159009B1" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="26CEAABD" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="26CEAABD" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="2FF019AE" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2915E6ED" w14:textId="67839FB5" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4848ED36" w14:textId="3A2B3FE9" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30C105A9" w14:textId="14C8F90D" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78030473" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="656549BE" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="656549BE" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="6178CAFB" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="720FF378" w14:textId="73908A04" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68FC3F33" w14:textId="33BECF80" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30116411" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2638A02B" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="6D715B5B" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="6D715B5B" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="79CAD9BC" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="760FE7B9" w14:textId="50DB0360" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B3989BC" w14:textId="51C5FE6F" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4965CFEE" w14:textId="69B6618B" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61E6C71C" w14:textId="5F7013D9" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="6DD9807F" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="6DD9807F" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="30CA9843" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="674012E3" w14:textId="12F94CB7" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2021726C" w14:textId="11645964" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00517FCA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E2F588D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3964DF5B" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="5220A43D" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="5220A43D" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="0B945B49" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="557EA37C" w14:textId="3AF4787B" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...5 lines deleted...]
-          </w:p>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7652AD13" w14:textId="14D38364" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CC6BAB8" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EF618C2" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="3E6115AE" w14:textId="77777777" w:rsidTr="00617477">
+      <w:tr w:rsidR="00D95524" w14:paraId="3E6115AE" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="4C236B31" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05D415BD" w14:textId="39218747" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...5 lines deleted...]
-          </w:p>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3452AC75" w14:textId="7D071C3E" w:rsidR="00D95524" w:rsidRDefault="00D95524" w:rsidP="00D2145D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62AED234" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67C2FC97" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="0293EE8B" w14:textId="77777777" w:rsidTr="00517FCA">
+      <w:tr w:rsidR="00D95524" w14:paraId="0293EE8B" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="20721BE5" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54A4D6F7" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...5 lines deleted...]
-          </w:p>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D7931A" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33333053" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DD1BEDC" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95524" w14:paraId="7F1D6CDD" w14:textId="77777777" w:rsidTr="00517FCA">
+      <w:tr w:rsidR="00D95524" w14:paraId="7F1D6CDD" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1E855D34" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D55487D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BCAD0E1" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EBC301D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="548EA359" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517FCA" w14:paraId="78F740B8" w14:textId="77777777" w:rsidTr="00617477">
+    </w:tbl>
+    <w:p w14:paraId="33B9966C" w14:textId="77777777" w:rsidR="005424CF" w:rsidRDefault="005424CF">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="2114"/>
+        <w:gridCol w:w="1804"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B2717D" w14:paraId="60DB0C5D" w14:textId="77777777" w:rsidTr="000F5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6835C0A0" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00617477">
+          <w:p w14:paraId="2095305E" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Other</w:t>
+            </w:r>
             <w:r w:rsidRPr="00517FCA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Non-BMS Teaching activities</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="712BB1EF" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00617477">
+              <w:t xml:space="preserve"> Teaching activities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1707A3E9" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00517FCA">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00517FCA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7603" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D85CB75" w14:textId="2805FA10" w:rsidR="00B2717D" w:rsidRPr="002D6EDF" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Current Teaching Commitment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2717D" w14:paraId="78F740B8" w14:textId="77777777" w:rsidTr="00A5002D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="712BB1EF" w14:textId="49AF42D1" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="345608AC" w14:textId="09DA40DA" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6EDF">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Module </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="63978938" w14:textId="570C1D4E" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...24 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="47782846" w14:textId="0A3CA029" w:rsidR="00517FCA" w:rsidRDefault="009812F9" w:rsidP="00517FCA">
-[...36 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="08704877" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contributor </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67ADD3BA" w14:textId="5698BCD8" w:rsidR="00B2717D" w:rsidRPr="002D6EDF" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(indicate Y/ N)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="12A07FA8" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
+          <w:p w14:paraId="36C6EE47" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D6EDF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Coordinator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="324E17E3" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="002D6EDF" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
-[...27 lines deleted...]
-      <w:tr w:rsidR="00517FCA" w14:paraId="67B4330F" w14:textId="77777777" w:rsidTr="00617477">
+          <w:p w14:paraId="324E17E3" w14:textId="08AFD7FD" w:rsidR="00B2717D" w:rsidRPr="002D6EDF" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(indicate Y/N)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2717D" w14:paraId="67B4330F" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="407ACA34" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
-[...21 lines deleted...]
-          <w:p w14:paraId="01962E12" w14:textId="718AC2D4" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="407ACA34" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AC145E" w14:textId="564F7A65" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01962E12" w14:textId="718AC2D4" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79722CCC" w14:textId="2461DBFF" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="79722CCC" w14:textId="2461DBFF" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2D7A29" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="00517FCA" w14:paraId="2B9D4D50" w14:textId="77777777" w:rsidTr="00617477">
+          <w:p w14:paraId="2C2D7A29" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2717D" w14:paraId="2B9D4D50" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="0717C130" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
-[...21 lines deleted...]
-          <w:p w14:paraId="7CAD9EF9" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="0717C130" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="355AEFC8" w14:textId="42175918" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAD9EF9" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB8B610" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="2BB8B610" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682D442C" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="00517FCA" w14:paraId="35842524" w14:textId="77777777" w:rsidTr="00617477">
+          <w:p w14:paraId="682D442C" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2717D" w14:paraId="35842524" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="4CABBD2B" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
-[...21 lines deleted...]
-          <w:p w14:paraId="50CDEB94" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="4CABBD2B" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738502EB" w14:textId="14C1D6D9" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CDEB94" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D37080" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="06D37080" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788F88E8" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="00517FCA" w14:paraId="60C0D41F" w14:textId="77777777" w:rsidTr="00617477">
+          <w:p w14:paraId="788F88E8" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B2717D" w14:paraId="60C0D41F" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="2991AF78" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRPr="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA">
-[...21 lines deleted...]
-          <w:p w14:paraId="49C6B00B" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="2991AF78" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55055CD1" w14:textId="411C30D9" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C6B00B" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="665C61F9" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="665C61F9" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01276E58" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="00517FCA"/>
+          <w:p w14:paraId="01276E58" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6096A544" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9067" w:type="dxa"/>
+        <w:tblW w:w="9016" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1856"/>
-        <w:gridCol w:w="7211"/>
+        <w:gridCol w:w="1390"/>
+        <w:gridCol w:w="5835"/>
+        <w:gridCol w:w="1791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00517FCA" w14:paraId="5DFC40D7" w14:textId="77777777" w:rsidTr="00617477">
-[...2 lines deleted...]
-            <w:tcW w:w="1555" w:type="dxa"/>
+      <w:tr w:rsidR="005B5053" w14:paraId="5DFC40D7" w14:textId="2BA37718" w:rsidTr="00A045D8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4F1E9D" w14:textId="6AA43AE0" w:rsidR="00517FCA" w:rsidRPr="002D6EDF" w:rsidRDefault="00517FCA" w:rsidP="009774A4">
-[...108 lines deleted...]
-          <w:p w14:paraId="0AA798C9" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA" w:rsidP="009774A4"/>
+          <w:p w14:paraId="7F07EFE0" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Other Duties within or outside the programme, e.g. placement tutor, admissions,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E4F1E9D" w14:textId="414F782C" w:rsidR="005B5053" w:rsidRPr="002D6EDF" w:rsidRDefault="005B5053" w:rsidP="009774A4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Research lead</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5618A6" w14:textId="3088A28C" w:rsidR="005B5053" w:rsidRPr="00A045D8" w:rsidRDefault="00A045D8" w:rsidP="00A045D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A045D8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="391C9D60" w14:textId="5DB6D0D4" w:rsidR="005B5053" w:rsidRPr="00A045D8" w:rsidRDefault="00A045D8" w:rsidP="00A045D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A045D8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B5053" w14:paraId="3BA138E7" w14:textId="53CDAB98" w:rsidTr="005B5053">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="31505C36" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72EE50DE" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="143CD1BE" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B5053" w14:paraId="40A82C02" w14:textId="3C1FA3D2" w:rsidTr="005B5053">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3310D142" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27389490" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DC8EE6" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B5053" w14:paraId="1C57FDBD" w14:textId="69C4D0DB" w:rsidTr="005B5053">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EAD1E73" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2275CD76" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8D510D" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B5053" w14:paraId="5A9D1163" w14:textId="5B8F9F31" w:rsidTr="005B5053">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ADF547" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA798C9" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDAF89D" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56B0EFE9" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="00617477" w14:paraId="7A85FBF8" w14:textId="77777777" w:rsidTr="00617477">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -2255,62 +2475,74 @@
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B97DD9" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681DD47B" w14:textId="77777777" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
-[...10 lines deleted...]
-              <w:t>List publications from the past 3 years (Max of 5)</w:t>
+          <w:p w14:paraId="681DD47B" w14:textId="28207F2F" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">List </w:t>
+            </w:r>
+            <w:r w:rsidR="0054266D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>publications from the past 3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00617477" w14:paraId="6C087EFA" w14:textId="77777777" w:rsidTr="00617477">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1002C9F8" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2570,140 +2802,162 @@
           </w:tcPr>
           <w:p w14:paraId="0C6BAA0B" w14:textId="77777777" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24CC34AA" w14:textId="233EBAE5" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:p w14:paraId="3894A760" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
     <w:sectPr w:rsidR="00D95524" w:rsidSect="00D508FC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="172"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D6EDF"/>
-    <w:rsid w:val="000E2648"/>
+    <w:rsid w:val="000B397C"/>
     <w:rsid w:val="001A13D0"/>
+    <w:rsid w:val="00200A77"/>
+    <w:rsid w:val="00270356"/>
     <w:rsid w:val="002D6EDF"/>
     <w:rsid w:val="002F6EE7"/>
+    <w:rsid w:val="0031386C"/>
+    <w:rsid w:val="00316409"/>
+    <w:rsid w:val="00357C31"/>
+    <w:rsid w:val="003A386E"/>
     <w:rsid w:val="003D2619"/>
+    <w:rsid w:val="00407FAC"/>
     <w:rsid w:val="00517FCA"/>
+    <w:rsid w:val="005424CF"/>
+    <w:rsid w:val="0054266D"/>
+    <w:rsid w:val="0059485D"/>
+    <w:rsid w:val="005B5053"/>
+    <w:rsid w:val="005E583D"/>
+    <w:rsid w:val="005F22B8"/>
     <w:rsid w:val="00617477"/>
+    <w:rsid w:val="006521C9"/>
     <w:rsid w:val="00657DA9"/>
     <w:rsid w:val="00711DBE"/>
+    <w:rsid w:val="0079605C"/>
     <w:rsid w:val="0085578C"/>
-    <w:rsid w:val="0086222C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF25FD"/>
+    <w:rsid w:val="00A045D8"/>
+    <w:rsid w:val="00A5002D"/>
+    <w:rsid w:val="00A60203"/>
+    <w:rsid w:val="00B2717D"/>
+    <w:rsid w:val="00B77BCF"/>
+    <w:rsid w:val="00C932AA"/>
     <w:rsid w:val="00D2145D"/>
     <w:rsid w:val="00D508FC"/>
     <w:rsid w:val="00D65B16"/>
     <w:rsid w:val="00D95524"/>
+    <w:rsid w:val="00DF5C65"/>
+    <w:rsid w:val="00DF7750"/>
+    <w:rsid w:val="00E659B0"/>
+    <w:rsid w:val="00F55625"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="179422DD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5BEEFF9F-F0C0-405C-8650-439E3A9B5DC7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3108,51 +3362,51 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002D6EDF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="383531039">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="607855232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3425,69 +3679,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>166</Words>
-  <Characters>952</Characters>
+  <Words>194</Words>
+  <Characters>1106</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1116</CharactersWithSpaces>
+  <CharactersWithSpaces>1298</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ken Mills</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>