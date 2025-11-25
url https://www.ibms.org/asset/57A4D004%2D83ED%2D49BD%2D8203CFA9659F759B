--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E518DA4" w14:textId="77777777" w:rsidR="00657DA9" w:rsidRDefault="00657DA9" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20EB2217" w14:textId="29899623" w:rsidR="002D6EDF" w:rsidRPr="00DF7750" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF7750">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BIOMEDICAL SCIENCE DEGREE PROGRAMME</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77879170" w14:textId="77777777" w:rsidR="002D6EDF" w:rsidRPr="00DF7750" w:rsidRDefault="002D6EDF" w:rsidP="002D6EDF">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -717,88 +717,94 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(professional bodies, subject specific societies</w:t>
             </w:r>
             <w:r w:rsidR="0079605C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> etc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6193" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6E8B9A" w14:textId="77777777" w:rsidR="0059485D" w:rsidRPr="002D6EDF" w:rsidRDefault="0059485D" w:rsidP="009774A4">
+          <w:p w14:paraId="1E6E8B9A" w14:textId="7D53F610" w:rsidR="0059485D" w:rsidRPr="002D6EDF" w:rsidRDefault="0059485D" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
+            <w:r w:rsidR="0016776E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> name</w:t>
+            </w:r>
+            <w:r w:rsidR="000F01AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and your role</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="15220AB2" w14:textId="6BA526DE" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Year </w:t>
-[...5 lines deleted...]
-              <w:t>commenced</w:t>
+              <w:t>Year commenced</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0059485D" w14:paraId="7071534D" w14:textId="30DD0BA4" w:rsidTr="00C932AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1489" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="7E5DDFE7" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72638EFC" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B146CCB" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
@@ -851,50 +857,227 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1489" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="3A25B5D5" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6193" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD70A3" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6875437E" w14:textId="77777777" w:rsidR="0059485D" w:rsidRDefault="0059485D" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="0F8EB2E5" w14:textId="77777777" w:rsidR="000B397C" w:rsidRDefault="000B397C"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9016" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1489"/>
+        <w:gridCol w:w="6193"/>
+        <w:gridCol w:w="1334"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0016776E" w14:paraId="7B3BE3EF" w14:textId="77777777" w:rsidTr="00BA7CFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8A15CE" w14:textId="6A0056B1" w:rsidR="0016776E" w:rsidRPr="002D6EDF" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>CPD undertaken</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657364FD" w14:textId="6BB67907" w:rsidR="0016776E" w:rsidRPr="002D6EDF" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Professional development activities</w:t>
+            </w:r>
+            <w:r w:rsidR="00953DDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> undertaken in the last 3 years</w:t>
+            </w:r>
+            <w:r w:rsidR="0065780F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (institutional or external)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F62025" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Year commenced</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0016776E" w14:paraId="5824A12A" w14:textId="77777777" w:rsidTr="00BA7CFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A44661" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="102CC923" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="212D0BA6" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0016776E" w14:paraId="42E022D4" w14:textId="77777777" w:rsidTr="00BA7CFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1047BB80" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF0DEEA" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A4806F" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0016776E" w14:paraId="41647DAB" w14:textId="77777777" w:rsidTr="00BA7CFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA4E646" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7022DB4D" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04440AF1" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0016776E" w14:paraId="27357EF6" w14:textId="77777777" w:rsidTr="00BA7CFB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1489" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4735D2DA" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E6C4D7" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1A6F88" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E" w:rsidP="00BA7CFB"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="203437D3" w14:textId="77777777" w:rsidR="0016776E" w:rsidRDefault="0016776E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2114"/>
         <w:gridCol w:w="1804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D95524" w14:paraId="116711CC" w14:textId="77777777" w:rsidTr="00A5002D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140A604D" w14:textId="5753F534" w:rsidR="00D95524" w:rsidRDefault="00A5002D" w:rsidP="002D6EDF">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1637,90 +1820,85 @@
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D55487D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BCAD0E1" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EBC301D" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1804" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="548EA359" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33B9966C" w14:textId="77777777" w:rsidR="005424CF" w:rsidRDefault="005424CF">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="33B9966C" w14:textId="505303E7" w:rsidR="005424CF" w:rsidRDefault="005424CF"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2114"/>
         <w:gridCol w:w="1804"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B2717D" w14:paraId="60DB0C5D" w14:textId="77777777" w:rsidTr="000F5EB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2095305E" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRPr="00517FCA" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidRPr="00517FCA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Teaching activities</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1707A3E9" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="005424CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
@@ -2054,95 +2232,113 @@
           </w:tcPr>
           <w:p w14:paraId="01276E58" w14:textId="77777777" w:rsidR="00B2717D" w:rsidRDefault="00B2717D" w:rsidP="00517FCA"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6096A544" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9016" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1390"/>
         <w:gridCol w:w="5835"/>
         <w:gridCol w:w="1791"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B5053" w14:paraId="5DFC40D7" w14:textId="2BA37718" w:rsidTr="00A045D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F07EFE0" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4">
-[...9 lines deleted...]
-              <w:t>Other Duties within or outside the programme, e.g. placement tutor, admissions,</w:t>
+          <w:p w14:paraId="7F07EFE0" w14:textId="4EB980FF" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidR="00953DDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>relevant d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>uties within or outside the programme, e.g. placement tutor, admissions,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E4F1E9D" w14:textId="414F782C" w:rsidR="005B5053" w:rsidRPr="002D6EDF" w:rsidRDefault="005B5053" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Research lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5618A6" w14:textId="3088A28C" w:rsidR="005B5053" w:rsidRPr="00A045D8" w:rsidRDefault="00A045D8" w:rsidP="00A045D8">
+          <w:p w14:paraId="0C5618A6" w14:textId="381719F1" w:rsidR="005B5053" w:rsidRPr="00A045D8" w:rsidRDefault="00A045D8" w:rsidP="00A045D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A045D8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Role</w:t>
+            </w:r>
+            <w:r w:rsidR="00812179">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="391C9D60" w14:textId="5DB6D0D4" w:rsidR="005B5053" w:rsidRPr="00A045D8" w:rsidRDefault="00A045D8" w:rsidP="00A045D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A045D8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B5053" w14:paraId="3BA138E7" w14:textId="53CDAB98" w:rsidTr="005B5053">
@@ -2213,85 +2409,166 @@
       </w:tr>
       <w:tr w:rsidR="005B5053" w14:paraId="5A9D1163" w14:textId="5B8F9F31" w:rsidTr="005B5053">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="76ADF547" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AA798C9" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1791" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FDAF89D" w14:textId="77777777" w:rsidR="005B5053" w:rsidRDefault="005B5053" w:rsidP="009774A4"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56B0EFE9" w14:textId="77777777" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9016" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1390"/>
+        <w:gridCol w:w="7626"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC4A30" w14:paraId="5380B99A" w14:textId="77777777" w:rsidTr="00875358">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2611A4" w14:textId="70CFD776" w:rsidR="00DC4A30" w:rsidRPr="002D6EDF" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Research Interests / topic areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7626" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF210F1" w14:textId="157D5D8B" w:rsidR="00DC4A30" w:rsidRPr="00A045D8" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Topic areas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC4A30" w14:paraId="57958771" w14:textId="77777777" w:rsidTr="00267471">
+        <w:trPr>
+          <w:trHeight w:val="1104"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5D30CD" w14:textId="77777777" w:rsidR="00DC4A30" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C099B3F" w14:textId="77777777" w:rsidR="00DC4A30" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="110AF73F" w14:textId="77777777" w:rsidR="005E4606" w:rsidRDefault="005E4606"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
       <w:tr w:rsidR="00617477" w14:paraId="7A85FBF8" w14:textId="77777777" w:rsidTr="00617477">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF09B87" w14:textId="5BE2641E" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
-[...9 lines deleted...]
-              <w:t>Research Profile</w:t>
+          <w:p w14:paraId="5CF09B87" w14:textId="29F4D3F2" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+            <w:r w:rsidR="00F843E4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Outputs</w:t>
             </w:r>
             <w:r w:rsidR="00D508FC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (last 3 years only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="158B7ABD" w14:textId="77777777" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2475,68 +2752,74 @@
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B97DD9" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="681DD47B" w14:textId="28207F2F" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
+          <w:p w14:paraId="681DD47B" w14:textId="5E730FEB" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">List </w:t>
             </w:r>
+            <w:r w:rsidR="00F843E4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
             <w:r w:rsidR="0054266D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">5 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>publications from the past 3 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00617477" w14:paraId="6C087EFA" w14:textId="77777777" w:rsidTr="00617477">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1002C9F8" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2547,51 +2830,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="560AE86A" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="00617477">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B83029F" w14:textId="6F83A298" w:rsidR="00617477" w:rsidRPr="00D2145D" w:rsidRDefault="00617477" w:rsidP="00D2145D">
             <w:pPr>
               <w:ind w:left="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00617477" w14:paraId="6AB90EA4" w14:textId="77777777" w:rsidTr="00617477">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFC2858" w14:textId="77777777" w:rsidR="00617477" w:rsidRDefault="00617477" w:rsidP="009774A4">
@@ -2802,162 +3084,174 @@
           </w:tcPr>
           <w:p w14:paraId="0C6BAA0B" w14:textId="77777777" w:rsidR="00617477" w:rsidRPr="002D6EDF" w:rsidRDefault="00617477" w:rsidP="009774A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24CC34AA" w14:textId="233EBAE5" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:p w14:paraId="3894A760" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
     <w:sectPr w:rsidR="00D95524" w:rsidSect="00D508FC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D6EDF"/>
     <w:rsid w:val="000B397C"/>
+    <w:rsid w:val="000F01AD"/>
+    <w:rsid w:val="0016776E"/>
     <w:rsid w:val="001A13D0"/>
     <w:rsid w:val="00200A77"/>
     <w:rsid w:val="00270356"/>
+    <w:rsid w:val="00280394"/>
     <w:rsid w:val="002D6EDF"/>
     <w:rsid w:val="002F6EE7"/>
     <w:rsid w:val="0031386C"/>
     <w:rsid w:val="00316409"/>
     <w:rsid w:val="00357C31"/>
     <w:rsid w:val="003A386E"/>
     <w:rsid w:val="003D2619"/>
     <w:rsid w:val="00407FAC"/>
+    <w:rsid w:val="004B7767"/>
     <w:rsid w:val="00517FCA"/>
     <w:rsid w:val="005424CF"/>
     <w:rsid w:val="0054266D"/>
     <w:rsid w:val="0059485D"/>
     <w:rsid w:val="005B5053"/>
+    <w:rsid w:val="005E4606"/>
     <w:rsid w:val="005E583D"/>
     <w:rsid w:val="005F22B8"/>
     <w:rsid w:val="00617477"/>
     <w:rsid w:val="006521C9"/>
+    <w:rsid w:val="0065780F"/>
     <w:rsid w:val="00657DA9"/>
     <w:rsid w:val="00711DBE"/>
     <w:rsid w:val="0079605C"/>
+    <w:rsid w:val="00812179"/>
     <w:rsid w:val="0085578C"/>
+    <w:rsid w:val="00953DDA"/>
     <w:rsid w:val="00A045D8"/>
     <w:rsid w:val="00A5002D"/>
     <w:rsid w:val="00A60203"/>
     <w:rsid w:val="00B2717D"/>
     <w:rsid w:val="00B77BCF"/>
     <w:rsid w:val="00C932AA"/>
+    <w:rsid w:val="00CB203F"/>
     <w:rsid w:val="00D2145D"/>
     <w:rsid w:val="00D508FC"/>
     <w:rsid w:val="00D65B16"/>
+    <w:rsid w:val="00D857B6"/>
     <w:rsid w:val="00D95524"/>
+    <w:rsid w:val="00DC4A30"/>
     <w:rsid w:val="00DF5C65"/>
     <w:rsid w:val="00DF7750"/>
     <w:rsid w:val="00E659B0"/>
     <w:rsid w:val="00F55625"/>
+    <w:rsid w:val="00F843E4"/>
+    <w:rsid w:val="00FC54FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="179422DD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5BEEFF9F-F0C0-405C-8650-439E3A9B5DC7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3362,51 +3656,51 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002D6EDF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="383531039">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="607855232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3678,70 +3972,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1106</Characters>
+  <Pages>1</Pages>
+  <Words>218</Words>
+  <Characters>1309</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1298</CharactersWithSpaces>
+  <CharactersWithSpaces>1515</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ken Mills</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>