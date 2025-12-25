--- v2 (2025-11-25)
+++ v3 (2025-12-25)
@@ -2437,51 +2437,57 @@
         <w:tblW w:w="9016" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1390"/>
         <w:gridCol w:w="7626"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DC4A30" w14:paraId="5380B99A" w14:textId="77777777" w:rsidTr="00875358">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E2611A4" w14:textId="70CFD776" w:rsidR="00DC4A30" w:rsidRPr="002D6EDF" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Research Interests / topic areas</w:t>
+              <w:t xml:space="preserve">Research </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Interests / topic areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7626" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AF210F1" w14:textId="157D5D8B" w:rsidR="00DC4A30" w:rsidRPr="00A045D8" w:rsidRDefault="00DC4A30" w:rsidP="00BA7CFB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Topic areas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3090,136 +3096,135 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24CC34AA" w14:textId="233EBAE5" w:rsidR="00517FCA" w:rsidRDefault="00517FCA"/>
     <w:p w14:paraId="3894A760" w14:textId="77777777" w:rsidR="00D95524" w:rsidRDefault="00D95524"/>
     <w:sectPr w:rsidR="00D95524" w:rsidSect="00D508FC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D6EDF"/>
     <w:rsid w:val="000B397C"/>
     <w:rsid w:val="000F01AD"/>
     <w:rsid w:val="0016776E"/>
     <w:rsid w:val="001A13D0"/>
     <w:rsid w:val="00200A77"/>
     <w:rsid w:val="00270356"/>
     <w:rsid w:val="00280394"/>
     <w:rsid w:val="002D6EDF"/>
     <w:rsid w:val="002F6EE7"/>
     <w:rsid w:val="0031386C"/>
     <w:rsid w:val="00316409"/>
     <w:rsid w:val="00357C31"/>
     <w:rsid w:val="003A386E"/>
     <w:rsid w:val="003D2619"/>
     <w:rsid w:val="00407FAC"/>
-    <w:rsid w:val="004B7767"/>
     <w:rsid w:val="00517FCA"/>
     <w:rsid w:val="005424CF"/>
     <w:rsid w:val="0054266D"/>
     <w:rsid w:val="0059485D"/>
     <w:rsid w:val="005B5053"/>
     <w:rsid w:val="005E4606"/>
     <w:rsid w:val="005E583D"/>
     <w:rsid w:val="005F22B8"/>
     <w:rsid w:val="00617477"/>
     <w:rsid w:val="006521C9"/>
     <w:rsid w:val="0065780F"/>
     <w:rsid w:val="00657DA9"/>
     <w:rsid w:val="00711DBE"/>
     <w:rsid w:val="0079605C"/>
     <w:rsid w:val="00812179"/>
     <w:rsid w:val="0085578C"/>
     <w:rsid w:val="00953DDA"/>
     <w:rsid w:val="00A045D8"/>
     <w:rsid w:val="00A5002D"/>
     <w:rsid w:val="00A60203"/>
     <w:rsid w:val="00B2717D"/>
     <w:rsid w:val="00B77BCF"/>
     <w:rsid w:val="00C932AA"/>
     <w:rsid w:val="00CB203F"/>
     <w:rsid w:val="00D2145D"/>
     <w:rsid w:val="00D508FC"/>
     <w:rsid w:val="00D65B16"/>
     <w:rsid w:val="00D857B6"/>
     <w:rsid w:val="00D95524"/>
     <w:rsid w:val="00DC4A30"/>
     <w:rsid w:val="00DF5C65"/>
     <w:rsid w:val="00DF7750"/>
     <w:rsid w:val="00E659B0"/>
     <w:rsid w:val="00F55625"/>
     <w:rsid w:val="00F843E4"/>
-    <w:rsid w:val="00FC54FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="179422DD"/>
@@ -3972,70 +3977,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1309</Characters>
+  <Pages>2</Pages>
+  <Words>211</Words>
+  <Characters>1316</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>438</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1515</CharactersWithSpaces>
+  <CharactersWithSpaces>1447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ken Mills</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>