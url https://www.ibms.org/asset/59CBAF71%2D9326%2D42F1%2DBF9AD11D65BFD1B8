--- v0 (2026-03-11)
+++ v1 (2026-03-31)
@@ -381,63 +381,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46EFC990" w14:textId="1E198A1D" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="0064706D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006237C8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006237C8" w:rsidRPr="006237C8" w14:paraId="0DDBC07B" w14:textId="77777777" w:rsidTr="006237C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6091" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7447D31F" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
+          <w:p w14:paraId="7447D31F" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="00DF13B2" w:rsidRDefault="006237C8" w:rsidP="006237C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-                <w:b/>
-                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006237C8">
+            <w:r w:rsidRPr="00DF13B2">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
-                <w:b/>
-                <w:bCs/>
               </w:rPr>
               <w:t>Examples of successful stories</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F0E2F96" w14:textId="6FBB01FA" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="0064706D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E4450C7" w14:textId="54D42DB6" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="0064706D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006237C8">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -817,130 +813,117 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ideas for videos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03FF72BE" w14:textId="15FCF8F2" w:rsidR="009D51CA" w:rsidRPr="006237C8" w:rsidRDefault="009D51CA" w:rsidP="009D51CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Short videos can also be a powerful way to share the experience of a Harvey’s Lab Tour. These can help bring the laboratory environment to life, explain activities and capture the reactions of young patients and their families.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7739B0" w14:textId="77777777" w:rsidR="009D51CA" w:rsidRPr="006237C8" w:rsidRDefault="009D51CA" w:rsidP="009D51CA">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="006237C8">
+    <w:p w14:paraId="79E1996B" w14:textId="14EB004A" w:rsidR="009D51CA" w:rsidRPr="006237C8" w:rsidRDefault="00DF13B2" w:rsidP="009D51CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+        <w:t>ideo ideas include:</w:t>
+      </w:r>
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
         <w:t>• Highlight video showing key moments from the visit, such as putting on lab coats, looking down microscopes or taking part in a simple activity</w:t>
       </w:r>
-      <w:r w:rsidRPr="006237C8">
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
         <w:t>• Introduction from the Tour Lead or a biomedical scientist explaining what happens in the laboratory and why the tour is important</w:t>
       </w:r>
-      <w:r w:rsidRPr="006237C8">
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
         <w:t>• Clip of an activity or demonstration taking place</w:t>
       </w:r>
-      <w:r w:rsidRPr="006237C8">
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
         <w:t>• Reflection from a member of staff about what the tour means to them</w:t>
       </w:r>
-      <w:r w:rsidRPr="006237C8">
+      <w:r w:rsidR="009D51CA" w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
-      </w:r>
+        <w:t>• Comment from a parent or family member about the experience, where consent has been provided</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BE5120" w14:textId="1676DF57" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="009D51CA" w:rsidP="009D51CA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>• Comment from a parent or family member about the experience, where consent has been provided</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>Videos do not need to be long or highly produced. Short clips recorded during the tour can be very effective in showing the atmosphere of the visit and the role of biomedical scientists.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="791464CD" w14:textId="3CE7AA3F" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="009D51CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Permissions and safeguarding </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72483F71" w14:textId="343F8478" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
@@ -1039,60 +1022,60 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please note: </w:t>
       </w:r>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Consent for Trust communications may not automatically cover use by Harvey’s Lab Tours or IBMS. If content may be shared externally, separate permission should be obtained and clearly recorded.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4977CACE" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>A template consent form, which covers permission for IBMS and Harvey’s Lab Tours to use images and stories, is available in the resources section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B239017" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
+    <w:p w14:paraId="55F8A7E7" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E5B94C8" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
+    <w:p w14:paraId="0E5B94C8" w14:textId="339AD561" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Safeguarding best practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6768A3" w14:textId="0A8B2233" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -1160,81 +1143,81 @@
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>photos taken in inappropriate clinical areas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66A199E9" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>photos taken without correct PPE, e.g. wearing gloves for activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609A6BFD" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Whenever possible, focus on learning activities and staff/patient interactions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2DBBC7" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Names and identifying information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3889863A" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Some families are happy for a child’s first name to be shared, while others may prefer anonymity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EEF3D1C" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -1393,103 +1376,109 @@
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Avoid naming individuals who do not wish to be identified publicly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFF179B" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Group photos or activity shots are often a good alternative</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3977FD" w14:textId="3059E466" w:rsidR="00CA01FB" w:rsidRPr="006237C8" w:rsidRDefault="00CA01FB" w:rsidP="00CA01FB">
+    <w:p w14:paraId="49E2C82C" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00CA01FB" w:rsidP="006237C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Photos/videos can still be shared even if staff prefer not to be identified. For example, images taken from behind, at a distance, or focused on the activity rather than on individuals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79822A21" w14:textId="77777777" w:rsidR="009D51CA" w:rsidRPr="006237C8" w:rsidRDefault="009D51CA" w:rsidP="009D51CA">
-[...38 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="7C5209FA" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D464D7F" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EAB279" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B413F0F" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F17AA6" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E442B25" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A615B82" w14:textId="7FFB143B" w:rsidR="006237C8" w:rsidRPr="00DF13B2" w:rsidRDefault="006237C8" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tagging and Hashtags</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F9993A" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Tagging the right accounts and using appropriate hashtags can help posts reach the right audiences. However, both should be used thoughtfully and only where they add value.</w:t>
       </w:r>
     </w:p>
@@ -1801,80 +1790,89 @@
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>#Pathology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E3CE6A" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>#Diagnostics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41393DB1" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006237C8">
+    <w:p w14:paraId="1A47F5F7" w14:textId="77777777" w:rsidR="00DF13B2" w:rsidRDefault="00DF13B2" w:rsidP="006237C8">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41393DB1" w14:textId="78381343" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006237C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Patient experience and children</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C008970" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>#PatientExperience</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA57B3B" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>#ChildrensHealthcare</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267575B4" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
@@ -2098,68 +2096,50 @@
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E3862EB" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="00333B8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1226BC8A" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="00333B8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A1EF17B" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="00333B8B">
-      <w:pPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="73FF241E" w14:textId="77777777" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="00333B8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7198C09A" w14:textId="687BE4A3" w:rsidR="00333B8B" w:rsidRPr="006237C8" w:rsidRDefault="00333B8B" w:rsidP="00333B8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006237C8">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Examples of successful stories</w:t>
       </w:r>
     </w:p>
@@ -2389,61 +2369,61 @@
         </w:rPr>
         <w:t>Taken together, these examples show that effective social media posts do not need to be complicated. Clear summaries, thoughtful quotes and well-chosen photos can help communicate what a Harvey’s Lab Tour involves, while showing the value of these visits for young patients, families and the staff who support them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="048EE9F4" w14:textId="77777777" w:rsidR="00333B8B" w:rsidRPr="006237C8" w:rsidRDefault="00333B8B" w:rsidP="00333B8B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00333B8B" w:rsidRPr="006237C8" w:rsidSect="006237C8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1841" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7112184F" w14:textId="77777777" w:rsidR="002840B5" w:rsidRDefault="002840B5">
+    <w:p w14:paraId="0F4FB16E" w14:textId="77777777" w:rsidR="002C52C7" w:rsidRDefault="002C52C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CFD3037" w14:textId="77777777" w:rsidR="002840B5" w:rsidRDefault="002840B5">
+    <w:p w14:paraId="341604AE" w14:textId="77777777" w:rsidR="002C52C7" w:rsidRDefault="002C52C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2473,50 +2453,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1902701065"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="5A074CD1" w14:textId="77777777" w:rsidR="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:ind w:left="-993"/>
         </w:pPr>
       </w:p>
       <w:p w14:paraId="538BE108" w14:textId="641CFB39" w:rsidR="006237C8" w:rsidRPr="006237C8" w:rsidRDefault="006237C8" w:rsidP="006237C8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:ind w:left="-993"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="006237C8">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
@@ -2560,61 +2541,61 @@
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5B10FE23" w14:textId="77777777" w:rsidR="00CA01FB" w:rsidRDefault="00CA01FB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F29F08C" w14:textId="77777777" w:rsidR="002840B5" w:rsidRDefault="002840B5">
+    <w:p w14:paraId="72C31710" w14:textId="77777777" w:rsidR="002C52C7" w:rsidRDefault="002C52C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62C90C1D" w14:textId="77777777" w:rsidR="002840B5" w:rsidRDefault="002840B5">
+    <w:p w14:paraId="038D183E" w14:textId="77777777" w:rsidR="002C52C7" w:rsidRDefault="002C52C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3AAF8C2A" w14:textId="00D84BB0" w:rsidR="00333B8B" w:rsidRDefault="009D51CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="008D599B">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:noProof/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
@@ -4851,93 +4832,95 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1894344238">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1420060380">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2072804481">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="314728724">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1013649352">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1170019560">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="56"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00333B8B"/>
     <w:rsid w:val="002840B5"/>
+    <w:rsid w:val="002C52C7"/>
     <w:rsid w:val="00333B8B"/>
     <w:rsid w:val="004945BA"/>
     <w:rsid w:val="006237C8"/>
     <w:rsid w:val="00640713"/>
     <w:rsid w:val="0064706D"/>
     <w:rsid w:val="006C5AEF"/>
     <w:rsid w:val="00752FCC"/>
     <w:rsid w:val="007C4A55"/>
     <w:rsid w:val="00874D45"/>
     <w:rsid w:val="009D51CA"/>
     <w:rsid w:val="00A14E04"/>
     <w:rsid w:val="00BD15B2"/>
     <w:rsid w:val="00CA01FB"/>
     <w:rsid w:val="00D01C59"/>
     <w:rsid w:val="00D5506D"/>
     <w:rsid w:val="00DD4298"/>
+    <w:rsid w:val="00DF13B2"/>
     <w:rsid w:val="00F251A1"/>
+    <w:rsid w:val="00F432A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="234C2659"/>
@@ -6283,75 +6266,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1312</Words>
-  <Characters>6836</Characters>
+  <Words>1283</Words>
+  <Characters>6855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>155</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Lines>214</Lines>
+  <Paragraphs>125</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8058</CharactersWithSpaces>
+  <CharactersWithSpaces>8013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jess De Greeff</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>8c5834eb-08a6-4435-a9da-ab1b2772d0c3</vt:lpwstr>
   </property>