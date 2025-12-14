--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,454 +1,407 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29415"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ibmscience-my.sharepoint.com/personal/sue_ibms_org/Documents/Desktop/IBMS Executive Head of Education/Accreditation documents to update/Mapping Templates - accreditation events/2023 Mapping templates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ibmscience-my.sharepoint.com/personal/sue_ibms_org/Documents/Desktop/IBMS Executive Head of Education/Accreditation documents to update/Accreditation Guidance for Cohorts from Sept 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="51" documentId="8_{4C0A2C41-D2EE-4327-B3F1-5E2130962E2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3EE25D5F-D5EE-4526-8DDF-816E7002B914}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8D87700-5C3F-432B-9F5F-9BE8DDC1923C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="QAA SBS 2023 MSc Mapping" sheetId="1" r:id="rId1"/>
+    <sheet name="QAA MSc Mapping" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="Check3" localSheetId="0">'QAA SBS 2023 MSc Mapping'!#REF!</definedName>
+    <definedName name="Check3" localSheetId="0">'QAA MSc Mapping'!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="82">
-[...7 lines deleted...]
-    <t>**PLEASE USE THIS BOX TO INDICATE IF ANY FURTHER INFORMATION IS REQUIRED TO CONCLUDE THIS ASSESSMENT**</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
+  <si>
+    <t>QAA Subject Benchmark 2023 Mapping to Modules</t>
+  </si>
+  <si>
+    <t>Master's Modules</t>
+  </si>
+  <si>
+    <t>Academic Content</t>
   </si>
   <si>
     <t>Module code 1</t>
   </si>
   <si>
     <t>Module code 2</t>
   </si>
   <si>
     <t>Module code 3</t>
   </si>
   <si>
     <t>Module code 4</t>
   </si>
   <si>
     <t>Module code 5</t>
   </si>
   <si>
     <t>Module code 6</t>
   </si>
   <si>
-    <t>QAA Subject Benchmark 2023 Mapping to Modules</t>
-[...38 lines deleted...]
-    <t>The investigation, diagnosis and monitoring of human diseases and the therapeutic strategies for these disease states</t>
+    <t>Clinical Laboratory Specialisms - if taught in the MSc programme</t>
+  </si>
+  <si>
+    <t>Any clinical specialism modules will include advanced and specialist topics at Master's level that align with and build on the QAA Subject Benchmark Statement for BSc programmes. Topic areas which are expanded and taught in more detail in the Master's programme should be indicated below:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cellular Pathology - The microscopic examination of normal and abnormal cells (cytopathology) and tissues (histopathology) for indicators of disease. </t>
   </si>
   <si>
     <t>The gross structure and ultrastructure of normal cells and tissues and the structural changes which may occur during disease</t>
   </si>
   <si>
     <t>Reproductive science, including infertility and embryology</t>
   </si>
   <si>
     <t>The preparation of cells and tissues for microscopic examination</t>
   </si>
   <si>
     <t>The principles and applications of visualisation and imaging techniques, including microscopy, to aid diagnosis and treatment selection.</t>
   </si>
   <si>
+    <t>Clinical Biochemistry - The investigation of the function and dysfunction of systems, organs and tissues by the measurement of biochemical markers</t>
+  </si>
+  <si>
     <t>The range of common methods used for the collection and analysis of clinical samples</t>
   </si>
   <si>
     <t>Investigations of major body and organ systems - for example, renal function tests, liver function tests, tumour marker tests, bone profile tests</t>
   </si>
   <si>
     <t>The principles and applications of biochemical investigations used for screening, diagnosis, treatment and monitoring of disease</t>
   </si>
   <si>
     <t>Therapeutic drug monitoring and investigation of substance abuse.</t>
   </si>
   <si>
+    <t>Clinical Immunology - The study of immunopathological conditions and abnormal immune function</t>
+  </si>
+  <si>
     <t>The principles of the function and measurement of effectors of the immune response</t>
   </si>
   <si>
     <t>The causes and consequences of abnormal immune function, neoplastic diseases and transplantation reactions together with their detection, diagnosis, treatment and monitoring</t>
   </si>
   <si>
     <t>Principles and practice of immunological techniques used for screening, diagnosis, treatment and monitoring of disease prophylaxis and immunotherapy.</t>
   </si>
   <si>
+    <t>Haematology - The study and investigation of the different elements that constitute blood and blood-forming organs in normal and diseased states</t>
+  </si>
+  <si>
     <t>The structure, function and production of blood cells</t>
   </si>
   <si>
     <t>The regulation of normal haemostasis</t>
   </si>
   <si>
     <t>Blood cell morphology - identification of normal white blood cells and common red blood cell abnormalities</t>
   </si>
   <si>
     <t>Nature and diagnosis of anaemias, haematological malignancies, haemorrhagic and thrombotic disease</t>
   </si>
   <si>
     <t>Principles and practice of haematological techniques used for screening, diagnosis, treatment and monitoring of disease.</t>
   </si>
   <si>
+    <t>Transfusion Science - Identification of blood group antigens and antibodies which ensures a safe supply of blood and blood components</t>
+  </si>
+  <si>
     <t>Interpretation of blood groups, causes of blood group anomalies, antibody screening</t>
   </si>
   <si>
     <t>The genetics, inheritance, structure and role of red cell antigens</t>
   </si>
   <si>
     <t>Immune-mediated destruction of blood cells</t>
   </si>
   <si>
     <t>The preparation, storage and use of blood components</t>
   </si>
   <si>
     <t>Patient blood management</t>
   </si>
   <si>
     <t>The selection of appropriate blood components for transfusion and possible adverse effects.</t>
   </si>
   <si>
-    <t>Clinical Laboratory Specialisms</t>
+    <t>Medical Microbiology (including virology) - Identification and investigation of pathogenic microorganisms, including viruses, bacteria, fungi protozoa, helminths and the diseases they cause</t>
   </si>
   <si>
     <t>The pathogenic mechanisms of a range of microorganisms</t>
   </si>
   <si>
     <t>Public health microbiology (epidemiology and control of infectious diseases) and the concept of One Health</t>
   </si>
   <si>
     <t>Principles and practice of techniques used for screening, diagnosis, treatment and monitoring of a range of infectious diseases, involving a range of methods to detect and identify microorganisms, prevention and control of infection, including vaccination, environmental and vector control</t>
   </si>
   <si>
+    <t>Antimicrobial chemotherapy, antimicrobial resistance (antibiotics, antivirals, antifungals, anti-parasitics)</t>
+  </si>
+  <si>
+    <t>Clinical Genetics -  Identification of genetic mutations and polymorphisms and their influence on disease processes</t>
+  </si>
+  <si>
     <t>Genomic, transcriptomic, proteomic methods used to analyse and study human chromosomes and DNA</t>
   </si>
   <si>
     <t>The application of molecular biology and bioinformatics in medicine</t>
   </si>
   <si>
+    <t>Pharmacogenetics and personalised medicine</t>
+  </si>
+  <si>
     <t>Principles and practice of techniques used for genetic testing for screening, diagnosis and monitoring of disease, and associated ethical issues.</t>
   </si>
   <si>
-    <t>Pharmacogenetics and personalised medicine</t>
+    <t>Near-patient testing (NPT)/point-of-care testing - the analytical testing performed for a patient by healthcare professionals outside the conventional laboratory setting</t>
+  </si>
+  <si>
+    <t>The principles and applications of investigations used in screening, diagnosis, treatment and monitoring of disease using NPT / POCT equipment</t>
+  </si>
+  <si>
+    <t>The application of NPT / POCT into patient pathways</t>
+  </si>
+  <si>
+    <t>Relevant quality assurance considerations.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Quality Management and Regulation </t>
+  </si>
+  <si>
+    <t>Interpretation of quality control standards (QC)</t>
+  </si>
+  <si>
+    <t>Importance of quality assurance and pre-analytical variables</t>
+  </si>
+  <si>
+    <t>An understanding of the importance of external quality assessment (EQA)</t>
+  </si>
+  <si>
+    <t>Quality management (to include basic knowledge of the purpose of quality policy, audits, standard operating procedures, training and competency documentation, error logging and incident reporting, validation and verification, and reagent inventories)</t>
+  </si>
+  <si>
+    <t>Applicable accreditation bodies (UKAS) and standards used (ISO)</t>
+  </si>
+  <si>
+    <t>Applicable regulatory bodies (HTA, HFEA, MHRA, HSE)</t>
+  </si>
+  <si>
+    <t>Risk and incident management, including Serious Incidents and RIDDORS (knowledge and understanding of raising, investigation, patient safety, closing of incidents / understanding of risk description, scoring, mitigation)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leadership and Management </t>
+  </si>
+  <si>
+    <t>Financial management</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Cellular Pathology - </t>
+      <t>budget review and common terms (accrue, favourable, adverse, pay &amp; non-pay). Some organisations use EBITDA (</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="11"/>
+        <color rgb="FF040C28"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">The microscopic examination of normal and abnormal cells (cytopathology) and tissues (histopathology) for indicators of disease. </t>
+      <t>earnings before interest, taxes, depreciation, and amortisation), so might be good to see this referenced</t>
     </r>
   </si>
   <si>
-    <r>
-[...144 lines deleted...]
-    <t>Laboratory accreditation (to include basic awareness of UK Accreditation Service (UKAS) and International Organisation for Standardisation (ISO) standards</t>
+    <t>Cost Improvement Programmes (CIPs)</t>
+  </si>
+  <si>
+    <t>Cost per test (CPT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leadership   </t>
+  </si>
+  <si>
+    <t>understand the qualities, behaviours and benefits of leadership</t>
+  </si>
+  <si>
+    <t>recognise that leadership is a skill all professionals can demonstrate</t>
+  </si>
+  <si>
+    <t>identify their own leadership qualities, behaviours and approaches, taking into account the importance of equality, diversity and inclusion</t>
+  </si>
+  <si>
+    <t>demonstrate leadership behaviours appropriate to their practice</t>
+  </si>
+  <si>
+    <t>act as a role model for others</t>
+  </si>
+  <si>
+    <t>Workload and HR</t>
+  </si>
+  <si>
+    <t>Knowledge and understanding of KPIs and metrics</t>
+  </si>
+  <si>
+    <t>Workload activity</t>
+  </si>
+  <si>
+    <t>Demand and capacity</t>
+  </si>
+  <si>
+    <t>Workforce metrics (appraisal, sickness, turnover)</t>
+  </si>
+  <si>
+    <t>Equality, diversity and inclusion</t>
+  </si>
+  <si>
+    <t>Well-being</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Research Skills </t>
   </si>
   <si>
     <t>The programme must contain taught module that include:</t>
   </si>
   <si>
     <t>Research design, methodologies, planning and execution of hypothesis-based research and scientific writing;</t>
   </si>
   <si>
+    <t xml:space="preserve">Generation, recording, collation and statistical techniques for the analysis of quantitative data and/or qualitative analytical techniques for the interpretation of non-numerical data; </t>
+  </si>
+  <si>
     <t>Critical evaluation, problem-solving, use of primary or secondary data to reach a coherent conclusion, and presentation of results.</t>
   </si>
   <si>
     <t>Research Project</t>
   </si>
   <si>
-    <t xml:space="preserve">Generation, recording, collation and statistical techniques for the analysis of quantitative data and/or qualitative analytical techniques for the interpretation of non-numerical data; </t>
-[...16 lines deleted...]
-  <si>
     <t>A master's level research project based in biomedical science is a mandatory component of an IBMS accredited MSc programme. Assessment regulations must require a pass standard to be  achieved for the project. This must be an independent project and can be a laboratory-based, a systematic review including statistical analysis and  evaluation, or bioinformatics-type project but not a literature review</t>
   </si>
   <si>
-    <t>Further content specific to Biomedical Science that might be included:</t>
+    <t>Further content that might be included:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bioinformatics and systems biology  </t>
+  </si>
+  <si>
+    <t>Analysis of high volumes of biological data, including use of appropriate computational tools and algorithms</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pharmacology </t>
+  </si>
+  <si>
+    <t>The importance of drug actions in the living organism for prevention and treatment of disease</t>
+  </si>
+  <si>
+    <t>The principles of drug-receptor interactions and the relationship between dose and response</t>
+  </si>
+  <si>
+    <t>Routes of administration and types of drug</t>
+  </si>
+  <si>
+    <t>How drugs are metabolised and eliminated from the body and toxic effects</t>
+  </si>
+  <si>
+    <t>Approaches for drug discovery and personalised medicine/precision medical science.</t>
+  </si>
+  <si>
+    <t>Integrated Studies / Pathobiology</t>
+  </si>
+  <si>
+    <t>The causes and pathology of common diseases and the impact of lifestyle upon human health</t>
+  </si>
+  <si>
+    <t>The investigation, diagnosis and monitoring of human diseases and the therapeutic strategies for these disease states</t>
+  </si>
+  <si>
+    <t>Human life cycles and ageing</t>
+  </si>
+  <si>
+    <t>Stem cells and regenerative medicine</t>
+  </si>
+  <si>
+    <t>**PLEASE USE THIS BOX TO INDICATE IF ANY FURTHER INFORMATION IS REQUIRED TO CONCLUDE THIS ASSESSMENT**</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="18">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -460,137 +413,151 @@
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...4 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF040C28"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FF040C28"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF040C28"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="10">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD8D8D8"/>
         <bgColor rgb="FFD8D8D8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor rgb="FFD8D8D8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="16">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
@@ -615,61 +582,50 @@
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...9 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -727,218 +683,330 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF99FF"/>
       <color rgb="FFCC99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1202,4044 +1270,4067 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G935"/>
+  <dimension ref="A1:G955"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G79" sqref="G79"/>
+      <selection activeCell="J11" sqref="J11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="67.33203125" style="1" customWidth="1"/>
-    <col min="2" max="10" width="8.6640625" customWidth="1"/>
+    <col min="1" max="1" width="67.28515625" style="1" customWidth="1"/>
+    <col min="2" max="10" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="2" customFormat="1" ht="31.2" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" s="2" customFormat="1" ht="31.15" customHeight="1">
       <c r="A1" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="34" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
+    </row>
+    <row r="2" spans="1:7" ht="84" customHeight="1">
+      <c r="A2" s="35" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="46" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="46" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="46" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="46" t="s">
+        <v>6</v>
+      </c>
+      <c r="F2" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="G2" s="46" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="47.45" customHeight="1">
+      <c r="A3" s="36"/>
+      <c r="B3" s="46"/>
+      <c r="C3" s="46"/>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+    </row>
+    <row r="4" spans="1:7" ht="47.45" customHeight="1">
+      <c r="A4" s="37"/>
+      <c r="B4" s="47"/>
+      <c r="C4" s="47"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="47"/>
+      <c r="F4" s="47"/>
+      <c r="G4" s="47"/>
+    </row>
+    <row r="5" spans="1:7" ht="26.45" customHeight="1">
+      <c r="A5" s="49" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="25" t="s">
-[...86 lines deleted...]
-    <row r="8" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="49"/>
+      <c r="C5" s="49"/>
+      <c r="D5" s="49"/>
+      <c r="E5" s="49"/>
+      <c r="F5" s="49"/>
+      <c r="G5" s="49"/>
+    </row>
+    <row r="6" spans="1:7" ht="84" customHeight="1">
+      <c r="A6" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
+      <c r="F6" s="48"/>
+      <c r="G6" s="48"/>
+    </row>
+    <row r="7" spans="1:7" ht="54" customHeight="1">
+      <c r="A7" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="51"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
+      <c r="E7" s="51"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="51"/>
+    </row>
+    <row r="8" spans="1:7" ht="35.450000000000003" customHeight="1">
       <c r="A8" s="8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B8" s="23"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
     </row>
-    <row r="9" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="21.6" customHeight="1">
       <c r="A9" s="9" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B9" s="23"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
     </row>
-    <row r="10" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" ht="28.5" customHeight="1">
       <c r="A10" s="9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B10" s="23"/>
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="23"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
     </row>
-    <row r="11" spans="1:7" ht="48.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="48.6" customHeight="1">
       <c r="A11" s="9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
     </row>
-    <row r="12" spans="1:7" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="13" spans="1:7" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" ht="58.15" customHeight="1">
+      <c r="A12" s="52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="51"/>
+      <c r="C12" s="51"/>
+      <c r="D12" s="51"/>
+      <c r="E12" s="51"/>
+      <c r="F12" s="51"/>
+      <c r="G12" s="51"/>
+    </row>
+    <row r="13" spans="1:7" ht="32.450000000000003" customHeight="1">
       <c r="A13" s="6" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
     </row>
-    <row r="14" spans="1:7" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" ht="42.6" customHeight="1">
       <c r="A14" s="6" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="B14" s="23"/>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="23"/>
     </row>
-    <row r="15" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" ht="35.450000000000003" customHeight="1">
       <c r="A15" s="6" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
     </row>
-    <row r="16" spans="1:7" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" ht="18.600000000000001" customHeight="1">
       <c r="A16" s="6" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="B16" s="23"/>
       <c r="C16" s="23"/>
       <c r="D16" s="23"/>
       <c r="E16" s="23"/>
       <c r="F16" s="23"/>
       <c r="G16" s="23"/>
     </row>
-    <row r="17" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="18" spans="1:7" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" ht="45" customHeight="1">
+      <c r="A17" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="51"/>
+      <c r="C17" s="51"/>
+      <c r="D17" s="51"/>
+      <c r="E17" s="51"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="51"/>
+    </row>
+    <row r="18" spans="1:7" ht="33.6" customHeight="1">
       <c r="A18" s="6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B18" s="23"/>
       <c r="C18" s="23"/>
       <c r="D18" s="23"/>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23"/>
     </row>
-    <row r="19" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" ht="51.6" customHeight="1">
       <c r="A19" s="6" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B19" s="23"/>
       <c r="C19" s="23"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23"/>
     </row>
-    <row r="20" spans="1:7" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" ht="34.15" customHeight="1">
       <c r="A20" s="6" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="23"/>
       <c r="E20" s="23"/>
       <c r="F20" s="23"/>
       <c r="G20" s="23"/>
     </row>
-    <row r="21" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="22" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" ht="51.6" customHeight="1">
+      <c r="A21" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="B21" s="51"/>
+      <c r="C21" s="51"/>
+      <c r="D21" s="51"/>
+      <c r="E21" s="51"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="51"/>
+    </row>
+    <row r="22" spans="1:7" ht="22.15" customHeight="1">
       <c r="A22" s="6" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="B22" s="23"/>
       <c r="C22" s="23"/>
       <c r="D22" s="23"/>
       <c r="E22" s="23"/>
       <c r="F22" s="23"/>
       <c r="G22" s="23"/>
     </row>
-    <row r="23" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" ht="21.6" customHeight="1">
       <c r="A23" s="6" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="B23" s="23"/>
       <c r="C23" s="23"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23"/>
     </row>
-    <row r="24" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" ht="28.5" customHeight="1">
       <c r="A24" s="6" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="B24" s="23"/>
       <c r="C24" s="23"/>
       <c r="D24" s="23"/>
       <c r="E24" s="23"/>
       <c r="F24" s="23"/>
       <c r="G24" s="23"/>
     </row>
-    <row r="25" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" ht="33" customHeight="1">
       <c r="A25" s="6" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="23"/>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
     </row>
-    <row r="26" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" ht="35.450000000000003" customHeight="1">
       <c r="A26" s="6" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="B26" s="23"/>
       <c r="C26" s="23"/>
       <c r="D26" s="23"/>
       <c r="E26" s="23"/>
       <c r="F26" s="23"/>
       <c r="G26" s="23"/>
     </row>
-    <row r="27" spans="1:7" ht="56.4" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="28" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" ht="56.45" customHeight="1">
+      <c r="A27" s="52" t="s">
+        <v>31</v>
+      </c>
+      <c r="B27" s="51"/>
+      <c r="C27" s="51"/>
+      <c r="D27" s="51"/>
+      <c r="E27" s="51"/>
+      <c r="F27" s="51"/>
+      <c r="G27" s="51"/>
+    </row>
+    <row r="28" spans="1:7" ht="33" customHeight="1">
       <c r="A28" s="6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
     </row>
-    <row r="29" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" ht="21.6" customHeight="1">
       <c r="A29" s="6" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B29" s="23"/>
       <c r="C29" s="23"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="23"/>
       <c r="G29" s="23"/>
     </row>
-    <row r="30" spans="1:7" ht="22.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" ht="22.9" customHeight="1">
       <c r="A30" s="6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B30" s="23"/>
       <c r="C30" s="23"/>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="23"/>
       <c r="G30" s="23"/>
     </row>
-    <row r="31" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" ht="21" customHeight="1">
       <c r="A31" s="6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B31" s="23"/>
       <c r="C31" s="23"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="23"/>
       <c r="G31" s="23"/>
     </row>
-    <row r="32" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" ht="18" customHeight="1">
       <c r="A32" s="6" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B32" s="23"/>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="23"/>
       <c r="F32" s="23"/>
       <c r="G32" s="23"/>
     </row>
-    <row r="33" spans="1:7" ht="33.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:7" ht="33.6" customHeight="1">
       <c r="A33" s="6" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="23"/>
       <c r="G33" s="23"/>
     </row>
-    <row r="34" spans="1:7" ht="55.2" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="35" spans="1:7" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:7" ht="55.15" customHeight="1">
+      <c r="A34" s="53" t="s">
+        <v>38</v>
+      </c>
+      <c r="B34" s="54"/>
+      <c r="C34" s="54"/>
+      <c r="D34" s="54"/>
+      <c r="E34" s="54"/>
+      <c r="F34" s="54"/>
+      <c r="G34" s="54"/>
+    </row>
+    <row r="35" spans="1:7" ht="23.45" customHeight="1">
       <c r="A35" s="6" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="23"/>
       <c r="G35" s="23"/>
     </row>
-    <row r="36" spans="1:7" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:7" ht="34.15" customHeight="1">
       <c r="A36" s="6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="23"/>
       <c r="G36" s="23"/>
     </row>
-    <row r="37" spans="1:7" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:7" ht="64.900000000000006" customHeight="1">
       <c r="A37" s="6" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B37" s="23"/>
       <c r="C37" s="23"/>
       <c r="D37" s="23"/>
       <c r="E37" s="23"/>
       <c r="F37" s="23"/>
       <c r="G37" s="23"/>
     </row>
-    <row r="38" spans="1:7" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:7" ht="34.15" customHeight="1">
       <c r="A38" s="6" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="B38" s="23"/>
       <c r="C38" s="23"/>
       <c r="D38" s="23"/>
       <c r="E38" s="23"/>
       <c r="F38" s="23"/>
       <c r="G38" s="23"/>
     </row>
-    <row r="39" spans="1:7" ht="51.6" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="40" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:7" ht="51.6" customHeight="1">
+      <c r="A39" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="B39" s="54"/>
+      <c r="C39" s="54"/>
+      <c r="D39" s="54"/>
+      <c r="E39" s="54"/>
+      <c r="F39" s="54"/>
+      <c r="G39" s="54"/>
+    </row>
+    <row r="40" spans="1:7" ht="35.450000000000003" customHeight="1">
       <c r="A40" s="10" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B40" s="23"/>
       <c r="C40" s="23"/>
       <c r="D40" s="23"/>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23"/>
     </row>
-    <row r="41" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:7" ht="21" customHeight="1">
       <c r="A41" s="6" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B41" s="23"/>
       <c r="C41" s="23"/>
       <c r="D41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
     </row>
-    <row r="42" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:7" ht="21.6" customHeight="1">
       <c r="A42" s="6" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B42" s="23"/>
       <c r="C42" s="23"/>
       <c r="D42" s="23"/>
       <c r="E42" s="23"/>
       <c r="F42" s="23"/>
       <c r="G42" s="23"/>
     </row>
-    <row r="43" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:7" ht="39" customHeight="1">
       <c r="A43" s="6" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B43" s="23"/>
       <c r="C43" s="23"/>
       <c r="D43" s="23"/>
       <c r="E43" s="23"/>
       <c r="F43" s="23"/>
       <c r="G43" s="23"/>
     </row>
-    <row r="44" spans="1:7" ht="59.4" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="45" spans="1:7" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:7" ht="59.45" customHeight="1">
+      <c r="A44" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="B44" s="54"/>
+      <c r="C44" s="54"/>
+      <c r="D44" s="54"/>
+      <c r="E44" s="54"/>
+      <c r="F44" s="54"/>
+      <c r="G44" s="54"/>
+    </row>
+    <row r="45" spans="1:7" ht="56.25" customHeight="1">
       <c r="A45" s="3" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="23"/>
     </row>
-    <row r="46" spans="1:7" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:7" ht="20.45" customHeight="1">
       <c r="A46" s="3" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B46" s="23"/>
       <c r="C46" s="23"/>
       <c r="D46" s="23"/>
       <c r="E46" s="23"/>
       <c r="F46" s="23"/>
       <c r="G46" s="23"/>
     </row>
-    <row r="47" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:7" ht="21.6" customHeight="1">
       <c r="A47" s="3" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="B47" s="23"/>
       <c r="C47" s="23"/>
       <c r="D47" s="23"/>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
     </row>
-    <row r="48" spans="1:7" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="49" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:7" ht="60" customHeight="1">
+      <c r="A48" s="59" t="s">
+        <v>52</v>
+      </c>
+      <c r="B48" s="59"/>
+      <c r="C48" s="59"/>
+      <c r="D48" s="59"/>
+      <c r="E48" s="59"/>
+      <c r="F48" s="59"/>
+      <c r="G48" s="59"/>
+    </row>
+    <row r="49" spans="1:7" ht="18" customHeight="1">
       <c r="A49" s="3" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B49" s="23"/>
       <c r="C49" s="23"/>
       <c r="D49" s="23"/>
       <c r="E49" s="23"/>
       <c r="F49" s="23"/>
       <c r="G49" s="23"/>
     </row>
-    <row r="50" spans="1:7" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:7" ht="20.45" customHeight="1">
       <c r="A50" s="3" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B50" s="23"/>
       <c r="C50" s="23"/>
       <c r="D50" s="23"/>
       <c r="E50" s="23"/>
       <c r="F50" s="23"/>
       <c r="G50" s="23"/>
     </row>
-    <row r="51" spans="1:7" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:7" ht="22.15" customHeight="1">
       <c r="A51" s="3" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B51" s="23"/>
       <c r="C51" s="23"/>
       <c r="D51" s="23"/>
       <c r="E51" s="23"/>
       <c r="F51" s="23"/>
       <c r="G51" s="23"/>
     </row>
-    <row r="52" spans="1:7" ht="66" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:7" ht="66" customHeight="1">
       <c r="A52" s="3" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B52" s="23"/>
       <c r="C52" s="23"/>
       <c r="D52" s="23"/>
       <c r="E52" s="23"/>
       <c r="F52" s="23"/>
       <c r="G52" s="23"/>
     </row>
-    <row r="53" spans="1:7" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>69</v>
+    <row r="53" spans="1:7" ht="24.6" customHeight="1">
+      <c r="A53" s="26" t="s">
+        <v>57</v>
       </c>
       <c r="B53" s="23"/>
       <c r="C53" s="23"/>
       <c r="D53" s="23"/>
       <c r="E53" s="23"/>
       <c r="F53" s="23"/>
       <c r="G53" s="23"/>
     </row>
-    <row r="54" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-        <v>70</v>
+    <row r="54" spans="1:7" ht="24.6" customHeight="1">
+      <c r="A54" s="26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B54" s="23"/>
+      <c r="C54" s="23"/>
+      <c r="D54" s="23"/>
+      <c r="E54" s="23"/>
+      <c r="F54" s="23"/>
+      <c r="G54" s="23"/>
+    </row>
+    <row r="55" spans="1:7" ht="66" customHeight="1">
+      <c r="A55" s="27" t="s">
+        <v>59</v>
       </c>
       <c r="B55" s="23"/>
       <c r="C55" s="23"/>
       <c r="D55" s="23"/>
       <c r="E55" s="23"/>
       <c r="F55" s="23"/>
       <c r="G55" s="23"/>
     </row>
-    <row r="56" spans="1:7" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-        <v>72</v>
+    <row r="56" spans="1:7" ht="37.15" customHeight="1">
+      <c r="A56" s="38" t="s">
+        <v>60</v>
+      </c>
+      <c r="B56" s="39"/>
+      <c r="C56" s="39"/>
+      <c r="D56" s="39"/>
+      <c r="E56" s="39"/>
+      <c r="F56" s="39"/>
+      <c r="G56" s="40"/>
+    </row>
+    <row r="57" spans="1:7" ht="34.15" customHeight="1">
+      <c r="A57" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="25"/>
+      <c r="E57" s="25"/>
+      <c r="F57" s="25"/>
+      <c r="G57" s="25"/>
+    </row>
+    <row r="58" spans="1:7" ht="60.6" customHeight="1">
+      <c r="A58" s="28" t="s">
+        <v>62</v>
       </c>
       <c r="B58" s="23"/>
       <c r="C58" s="23"/>
       <c r="D58" s="23"/>
       <c r="E58" s="23"/>
       <c r="F58" s="23"/>
       <c r="G58" s="23"/>
     </row>
-    <row r="59" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-        <v>80</v>
+    <row r="59" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A59" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B59" s="23"/>
+      <c r="C59" s="23"/>
+      <c r="D59" s="23"/>
+      <c r="E59" s="23"/>
+      <c r="F59" s="23"/>
+      <c r="G59" s="23"/>
+    </row>
+    <row r="60" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A60" s="29" t="s">
+        <v>64</v>
       </c>
       <c r="B60" s="23"/>
       <c r="C60" s="23"/>
       <c r="D60" s="23"/>
       <c r="E60" s="23"/>
       <c r="F60" s="23"/>
       <c r="G60" s="23"/>
     </row>
-    <row r="61" spans="1:7" ht="36.6" customHeight="1" x14ac:dyDescent="0.3">
-[...78 lines deleted...]
-        <v>17</v>
+    <row r="61" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A61" s="43" t="s">
+        <v>65</v>
+      </c>
+      <c r="B61" s="44"/>
+      <c r="C61" s="44"/>
+      <c r="D61" s="44"/>
+      <c r="E61" s="44"/>
+      <c r="F61" s="44"/>
+      <c r="G61" s="45"/>
+    </row>
+    <row r="62" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A62" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62" s="31"/>
+      <c r="C62" s="31"/>
+      <c r="D62" s="31"/>
+      <c r="E62" s="31"/>
+      <c r="F62" s="31"/>
+      <c r="G62" s="31"/>
+    </row>
+    <row r="63" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A63" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="B63" s="31"/>
+      <c r="C63" s="31"/>
+      <c r="D63" s="31"/>
+      <c r="E63" s="31"/>
+      <c r="F63" s="31"/>
+      <c r="G63" s="31"/>
+    </row>
+    <row r="64" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A64" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B64" s="31"/>
+      <c r="C64" s="31"/>
+      <c r="D64" s="31"/>
+      <c r="E64" s="31"/>
+      <c r="F64" s="31"/>
+      <c r="G64" s="31"/>
+    </row>
+    <row r="65" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A65" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B65" s="31"/>
+      <c r="C65" s="31"/>
+      <c r="D65" s="31"/>
+      <c r="E65" s="31"/>
+      <c r="F65" s="31"/>
+      <c r="G65" s="31"/>
+    </row>
+    <row r="66" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A66" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="B66" s="30"/>
+      <c r="C66" s="30"/>
+      <c r="D66" s="30"/>
+      <c r="E66" s="30"/>
+      <c r="F66" s="30"/>
+      <c r="G66" s="30"/>
+    </row>
+    <row r="67" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A67" s="41" t="s">
+        <v>71</v>
+      </c>
+      <c r="B67" s="41"/>
+      <c r="C67" s="41"/>
+      <c r="D67" s="41"/>
+      <c r="E67" s="41"/>
+      <c r="F67" s="41"/>
+      <c r="G67" s="42"/>
+    </row>
+    <row r="68" spans="1:7" ht="28.15" customHeight="1">
+      <c r="A68" s="26" t="s">
+        <v>72</v>
       </c>
       <c r="B68" s="23"/>
       <c r="C68" s="23"/>
       <c r="D68" s="23"/>
       <c r="E68" s="23"/>
       <c r="F68" s="23"/>
       <c r="G68" s="23"/>
     </row>
-    <row r="69" spans="1:7" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>10</v>
+    <row r="69" spans="1:7" ht="21.6" customHeight="1">
+      <c r="A69" s="26" t="s">
+        <v>73</v>
       </c>
       <c r="B69" s="23"/>
       <c r="C69" s="23"/>
       <c r="D69" s="23"/>
       <c r="E69" s="23"/>
       <c r="F69" s="23"/>
       <c r="G69" s="23"/>
     </row>
-    <row r="70" spans="1:7" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-        <v>20</v>
+    <row r="70" spans="1:7" ht="23.45" customHeight="1">
+      <c r="A70" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B70" s="23"/>
+      <c r="C70" s="23"/>
+      <c r="D70" s="23"/>
+      <c r="E70" s="23"/>
+      <c r="F70" s="23"/>
+      <c r="G70" s="23"/>
+    </row>
+    <row r="71" spans="1:7" ht="24" customHeight="1">
+      <c r="A71" s="26" t="s">
+        <v>75</v>
       </c>
       <c r="B71" s="23"/>
       <c r="C71" s="23"/>
       <c r="D71" s="23"/>
       <c r="E71" s="23"/>
       <c r="F71" s="23"/>
       <c r="G71" s="23"/>
     </row>
-    <row r="72" spans="1:7" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>22</v>
+    <row r="72" spans="1:7" ht="20.45" customHeight="1">
+      <c r="A72" s="26" t="s">
+        <v>76</v>
       </c>
       <c r="B72" s="23"/>
       <c r="C72" s="23"/>
       <c r="D72" s="23"/>
       <c r="E72" s="23"/>
       <c r="F72" s="23"/>
       <c r="G72" s="23"/>
     </row>
-    <row r="73" spans="1:7" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>19</v>
+    <row r="73" spans="1:7" ht="24.6" customHeight="1">
+      <c r="A73" s="26" t="s">
+        <v>77</v>
       </c>
       <c r="B73" s="23"/>
       <c r="C73" s="23"/>
       <c r="D73" s="23"/>
       <c r="E73" s="23"/>
       <c r="F73" s="23"/>
       <c r="G73" s="23"/>
     </row>
-    <row r="74" spans="1:7" ht="25.95" customHeight="1" x14ac:dyDescent="0.3">
-[...896 lines deleted...]
-    <row r="935" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="74" spans="1:7" ht="30.75" customHeight="1">
+      <c r="A74" s="57" t="s">
+        <v>78</v>
+      </c>
+      <c r="B74" s="58"/>
+      <c r="C74" s="58"/>
+      <c r="D74" s="58"/>
+      <c r="E74" s="58"/>
+      <c r="F74" s="58"/>
+      <c r="G74" s="58"/>
+    </row>
+    <row r="75" spans="1:7" ht="16.5" customHeight="1">
+      <c r="A75" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B75" s="23"/>
+      <c r="C75" s="23"/>
+      <c r="D75" s="23"/>
+      <c r="E75" s="23"/>
+      <c r="F75" s="23"/>
+      <c r="G75" s="23"/>
+    </row>
+    <row r="76" spans="1:7" ht="35.450000000000003" customHeight="1">
+      <c r="A76" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B76" s="23"/>
+      <c r="C76" s="23"/>
+      <c r="D76" s="23"/>
+      <c r="E76" s="23"/>
+      <c r="F76" s="23"/>
+      <c r="G76" s="23"/>
+    </row>
+    <row r="77" spans="1:7" ht="60.6" customHeight="1">
+      <c r="A77" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B77" s="23"/>
+      <c r="C77" s="23"/>
+      <c r="D77" s="23"/>
+      <c r="E77" s="23"/>
+      <c r="F77" s="23"/>
+      <c r="G77" s="23"/>
+    </row>
+    <row r="78" spans="1:7" ht="37.15" customHeight="1">
+      <c r="A78" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B78" s="23"/>
+      <c r="C78" s="23"/>
+      <c r="D78" s="23"/>
+      <c r="E78" s="23"/>
+      <c r="F78" s="23"/>
+      <c r="G78" s="23"/>
+    </row>
+    <row r="79" spans="1:7" ht="30.75" customHeight="1">
+      <c r="A79" s="21" t="s">
+        <v>83</v>
+      </c>
+      <c r="B79" s="12"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="12"/>
+      <c r="F79" s="12"/>
+      <c r="G79" s="12"/>
+    </row>
+    <row r="80" spans="1:7" ht="103.9" customHeight="1">
+      <c r="A80" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B80" s="23"/>
+      <c r="C80" s="23"/>
+      <c r="D80" s="23"/>
+      <c r="E80" s="23"/>
+      <c r="F80" s="23"/>
+      <c r="G80" s="23"/>
+    </row>
+    <row r="81" spans="1:7" ht="36.6" customHeight="1">
+      <c r="A81" s="64" t="s">
+        <v>85</v>
+      </c>
+      <c r="B81" s="65"/>
+      <c r="C81" s="65"/>
+      <c r="D81" s="65"/>
+      <c r="E81" s="65"/>
+      <c r="F81" s="65"/>
+      <c r="G81" s="65"/>
+    </row>
+    <row r="82" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A82" s="60" t="s">
+        <v>86</v>
+      </c>
+      <c r="B82" s="61"/>
+      <c r="C82" s="61"/>
+      <c r="D82" s="61"/>
+      <c r="E82" s="61"/>
+      <c r="F82" s="61"/>
+      <c r="G82" s="61"/>
+    </row>
+    <row r="83" spans="1:7" ht="33" customHeight="1">
+      <c r="A83" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B83" s="23"/>
+      <c r="C83" s="23"/>
+      <c r="D83" s="23"/>
+      <c r="E83" s="23"/>
+      <c r="F83" s="23"/>
+      <c r="G83" s="23"/>
+    </row>
+    <row r="84" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A84" s="62" t="s">
+        <v>88</v>
+      </c>
+      <c r="B84" s="63"/>
+      <c r="C84" s="63"/>
+      <c r="D84" s="63"/>
+      <c r="E84" s="63"/>
+      <c r="F84" s="63"/>
+      <c r="G84" s="63"/>
+    </row>
+    <row r="85" spans="1:7" ht="35.450000000000003" customHeight="1">
+      <c r="A85" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B85" s="23"/>
+      <c r="C85" s="23"/>
+      <c r="D85" s="23"/>
+      <c r="E85" s="23"/>
+      <c r="F85" s="23"/>
+      <c r="G85" s="23"/>
+    </row>
+    <row r="86" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A86" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B86" s="23"/>
+      <c r="C86" s="23"/>
+      <c r="D86" s="23"/>
+      <c r="E86" s="23"/>
+      <c r="F86" s="23"/>
+      <c r="G86" s="23"/>
+    </row>
+    <row r="87" spans="1:7" ht="28.5" customHeight="1">
+      <c r="A87" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B87" s="23"/>
+      <c r="C87" s="23"/>
+      <c r="D87" s="23"/>
+      <c r="E87" s="23"/>
+      <c r="F87" s="23"/>
+      <c r="G87" s="23"/>
+    </row>
+    <row r="88" spans="1:7" ht="25.15" customHeight="1">
+      <c r="A88" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B88" s="23"/>
+      <c r="C88" s="23"/>
+      <c r="D88" s="23"/>
+      <c r="E88" s="23"/>
+      <c r="F88" s="23"/>
+      <c r="G88" s="23"/>
+    </row>
+    <row r="89" spans="1:7" ht="37.15" customHeight="1">
+      <c r="A89" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B89" s="23"/>
+      <c r="C89" s="23"/>
+      <c r="D89" s="23"/>
+      <c r="E89" s="23"/>
+      <c r="F89" s="23"/>
+      <c r="G89" s="23"/>
+    </row>
+    <row r="90" spans="1:7" ht="26.45" customHeight="1">
+      <c r="A90" s="55" t="s">
+        <v>94</v>
+      </c>
+      <c r="B90" s="56"/>
+      <c r="C90" s="56"/>
+      <c r="D90" s="56"/>
+      <c r="E90" s="56"/>
+      <c r="F90" s="56"/>
+      <c r="G90" s="56"/>
+    </row>
+    <row r="91" spans="1:7" ht="30" customHeight="1">
+      <c r="A91" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B91" s="23"/>
+      <c r="C91" s="23"/>
+      <c r="D91" s="23"/>
+      <c r="E91" s="23"/>
+      <c r="F91" s="23"/>
+      <c r="G91" s="23"/>
+    </row>
+    <row r="92" spans="1:7" ht="33" customHeight="1">
+      <c r="A92" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B92" s="23"/>
+      <c r="C92" s="23"/>
+      <c r="D92" s="23"/>
+      <c r="E92" s="23"/>
+      <c r="F92" s="23"/>
+      <c r="G92" s="23"/>
+    </row>
+    <row r="93" spans="1:7" ht="18.600000000000001" customHeight="1">
+      <c r="A93" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B93" s="23"/>
+      <c r="C93" s="23"/>
+      <c r="D93" s="23"/>
+      <c r="E93" s="23"/>
+      <c r="F93" s="23"/>
+      <c r="G93" s="23"/>
+    </row>
+    <row r="94" spans="1:7" ht="25.9" customHeight="1">
+      <c r="A94" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B94" s="23"/>
+      <c r="C94" s="23"/>
+      <c r="D94" s="23"/>
+      <c r="E94" s="23"/>
+      <c r="F94" s="23"/>
+      <c r="G94" s="23"/>
+    </row>
+    <row r="95" spans="1:7" ht="28.5" customHeight="1">
+      <c r="B95" s="24"/>
+    </row>
+    <row r="96" spans="1:7" ht="32.25" customHeight="1">
+      <c r="B96" s="4"/>
+    </row>
+    <row r="97" spans="1:2" ht="50.45" customHeight="1">
+      <c r="B97" s="1"/>
+    </row>
+    <row r="98" spans="1:2" ht="36.6" customHeight="1">
+      <c r="B98" s="4"/>
+    </row>
+    <row r="99" spans="1:2" ht="63" customHeight="1">
+      <c r="A99" s="4"/>
+    </row>
+    <row r="100" spans="1:2" ht="54" customHeight="1">
+      <c r="A100" s="4"/>
+    </row>
+    <row r="101" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="102" spans="1:2" ht="14.25" customHeight="1">
+      <c r="A102" s="16"/>
+    </row>
+    <row r="103" spans="1:2" ht="147.75" customHeight="1">
+      <c r="A103" s="17"/>
+    </row>
+    <row r="104" spans="1:2" ht="14.25" customHeight="1">
+      <c r="A104" s="4"/>
+    </row>
+    <row r="105" spans="1:2" ht="14.25" customHeight="1">
+      <c r="A105" s="18" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" ht="159.75" customHeight="1">
+      <c r="A106" s="19"/>
+    </row>
+    <row r="107" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="108" spans="1:2" ht="14.25" customHeight="1">
+      <c r="A108" s="20"/>
+    </row>
+    <row r="109" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="110" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="111" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="112" spans="1:2" ht="14.25" customHeight="1"/>
+    <row r="113" ht="14.25" customHeight="1"/>
+    <row r="114" ht="14.25" customHeight="1"/>
+    <row r="115" ht="14.25" customHeight="1"/>
+    <row r="116" ht="14.25" customHeight="1"/>
+    <row r="117" ht="14.25" customHeight="1"/>
+    <row r="118" ht="14.25" customHeight="1"/>
+    <row r="119" ht="14.25" customHeight="1"/>
+    <row r="120" ht="14.25" customHeight="1"/>
+    <row r="121" ht="14.25" customHeight="1"/>
+    <row r="122" ht="14.25" customHeight="1"/>
+    <row r="123" ht="14.25" customHeight="1"/>
+    <row r="124" ht="14.25" customHeight="1"/>
+    <row r="125" ht="14.25" customHeight="1"/>
+    <row r="126" ht="14.25" customHeight="1"/>
+    <row r="127" ht="14.25" customHeight="1"/>
+    <row r="128" ht="14.25" customHeight="1"/>
+    <row r="129" ht="14.25" customHeight="1"/>
+    <row r="130" ht="14.25" customHeight="1"/>
+    <row r="131" ht="14.25" customHeight="1"/>
+    <row r="132" ht="14.25" customHeight="1"/>
+    <row r="133" ht="14.25" customHeight="1"/>
+    <row r="134" ht="14.25" customHeight="1"/>
+    <row r="135" ht="14.25" customHeight="1"/>
+    <row r="136" ht="14.25" customHeight="1"/>
+    <row r="137" ht="14.25" customHeight="1"/>
+    <row r="138" ht="14.25" customHeight="1"/>
+    <row r="139" ht="14.25" customHeight="1"/>
+    <row r="140" ht="14.25" customHeight="1"/>
+    <row r="141" ht="14.25" customHeight="1"/>
+    <row r="142" ht="14.25" customHeight="1"/>
+    <row r="143" ht="14.25" customHeight="1"/>
+    <row r="144" ht="14.25" customHeight="1"/>
+    <row r="145" ht="14.25" customHeight="1"/>
+    <row r="146" ht="14.25" customHeight="1"/>
+    <row r="147" ht="14.25" customHeight="1"/>
+    <row r="148" ht="14.25" customHeight="1"/>
+    <row r="149" ht="14.25" customHeight="1"/>
+    <row r="150" ht="14.25" customHeight="1"/>
+    <row r="151" ht="14.25" customHeight="1"/>
+    <row r="152" ht="14.25" customHeight="1"/>
+    <row r="153" ht="14.25" customHeight="1"/>
+    <row r="154" ht="14.25" customHeight="1"/>
+    <row r="155" ht="14.25" customHeight="1"/>
+    <row r="156" ht="14.25" customHeight="1"/>
+    <row r="157" ht="14.25" customHeight="1"/>
+    <row r="158" ht="14.25" customHeight="1"/>
+    <row r="159" ht="14.25" customHeight="1"/>
+    <row r="160" ht="14.25" customHeight="1"/>
+    <row r="161" ht="14.25" customHeight="1"/>
+    <row r="162" ht="14.25" customHeight="1"/>
+    <row r="163" ht="14.25" customHeight="1"/>
+    <row r="164" ht="14.25" customHeight="1"/>
+    <row r="165" ht="14.25" customHeight="1"/>
+    <row r="166" ht="14.25" customHeight="1"/>
+    <row r="167" ht="14.25" customHeight="1"/>
+    <row r="168" ht="14.25" customHeight="1"/>
+    <row r="169" ht="14.25" customHeight="1"/>
+    <row r="170" ht="14.25" customHeight="1"/>
+    <row r="171" ht="14.25" customHeight="1"/>
+    <row r="172" ht="14.25" customHeight="1"/>
+    <row r="173" ht="14.25" customHeight="1"/>
+    <row r="174" ht="14.25" customHeight="1"/>
+    <row r="175" ht="14.25" customHeight="1"/>
+    <row r="176" ht="14.25" customHeight="1"/>
+    <row r="177" ht="14.25" customHeight="1"/>
+    <row r="178" ht="14.25" customHeight="1"/>
+    <row r="179" ht="14.25" customHeight="1"/>
+    <row r="180" ht="14.25" customHeight="1"/>
+    <row r="181" ht="14.25" customHeight="1"/>
+    <row r="182" ht="14.25" customHeight="1"/>
+    <row r="183" ht="14.25" customHeight="1"/>
+    <row r="184" ht="14.25" customHeight="1"/>
+    <row r="185" ht="14.25" customHeight="1"/>
+    <row r="186" ht="14.25" customHeight="1"/>
+    <row r="187" ht="14.25" customHeight="1"/>
+    <row r="188" ht="14.25" customHeight="1"/>
+    <row r="189" ht="14.25" customHeight="1"/>
+    <row r="190" ht="14.25" customHeight="1"/>
+    <row r="191" ht="14.25" customHeight="1"/>
+    <row r="192" ht="14.25" customHeight="1"/>
+    <row r="193" ht="14.25" customHeight="1"/>
+    <row r="194" ht="14.25" customHeight="1"/>
+    <row r="195" ht="14.25" customHeight="1"/>
+    <row r="196" ht="14.25" customHeight="1"/>
+    <row r="197" ht="14.25" customHeight="1"/>
+    <row r="198" ht="14.25" customHeight="1"/>
+    <row r="199" ht="14.25" customHeight="1"/>
+    <row r="200" ht="14.25" customHeight="1"/>
+    <row r="201" ht="14.25" customHeight="1"/>
+    <row r="202" ht="14.25" customHeight="1"/>
+    <row r="203" ht="14.25" customHeight="1"/>
+    <row r="204" ht="14.25" customHeight="1"/>
+    <row r="205" ht="14.25" customHeight="1"/>
+    <row r="206" ht="14.25" customHeight="1"/>
+    <row r="207" ht="14.25" customHeight="1"/>
+    <row r="208" ht="14.25" customHeight="1"/>
+    <row r="209" ht="14.25" customHeight="1"/>
+    <row r="210" ht="14.25" customHeight="1"/>
+    <row r="211" ht="14.25" customHeight="1"/>
+    <row r="212" ht="14.25" customHeight="1"/>
+    <row r="213" ht="14.25" customHeight="1"/>
+    <row r="214" ht="14.25" customHeight="1"/>
+    <row r="215" ht="14.25" customHeight="1"/>
+    <row r="216" ht="14.25" customHeight="1"/>
+    <row r="217" ht="14.25" customHeight="1"/>
+    <row r="218" ht="14.25" customHeight="1"/>
+    <row r="219" ht="14.25" customHeight="1"/>
+    <row r="220" ht="14.25" customHeight="1"/>
+    <row r="221" ht="14.25" customHeight="1"/>
+    <row r="222" ht="14.25" customHeight="1"/>
+    <row r="223" ht="14.25" customHeight="1"/>
+    <row r="224" ht="14.25" customHeight="1"/>
+    <row r="225" ht="14.25" customHeight="1"/>
+    <row r="226" ht="14.25" customHeight="1"/>
+    <row r="227" ht="14.25" customHeight="1"/>
+    <row r="228" ht="14.25" customHeight="1"/>
+    <row r="229" ht="14.25" customHeight="1"/>
+    <row r="230" ht="14.25" customHeight="1"/>
+    <row r="231" ht="14.25" customHeight="1"/>
+    <row r="232" ht="14.25" customHeight="1"/>
+    <row r="233" ht="14.25" customHeight="1"/>
+    <row r="234" ht="14.25" customHeight="1"/>
+    <row r="235" ht="14.25" customHeight="1"/>
+    <row r="236" ht="14.25" customHeight="1"/>
+    <row r="237" ht="14.25" customHeight="1"/>
+    <row r="238" ht="14.25" customHeight="1"/>
+    <row r="239" ht="14.25" customHeight="1"/>
+    <row r="240" ht="14.25" customHeight="1"/>
+    <row r="241" ht="14.25" customHeight="1"/>
+    <row r="242" ht="14.25" customHeight="1"/>
+    <row r="243" ht="14.25" customHeight="1"/>
+    <row r="244" ht="14.25" customHeight="1"/>
+    <row r="245" ht="14.25" customHeight="1"/>
+    <row r="246" ht="14.25" customHeight="1"/>
+    <row r="247" ht="14.25" customHeight="1"/>
+    <row r="248" ht="14.25" customHeight="1"/>
+    <row r="249" ht="14.25" customHeight="1"/>
+    <row r="250" ht="14.25" customHeight="1"/>
+    <row r="251" ht="14.25" customHeight="1"/>
+    <row r="252" ht="14.25" customHeight="1"/>
+    <row r="253" ht="14.25" customHeight="1"/>
+    <row r="254" ht="14.25" customHeight="1"/>
+    <row r="255" ht="14.25" customHeight="1"/>
+    <row r="256" ht="14.25" customHeight="1"/>
+    <row r="257" ht="14.25" customHeight="1"/>
+    <row r="258" ht="14.25" customHeight="1"/>
+    <row r="259" ht="14.25" customHeight="1"/>
+    <row r="260" ht="14.25" customHeight="1"/>
+    <row r="261" ht="14.25" customHeight="1"/>
+    <row r="262" ht="14.25" customHeight="1"/>
+    <row r="263" ht="14.25" customHeight="1"/>
+    <row r="264" ht="14.25" customHeight="1"/>
+    <row r="265" ht="14.25" customHeight="1"/>
+    <row r="266" ht="14.25" customHeight="1"/>
+    <row r="267" ht="14.25" customHeight="1"/>
+    <row r="268" ht="14.25" customHeight="1"/>
+    <row r="269" ht="14.25" customHeight="1"/>
+    <row r="270" ht="14.25" customHeight="1"/>
+    <row r="271" ht="14.25" customHeight="1"/>
+    <row r="272" ht="14.25" customHeight="1"/>
+    <row r="273" ht="14.25" customHeight="1"/>
+    <row r="274" ht="14.25" customHeight="1"/>
+    <row r="275" ht="14.25" customHeight="1"/>
+    <row r="276" ht="14.25" customHeight="1"/>
+    <row r="277" ht="14.25" customHeight="1"/>
+    <row r="278" ht="14.25" customHeight="1"/>
+    <row r="279" ht="14.25" customHeight="1"/>
+    <row r="280" ht="14.25" customHeight="1"/>
+    <row r="281" ht="14.25" customHeight="1"/>
+    <row r="282" ht="14.25" customHeight="1"/>
+    <row r="283" ht="14.25" customHeight="1"/>
+    <row r="284" ht="14.25" customHeight="1"/>
+    <row r="285" ht="14.25" customHeight="1"/>
+    <row r="286" ht="14.25" customHeight="1"/>
+    <row r="287" ht="14.25" customHeight="1"/>
+    <row r="288" ht="14.25" customHeight="1"/>
+    <row r="289" ht="14.25" customHeight="1"/>
+    <row r="290" ht="14.25" customHeight="1"/>
+    <row r="291" ht="14.25" customHeight="1"/>
+    <row r="292" ht="14.25" customHeight="1"/>
+    <row r="293" ht="14.25" customHeight="1"/>
+    <row r="294" ht="14.25" customHeight="1"/>
+    <row r="295" ht="14.25" customHeight="1"/>
+    <row r="296" ht="14.25" customHeight="1"/>
+    <row r="297" ht="14.25" customHeight="1"/>
+    <row r="298" ht="14.25" customHeight="1"/>
+    <row r="299" ht="14.25" customHeight="1"/>
+    <row r="300" ht="14.25" customHeight="1"/>
+    <row r="301" ht="14.25" customHeight="1"/>
+    <row r="302" ht="14.25" customHeight="1"/>
+    <row r="303" ht="14.25" customHeight="1"/>
+    <row r="304" ht="14.25" customHeight="1"/>
+    <row r="305" ht="14.25" customHeight="1"/>
+    <row r="306" ht="14.25" customHeight="1"/>
+    <row r="307" ht="14.25" customHeight="1"/>
+    <row r="308" ht="14.25" customHeight="1"/>
+    <row r="309" ht="14.25" customHeight="1"/>
+    <row r="310" ht="14.25" customHeight="1"/>
+    <row r="311" ht="14.25" customHeight="1"/>
+    <row r="312" ht="14.25" customHeight="1"/>
+    <row r="313" ht="14.25" customHeight="1"/>
+    <row r="314" ht="14.25" customHeight="1"/>
+    <row r="315" ht="14.25" customHeight="1"/>
+    <row r="316" ht="14.25" customHeight="1"/>
+    <row r="317" ht="14.25" customHeight="1"/>
+    <row r="318" ht="14.25" customHeight="1"/>
+    <row r="319" ht="14.25" customHeight="1"/>
+    <row r="320" ht="14.25" customHeight="1"/>
+    <row r="321" ht="14.25" customHeight="1"/>
+    <row r="322" ht="14.25" customHeight="1"/>
+    <row r="323" ht="14.25" customHeight="1"/>
+    <row r="324" ht="14.25" customHeight="1"/>
+    <row r="325" ht="14.25" customHeight="1"/>
+    <row r="326" ht="14.25" customHeight="1"/>
+    <row r="327" ht="14.25" customHeight="1"/>
+    <row r="328" ht="14.25" customHeight="1"/>
+    <row r="329" ht="14.25" customHeight="1"/>
+    <row r="330" ht="14.25" customHeight="1"/>
+    <row r="331" ht="14.25" customHeight="1"/>
+    <row r="332" ht="14.25" customHeight="1"/>
+    <row r="333" ht="14.25" customHeight="1"/>
+    <row r="334" ht="14.25" customHeight="1"/>
+    <row r="335" ht="14.25" customHeight="1"/>
+    <row r="336" ht="14.25" customHeight="1"/>
+    <row r="337" ht="14.25" customHeight="1"/>
+    <row r="338" ht="14.25" customHeight="1"/>
+    <row r="339" ht="14.25" customHeight="1"/>
+    <row r="340" ht="14.25" customHeight="1"/>
+    <row r="341" ht="14.25" customHeight="1"/>
+    <row r="342" ht="14.25" customHeight="1"/>
+    <row r="343" ht="14.25" customHeight="1"/>
+    <row r="344" ht="14.25" customHeight="1"/>
+    <row r="345" ht="14.25" customHeight="1"/>
+    <row r="346" ht="14.25" customHeight="1"/>
+    <row r="347" ht="14.25" customHeight="1"/>
+    <row r="348" ht="14.25" customHeight="1"/>
+    <row r="349" ht="14.25" customHeight="1"/>
+    <row r="350" ht="14.25" customHeight="1"/>
+    <row r="351" ht="14.25" customHeight="1"/>
+    <row r="352" ht="14.25" customHeight="1"/>
+    <row r="353" ht="14.25" customHeight="1"/>
+    <row r="354" ht="14.25" customHeight="1"/>
+    <row r="355" ht="14.25" customHeight="1"/>
+    <row r="356" ht="14.25" customHeight="1"/>
+    <row r="357" ht="14.25" customHeight="1"/>
+    <row r="358" ht="14.25" customHeight="1"/>
+    <row r="359" ht="14.25" customHeight="1"/>
+    <row r="360" ht="14.25" customHeight="1"/>
+    <row r="361" ht="14.25" customHeight="1"/>
+    <row r="362" ht="14.25" customHeight="1"/>
+    <row r="363" ht="14.25" customHeight="1"/>
+    <row r="364" ht="14.25" customHeight="1"/>
+    <row r="365" ht="14.25" customHeight="1"/>
+    <row r="366" ht="14.25" customHeight="1"/>
+    <row r="367" ht="14.25" customHeight="1"/>
+    <row r="368" ht="14.25" customHeight="1"/>
+    <row r="369" ht="14.25" customHeight="1"/>
+    <row r="370" ht="14.25" customHeight="1"/>
+    <row r="371" ht="14.25" customHeight="1"/>
+    <row r="372" ht="14.25" customHeight="1"/>
+    <row r="373" ht="14.25" customHeight="1"/>
+    <row r="374" ht="14.25" customHeight="1"/>
+    <row r="375" ht="14.25" customHeight="1"/>
+    <row r="376" ht="14.25" customHeight="1"/>
+    <row r="377" ht="14.25" customHeight="1"/>
+    <row r="378" ht="14.25" customHeight="1"/>
+    <row r="379" ht="14.25" customHeight="1"/>
+    <row r="380" ht="14.25" customHeight="1"/>
+    <row r="381" ht="14.25" customHeight="1"/>
+    <row r="382" ht="14.25" customHeight="1"/>
+    <row r="383" ht="14.25" customHeight="1"/>
+    <row r="384" ht="14.25" customHeight="1"/>
+    <row r="385" ht="14.25" customHeight="1"/>
+    <row r="386" ht="14.25" customHeight="1"/>
+    <row r="387" ht="14.25" customHeight="1"/>
+    <row r="388" ht="14.25" customHeight="1"/>
+    <row r="389" ht="14.25" customHeight="1"/>
+    <row r="390" ht="14.25" customHeight="1"/>
+    <row r="391" ht="14.25" customHeight="1"/>
+    <row r="392" ht="14.25" customHeight="1"/>
+    <row r="393" ht="14.25" customHeight="1"/>
+    <row r="394" ht="14.25" customHeight="1"/>
+    <row r="395" ht="14.25" customHeight="1"/>
+    <row r="396" ht="14.25" customHeight="1"/>
+    <row r="397" ht="14.25" customHeight="1"/>
+    <row r="398" ht="14.25" customHeight="1"/>
+    <row r="399" ht="14.25" customHeight="1"/>
+    <row r="400" ht="14.25" customHeight="1"/>
+    <row r="401" ht="14.25" customHeight="1"/>
+    <row r="402" ht="14.25" customHeight="1"/>
+    <row r="403" ht="14.25" customHeight="1"/>
+    <row r="404" ht="14.25" customHeight="1"/>
+    <row r="405" ht="14.25" customHeight="1"/>
+    <row r="406" ht="14.25" customHeight="1"/>
+    <row r="407" ht="14.25" customHeight="1"/>
+    <row r="408" ht="14.25" customHeight="1"/>
+    <row r="409" ht="14.25" customHeight="1"/>
+    <row r="410" ht="14.25" customHeight="1"/>
+    <row r="411" ht="14.25" customHeight="1"/>
+    <row r="412" ht="14.25" customHeight="1"/>
+    <row r="413" ht="14.25" customHeight="1"/>
+    <row r="414" ht="14.25" customHeight="1"/>
+    <row r="415" ht="14.25" customHeight="1"/>
+    <row r="416" ht="14.25" customHeight="1"/>
+    <row r="417" ht="14.25" customHeight="1"/>
+    <row r="418" ht="14.25" customHeight="1"/>
+    <row r="419" ht="14.25" customHeight="1"/>
+    <row r="420" ht="14.25" customHeight="1"/>
+    <row r="421" ht="14.25" customHeight="1"/>
+    <row r="422" ht="14.25" customHeight="1"/>
+    <row r="423" ht="14.25" customHeight="1"/>
+    <row r="424" ht="14.25" customHeight="1"/>
+    <row r="425" ht="14.25" customHeight="1"/>
+    <row r="426" ht="14.25" customHeight="1"/>
+    <row r="427" ht="14.25" customHeight="1"/>
+    <row r="428" ht="14.25" customHeight="1"/>
+    <row r="429" ht="14.25" customHeight="1"/>
+    <row r="430" ht="14.25" customHeight="1"/>
+    <row r="431" ht="14.25" customHeight="1"/>
+    <row r="432" ht="14.25" customHeight="1"/>
+    <row r="433" ht="14.25" customHeight="1"/>
+    <row r="434" ht="14.25" customHeight="1"/>
+    <row r="435" ht="14.25" customHeight="1"/>
+    <row r="436" ht="14.25" customHeight="1"/>
+    <row r="437" ht="14.25" customHeight="1"/>
+    <row r="438" ht="14.25" customHeight="1"/>
+    <row r="439" ht="14.25" customHeight="1"/>
+    <row r="440" ht="14.25" customHeight="1"/>
+    <row r="441" ht="14.25" customHeight="1"/>
+    <row r="442" ht="14.25" customHeight="1"/>
+    <row r="443" ht="14.25" customHeight="1"/>
+    <row r="444" ht="14.25" customHeight="1"/>
+    <row r="445" ht="14.25" customHeight="1"/>
+    <row r="446" ht="14.25" customHeight="1"/>
+    <row r="447" ht="14.25" customHeight="1"/>
+    <row r="448" ht="14.25" customHeight="1"/>
+    <row r="449" ht="14.25" customHeight="1"/>
+    <row r="450" ht="14.25" customHeight="1"/>
+    <row r="451" ht="14.25" customHeight="1"/>
+    <row r="452" ht="14.25" customHeight="1"/>
+    <row r="453" ht="14.25" customHeight="1"/>
+    <row r="454" ht="14.25" customHeight="1"/>
+    <row r="455" ht="14.25" customHeight="1"/>
+    <row r="456" ht="14.25" customHeight="1"/>
+    <row r="457" ht="14.25" customHeight="1"/>
+    <row r="458" ht="14.25" customHeight="1"/>
+    <row r="459" ht="14.25" customHeight="1"/>
+    <row r="460" ht="14.25" customHeight="1"/>
+    <row r="461" ht="14.25" customHeight="1"/>
+    <row r="462" ht="14.25" customHeight="1"/>
+    <row r="463" ht="14.25" customHeight="1"/>
+    <row r="464" ht="14.25" customHeight="1"/>
+    <row r="465" ht="14.25" customHeight="1"/>
+    <row r="466" ht="14.25" customHeight="1"/>
+    <row r="467" ht="14.25" customHeight="1"/>
+    <row r="468" ht="14.25" customHeight="1"/>
+    <row r="469" ht="14.25" customHeight="1"/>
+    <row r="470" ht="14.25" customHeight="1"/>
+    <row r="471" ht="14.25" customHeight="1"/>
+    <row r="472" ht="14.25" customHeight="1"/>
+    <row r="473" ht="14.25" customHeight="1"/>
+    <row r="474" ht="14.25" customHeight="1"/>
+    <row r="475" ht="14.25" customHeight="1"/>
+    <row r="476" ht="14.25" customHeight="1"/>
+    <row r="477" ht="14.25" customHeight="1"/>
+    <row r="478" ht="14.25" customHeight="1"/>
+    <row r="479" ht="14.25" customHeight="1"/>
+    <row r="480" ht="14.25" customHeight="1"/>
+    <row r="481" ht="14.25" customHeight="1"/>
+    <row r="482" ht="14.25" customHeight="1"/>
+    <row r="483" ht="14.25" customHeight="1"/>
+    <row r="484" ht="14.25" customHeight="1"/>
+    <row r="485" ht="14.25" customHeight="1"/>
+    <row r="486" ht="14.25" customHeight="1"/>
+    <row r="487" ht="14.25" customHeight="1"/>
+    <row r="488" ht="14.25" customHeight="1"/>
+    <row r="489" ht="14.25" customHeight="1"/>
+    <row r="490" ht="14.25" customHeight="1"/>
+    <row r="491" ht="14.25" customHeight="1"/>
+    <row r="492" ht="14.25" customHeight="1"/>
+    <row r="493" ht="14.25" customHeight="1"/>
+    <row r="494" ht="14.25" customHeight="1"/>
+    <row r="495" ht="14.25" customHeight="1"/>
+    <row r="496" ht="14.25" customHeight="1"/>
+    <row r="497" ht="14.25" customHeight="1"/>
+    <row r="498" ht="14.25" customHeight="1"/>
+    <row r="499" ht="14.25" customHeight="1"/>
+    <row r="500" ht="14.25" customHeight="1"/>
+    <row r="501" ht="14.25" customHeight="1"/>
+    <row r="502" ht="14.25" customHeight="1"/>
+    <row r="503" ht="14.25" customHeight="1"/>
+    <row r="504" ht="14.25" customHeight="1"/>
+    <row r="505" ht="14.25" customHeight="1"/>
+    <row r="506" ht="14.25" customHeight="1"/>
+    <row r="507" ht="14.25" customHeight="1"/>
+    <row r="508" ht="14.25" customHeight="1"/>
+    <row r="509" ht="14.25" customHeight="1"/>
+    <row r="510" ht="14.25" customHeight="1"/>
+    <row r="511" ht="14.25" customHeight="1"/>
+    <row r="512" ht="14.25" customHeight="1"/>
+    <row r="513" ht="14.25" customHeight="1"/>
+    <row r="514" ht="14.25" customHeight="1"/>
+    <row r="515" ht="14.25" customHeight="1"/>
+    <row r="516" ht="14.25" customHeight="1"/>
+    <row r="517" ht="14.25" customHeight="1"/>
+    <row r="518" ht="14.25" customHeight="1"/>
+    <row r="519" ht="14.25" customHeight="1"/>
+    <row r="520" ht="14.25" customHeight="1"/>
+    <row r="521" ht="14.25" customHeight="1"/>
+    <row r="522" ht="14.25" customHeight="1"/>
+    <row r="523" ht="14.25" customHeight="1"/>
+    <row r="524" ht="14.25" customHeight="1"/>
+    <row r="525" ht="14.25" customHeight="1"/>
+    <row r="526" ht="14.25" customHeight="1"/>
+    <row r="527" ht="14.25" customHeight="1"/>
+    <row r="528" ht="14.25" customHeight="1"/>
+    <row r="529" ht="14.25" customHeight="1"/>
+    <row r="530" ht="14.25" customHeight="1"/>
+    <row r="531" ht="14.25" customHeight="1"/>
+    <row r="532" ht="14.25" customHeight="1"/>
+    <row r="533" ht="14.25" customHeight="1"/>
+    <row r="534" ht="14.25" customHeight="1"/>
+    <row r="535" ht="14.25" customHeight="1"/>
+    <row r="536" ht="14.25" customHeight="1"/>
+    <row r="537" ht="14.25" customHeight="1"/>
+    <row r="538" ht="14.25" customHeight="1"/>
+    <row r="539" ht="14.25" customHeight="1"/>
+    <row r="540" ht="14.25" customHeight="1"/>
+    <row r="541" ht="14.25" customHeight="1"/>
+    <row r="542" ht="14.25" customHeight="1"/>
+    <row r="543" ht="14.25" customHeight="1"/>
+    <row r="544" ht="14.25" customHeight="1"/>
+    <row r="545" ht="14.25" customHeight="1"/>
+    <row r="546" ht="14.25" customHeight="1"/>
+    <row r="547" ht="14.25" customHeight="1"/>
+    <row r="548" ht="14.25" customHeight="1"/>
+    <row r="549" ht="14.25" customHeight="1"/>
+    <row r="550" ht="14.25" customHeight="1"/>
+    <row r="551" ht="14.25" customHeight="1"/>
+    <row r="552" ht="14.25" customHeight="1"/>
+    <row r="553" ht="14.25" customHeight="1"/>
+    <row r="554" ht="14.25" customHeight="1"/>
+    <row r="555" ht="14.25" customHeight="1"/>
+    <row r="556" ht="14.25" customHeight="1"/>
+    <row r="557" ht="14.25" customHeight="1"/>
+    <row r="558" ht="14.25" customHeight="1"/>
+    <row r="559" ht="14.25" customHeight="1"/>
+    <row r="560" ht="14.25" customHeight="1"/>
+    <row r="561" ht="14.25" customHeight="1"/>
+    <row r="562" ht="14.25" customHeight="1"/>
+    <row r="563" ht="14.25" customHeight="1"/>
+    <row r="564" ht="14.25" customHeight="1"/>
+    <row r="565" ht="14.25" customHeight="1"/>
+    <row r="566" ht="14.25" customHeight="1"/>
+    <row r="567" ht="14.25" customHeight="1"/>
+    <row r="568" ht="14.25" customHeight="1"/>
+    <row r="569" ht="14.25" customHeight="1"/>
+    <row r="570" ht="14.25" customHeight="1"/>
+    <row r="571" ht="14.25" customHeight="1"/>
+    <row r="572" ht="14.25" customHeight="1"/>
+    <row r="573" ht="14.25" customHeight="1"/>
+    <row r="574" ht="14.25" customHeight="1"/>
+    <row r="575" ht="14.25" customHeight="1"/>
+    <row r="576" ht="14.25" customHeight="1"/>
+    <row r="577" ht="14.25" customHeight="1"/>
+    <row r="578" ht="14.25" customHeight="1"/>
+    <row r="579" ht="14.25" customHeight="1"/>
+    <row r="580" ht="14.25" customHeight="1"/>
+    <row r="581" ht="14.25" customHeight="1"/>
+    <row r="582" ht="14.25" customHeight="1"/>
+    <row r="583" ht="14.25" customHeight="1"/>
+    <row r="584" ht="14.25" customHeight="1"/>
+    <row r="585" ht="14.25" customHeight="1"/>
+    <row r="586" ht="14.25" customHeight="1"/>
+    <row r="587" ht="14.25" customHeight="1"/>
+    <row r="588" ht="14.25" customHeight="1"/>
+    <row r="589" ht="14.25" customHeight="1"/>
+    <row r="590" ht="14.25" customHeight="1"/>
+    <row r="591" ht="14.25" customHeight="1"/>
+    <row r="592" ht="14.25" customHeight="1"/>
+    <row r="593" ht="14.25" customHeight="1"/>
+    <row r="594" ht="14.25" customHeight="1"/>
+    <row r="595" ht="14.25" customHeight="1"/>
+    <row r="596" ht="14.25" customHeight="1"/>
+    <row r="597" ht="14.25" customHeight="1"/>
+    <row r="598" ht="14.25" customHeight="1"/>
+    <row r="599" ht="14.25" customHeight="1"/>
+    <row r="600" ht="14.25" customHeight="1"/>
+    <row r="601" ht="14.25" customHeight="1"/>
+    <row r="602" ht="14.25" customHeight="1"/>
+    <row r="603" ht="14.25" customHeight="1"/>
+    <row r="604" ht="14.25" customHeight="1"/>
+    <row r="605" ht="14.25" customHeight="1"/>
+    <row r="606" ht="14.25" customHeight="1"/>
+    <row r="607" ht="14.25" customHeight="1"/>
+    <row r="608" ht="14.25" customHeight="1"/>
+    <row r="609" ht="14.25" customHeight="1"/>
+    <row r="610" ht="14.25" customHeight="1"/>
+    <row r="611" ht="14.25" customHeight="1"/>
+    <row r="612" ht="14.25" customHeight="1"/>
+    <row r="613" ht="14.25" customHeight="1"/>
+    <row r="614" ht="14.25" customHeight="1"/>
+    <row r="615" ht="14.25" customHeight="1"/>
+    <row r="616" ht="14.25" customHeight="1"/>
+    <row r="617" ht="14.25" customHeight="1"/>
+    <row r="618" ht="14.25" customHeight="1"/>
+    <row r="619" ht="14.25" customHeight="1"/>
+    <row r="620" ht="14.25" customHeight="1"/>
+    <row r="621" ht="14.25" customHeight="1"/>
+    <row r="622" ht="14.25" customHeight="1"/>
+    <row r="623" ht="14.25" customHeight="1"/>
+    <row r="624" ht="14.25" customHeight="1"/>
+    <row r="625" ht="14.25" customHeight="1"/>
+    <row r="626" ht="14.25" customHeight="1"/>
+    <row r="627" ht="14.25" customHeight="1"/>
+    <row r="628" ht="14.25" customHeight="1"/>
+    <row r="629" ht="14.25" customHeight="1"/>
+    <row r="630" ht="14.25" customHeight="1"/>
+    <row r="631" ht="14.25" customHeight="1"/>
+    <row r="632" ht="14.25" customHeight="1"/>
+    <row r="633" ht="14.25" customHeight="1"/>
+    <row r="634" ht="14.25" customHeight="1"/>
+    <row r="635" ht="14.25" customHeight="1"/>
+    <row r="636" ht="14.25" customHeight="1"/>
+    <row r="637" ht="14.25" customHeight="1"/>
+    <row r="638" ht="14.25" customHeight="1"/>
+    <row r="639" ht="14.25" customHeight="1"/>
+    <row r="640" ht="14.25" customHeight="1"/>
+    <row r="641" ht="14.25" customHeight="1"/>
+    <row r="642" ht="14.25" customHeight="1"/>
+    <row r="643" ht="14.25" customHeight="1"/>
+    <row r="644" ht="14.25" customHeight="1"/>
+    <row r="645" ht="14.25" customHeight="1"/>
+    <row r="646" ht="14.25" customHeight="1"/>
+    <row r="647" ht="14.25" customHeight="1"/>
+    <row r="648" ht="14.25" customHeight="1"/>
+    <row r="649" ht="14.25" customHeight="1"/>
+    <row r="650" ht="14.25" customHeight="1"/>
+    <row r="651" ht="14.25" customHeight="1"/>
+    <row r="652" ht="14.25" customHeight="1"/>
+    <row r="653" ht="14.25" customHeight="1"/>
+    <row r="654" ht="14.25" customHeight="1"/>
+    <row r="655" ht="14.25" customHeight="1"/>
+    <row r="656" ht="14.25" customHeight="1"/>
+    <row r="657" ht="14.25" customHeight="1"/>
+    <row r="658" ht="14.25" customHeight="1"/>
+    <row r="659" ht="14.25" customHeight="1"/>
+    <row r="660" ht="14.25" customHeight="1"/>
+    <row r="661" ht="14.25" customHeight="1"/>
+    <row r="662" ht="14.25" customHeight="1"/>
+    <row r="663" ht="14.25" customHeight="1"/>
+    <row r="664" ht="14.25" customHeight="1"/>
+    <row r="665" ht="14.25" customHeight="1"/>
+    <row r="666" ht="14.25" customHeight="1"/>
+    <row r="667" ht="14.25" customHeight="1"/>
+    <row r="668" ht="14.25" customHeight="1"/>
+    <row r="669" ht="14.25" customHeight="1"/>
+    <row r="670" ht="14.25" customHeight="1"/>
+    <row r="671" ht="14.25" customHeight="1"/>
+    <row r="672" ht="14.25" customHeight="1"/>
+    <row r="673" ht="14.25" customHeight="1"/>
+    <row r="674" ht="14.25" customHeight="1"/>
+    <row r="675" ht="14.25" customHeight="1"/>
+    <row r="676" ht="14.25" customHeight="1"/>
+    <row r="677" ht="14.25" customHeight="1"/>
+    <row r="678" ht="14.25" customHeight="1"/>
+    <row r="679" ht="14.25" customHeight="1"/>
+    <row r="680" ht="14.25" customHeight="1"/>
+    <row r="681" ht="14.25" customHeight="1"/>
+    <row r="682" ht="14.25" customHeight="1"/>
+    <row r="683" ht="14.25" customHeight="1"/>
+    <row r="684" ht="14.25" customHeight="1"/>
+    <row r="685" ht="14.25" customHeight="1"/>
+    <row r="686" ht="14.25" customHeight="1"/>
+    <row r="687" ht="14.25" customHeight="1"/>
+    <row r="688" ht="14.25" customHeight="1"/>
+    <row r="689" ht="14.25" customHeight="1"/>
+    <row r="690" ht="14.25" customHeight="1"/>
+    <row r="691" ht="14.25" customHeight="1"/>
+    <row r="692" ht="14.25" customHeight="1"/>
+    <row r="693" ht="14.25" customHeight="1"/>
+    <row r="694" ht="14.25" customHeight="1"/>
+    <row r="695" ht="14.25" customHeight="1"/>
+    <row r="696" ht="14.25" customHeight="1"/>
+    <row r="697" ht="14.25" customHeight="1"/>
+    <row r="698" ht="14.25" customHeight="1"/>
+    <row r="699" ht="14.25" customHeight="1"/>
+    <row r="700" ht="14.25" customHeight="1"/>
+    <row r="701" ht="14.25" customHeight="1"/>
+    <row r="702" ht="14.25" customHeight="1"/>
+    <row r="703" ht="14.25" customHeight="1"/>
+    <row r="704" ht="14.25" customHeight="1"/>
+    <row r="705" ht="14.25" customHeight="1"/>
+    <row r="706" ht="14.25" customHeight="1"/>
+    <row r="707" ht="14.25" customHeight="1"/>
+    <row r="708" ht="14.25" customHeight="1"/>
+    <row r="709" ht="14.25" customHeight="1"/>
+    <row r="710" ht="14.25" customHeight="1"/>
+    <row r="711" ht="14.25" customHeight="1"/>
+    <row r="712" ht="14.25" customHeight="1"/>
+    <row r="713" ht="14.25" customHeight="1"/>
+    <row r="714" ht="14.25" customHeight="1"/>
+    <row r="715" ht="14.25" customHeight="1"/>
+    <row r="716" ht="14.25" customHeight="1"/>
+    <row r="717" ht="14.25" customHeight="1"/>
+    <row r="718" ht="14.25" customHeight="1"/>
+    <row r="719" ht="14.25" customHeight="1"/>
+    <row r="720" ht="14.25" customHeight="1"/>
+    <row r="721" ht="14.25" customHeight="1"/>
+    <row r="722" ht="14.25" customHeight="1"/>
+    <row r="723" ht="14.25" customHeight="1"/>
+    <row r="724" ht="14.25" customHeight="1"/>
+    <row r="725" ht="14.25" customHeight="1"/>
+    <row r="726" ht="14.25" customHeight="1"/>
+    <row r="727" ht="14.25" customHeight="1"/>
+    <row r="728" ht="14.25" customHeight="1"/>
+    <row r="729" ht="14.25" customHeight="1"/>
+    <row r="730" ht="14.25" customHeight="1"/>
+    <row r="731" ht="14.25" customHeight="1"/>
+    <row r="732" ht="14.25" customHeight="1"/>
+    <row r="733" ht="14.25" customHeight="1"/>
+    <row r="734" ht="14.25" customHeight="1"/>
+    <row r="735" ht="14.25" customHeight="1"/>
+    <row r="736" ht="14.25" customHeight="1"/>
+    <row r="737" ht="14.25" customHeight="1"/>
+    <row r="738" ht="14.25" customHeight="1"/>
+    <row r="739" ht="14.25" customHeight="1"/>
+    <row r="740" ht="14.25" customHeight="1"/>
+    <row r="741" ht="14.25" customHeight="1"/>
+    <row r="742" ht="14.25" customHeight="1"/>
+    <row r="743" ht="14.25" customHeight="1"/>
+    <row r="744" ht="14.25" customHeight="1"/>
+    <row r="745" ht="14.25" customHeight="1"/>
+    <row r="746" ht="14.25" customHeight="1"/>
+    <row r="747" ht="14.25" customHeight="1"/>
+    <row r="748" ht="14.25" customHeight="1"/>
+    <row r="749" ht="14.25" customHeight="1"/>
+    <row r="750" ht="14.25" customHeight="1"/>
+    <row r="751" ht="14.25" customHeight="1"/>
+    <row r="752" ht="14.25" customHeight="1"/>
+    <row r="753" ht="14.25" customHeight="1"/>
+    <row r="754" ht="14.25" customHeight="1"/>
+    <row r="755" ht="14.25" customHeight="1"/>
+    <row r="756" ht="14.25" customHeight="1"/>
+    <row r="757" ht="14.25" customHeight="1"/>
+    <row r="758" ht="14.25" customHeight="1"/>
+    <row r="759" ht="14.25" customHeight="1"/>
+    <row r="760" ht="14.25" customHeight="1"/>
+    <row r="761" ht="14.25" customHeight="1"/>
+    <row r="762" ht="14.25" customHeight="1"/>
+    <row r="763" ht="14.25" customHeight="1"/>
+    <row r="764" ht="14.25" customHeight="1"/>
+    <row r="765" ht="14.25" customHeight="1"/>
+    <row r="766" ht="14.25" customHeight="1"/>
+    <row r="767" ht="14.25" customHeight="1"/>
+    <row r="768" ht="14.25" customHeight="1"/>
+    <row r="769" ht="14.25" customHeight="1"/>
+    <row r="770" ht="14.25" customHeight="1"/>
+    <row r="771" ht="14.25" customHeight="1"/>
+    <row r="772" ht="14.25" customHeight="1"/>
+    <row r="773" ht="14.25" customHeight="1"/>
+    <row r="774" ht="14.25" customHeight="1"/>
+    <row r="775" ht="14.25" customHeight="1"/>
+    <row r="776" ht="14.25" customHeight="1"/>
+    <row r="777" ht="14.25" customHeight="1"/>
+    <row r="778" ht="14.25" customHeight="1"/>
+    <row r="779" ht="14.25" customHeight="1"/>
+    <row r="780" ht="14.25" customHeight="1"/>
+    <row r="781" ht="14.25" customHeight="1"/>
+    <row r="782" ht="14.25" customHeight="1"/>
+    <row r="783" ht="14.25" customHeight="1"/>
+    <row r="784" ht="14.25" customHeight="1"/>
+    <row r="785" ht="14.25" customHeight="1"/>
+    <row r="786" ht="14.25" customHeight="1"/>
+    <row r="787" ht="14.25" customHeight="1"/>
+    <row r="788" ht="14.25" customHeight="1"/>
+    <row r="789" ht="14.25" customHeight="1"/>
+    <row r="790" ht="14.25" customHeight="1"/>
+    <row r="791" ht="14.25" customHeight="1"/>
+    <row r="792" ht="14.25" customHeight="1"/>
+    <row r="793" ht="14.25" customHeight="1"/>
+    <row r="794" ht="14.25" customHeight="1"/>
+    <row r="795" ht="14.25" customHeight="1"/>
+    <row r="796" ht="14.25" customHeight="1"/>
+    <row r="797" ht="14.25" customHeight="1"/>
+    <row r="798" ht="14.25" customHeight="1"/>
+    <row r="799" ht="14.25" customHeight="1"/>
+    <row r="800" ht="14.25" customHeight="1"/>
+    <row r="801" ht="14.25" customHeight="1"/>
+    <row r="802" ht="14.25" customHeight="1"/>
+    <row r="803" ht="14.25" customHeight="1"/>
+    <row r="804" ht="14.25" customHeight="1"/>
+    <row r="805" ht="14.25" customHeight="1"/>
+    <row r="806" ht="14.25" customHeight="1"/>
+    <row r="807" ht="14.25" customHeight="1"/>
+    <row r="808" ht="14.25" customHeight="1"/>
+    <row r="809" ht="14.25" customHeight="1"/>
+    <row r="810" ht="14.25" customHeight="1"/>
+    <row r="811" ht="14.25" customHeight="1"/>
+    <row r="812" ht="14.25" customHeight="1"/>
+    <row r="813" ht="14.25" customHeight="1"/>
+    <row r="814" ht="14.25" customHeight="1"/>
+    <row r="815" ht="14.25" customHeight="1"/>
+    <row r="816" ht="14.25" customHeight="1"/>
+    <row r="817" ht="14.25" customHeight="1"/>
+    <row r="818" ht="14.25" customHeight="1"/>
+    <row r="819" ht="14.25" customHeight="1"/>
+    <row r="820" ht="14.25" customHeight="1"/>
+    <row r="821" ht="14.25" customHeight="1"/>
+    <row r="822" ht="14.25" customHeight="1"/>
+    <row r="823" ht="14.25" customHeight="1"/>
+    <row r="824" ht="14.25" customHeight="1"/>
+    <row r="825" ht="14.25" customHeight="1"/>
+    <row r="826" ht="14.25" customHeight="1"/>
+    <row r="827" ht="14.25" customHeight="1"/>
+    <row r="828" ht="14.25" customHeight="1"/>
+    <row r="829" ht="14.25" customHeight="1"/>
+    <row r="830" ht="14.25" customHeight="1"/>
+    <row r="831" ht="14.25" customHeight="1"/>
+    <row r="832" ht="14.25" customHeight="1"/>
+    <row r="833" ht="14.25" customHeight="1"/>
+    <row r="834" ht="14.25" customHeight="1"/>
+    <row r="835" ht="14.25" customHeight="1"/>
+    <row r="836" ht="14.25" customHeight="1"/>
+    <row r="837" ht="14.25" customHeight="1"/>
+    <row r="838" ht="14.25" customHeight="1"/>
+    <row r="839" ht="14.25" customHeight="1"/>
+    <row r="840" ht="14.25" customHeight="1"/>
+    <row r="841" ht="14.25" customHeight="1"/>
+    <row r="842" ht="14.25" customHeight="1"/>
+    <row r="843" ht="14.25" customHeight="1"/>
+    <row r="844" ht="14.25" customHeight="1"/>
+    <row r="845" ht="14.25" customHeight="1"/>
+    <row r="846" ht="14.25" customHeight="1"/>
+    <row r="847" ht="14.25" customHeight="1"/>
+    <row r="848" ht="14.25" customHeight="1"/>
+    <row r="849" ht="14.25" customHeight="1"/>
+    <row r="850" ht="14.25" customHeight="1"/>
+    <row r="851" ht="14.25" customHeight="1"/>
+    <row r="852" ht="14.25" customHeight="1"/>
+    <row r="853" ht="14.25" customHeight="1"/>
+    <row r="854" ht="14.25" customHeight="1"/>
+    <row r="855" ht="14.25" customHeight="1"/>
+    <row r="856" ht="14.25" customHeight="1"/>
+    <row r="857" ht="14.25" customHeight="1"/>
+    <row r="858" ht="14.25" customHeight="1"/>
+    <row r="859" ht="14.25" customHeight="1"/>
+    <row r="860" ht="14.25" customHeight="1"/>
+    <row r="861" ht="14.25" customHeight="1"/>
+    <row r="862" ht="14.25" customHeight="1"/>
+    <row r="863" ht="14.25" customHeight="1"/>
+    <row r="864" ht="14.25" customHeight="1"/>
+    <row r="865" ht="14.25" customHeight="1"/>
+    <row r="866" ht="14.25" customHeight="1"/>
+    <row r="867" ht="14.25" customHeight="1"/>
+    <row r="868" ht="14.25" customHeight="1"/>
+    <row r="869" ht="14.25" customHeight="1"/>
+    <row r="870" ht="14.25" customHeight="1"/>
+    <row r="871" ht="14.25" customHeight="1"/>
+    <row r="872" ht="14.25" customHeight="1"/>
+    <row r="873" ht="14.25" customHeight="1"/>
+    <row r="874" ht="14.25" customHeight="1"/>
+    <row r="875" ht="14.25" customHeight="1"/>
+    <row r="876" ht="14.25" customHeight="1"/>
+    <row r="877" ht="14.25" customHeight="1"/>
+    <row r="878" ht="14.25" customHeight="1"/>
+    <row r="879" ht="14.25" customHeight="1"/>
+    <row r="880" ht="14.25" customHeight="1"/>
+    <row r="881" ht="14.25" customHeight="1"/>
+    <row r="882" ht="14.25" customHeight="1"/>
+    <row r="883" ht="14.25" customHeight="1"/>
+    <row r="884" ht="14.25" customHeight="1"/>
+    <row r="885" ht="14.25" customHeight="1"/>
+    <row r="886" ht="14.25" customHeight="1"/>
+    <row r="887" ht="14.25" customHeight="1"/>
+    <row r="888" ht="14.25" customHeight="1"/>
+    <row r="889" ht="14.25" customHeight="1"/>
+    <row r="890" ht="14.25" customHeight="1"/>
+    <row r="891" ht="14.25" customHeight="1"/>
+    <row r="892" ht="14.25" customHeight="1"/>
+    <row r="893" ht="14.25" customHeight="1"/>
+    <row r="894" ht="14.25" customHeight="1"/>
+    <row r="895" ht="14.25" customHeight="1"/>
+    <row r="896" ht="14.25" customHeight="1"/>
+    <row r="897" ht="14.25" customHeight="1"/>
+    <row r="898" ht="14.25" customHeight="1"/>
+    <row r="899" ht="14.25" customHeight="1"/>
+    <row r="900" ht="14.25" customHeight="1"/>
+    <row r="901" ht="14.25" customHeight="1"/>
+    <row r="902" ht="14.25" customHeight="1"/>
+    <row r="903" ht="14.25" customHeight="1"/>
+    <row r="904" ht="14.25" customHeight="1"/>
+    <row r="905" ht="14.25" customHeight="1"/>
+    <row r="906" ht="14.25" customHeight="1"/>
+    <row r="907" ht="14.25" customHeight="1"/>
+    <row r="908" ht="14.25" customHeight="1"/>
+    <row r="909" ht="14.25" customHeight="1"/>
+    <row r="910" ht="14.25" customHeight="1"/>
+    <row r="911" ht="14.25" customHeight="1"/>
+    <row r="912" ht="14.25" customHeight="1"/>
+    <row r="913" ht="14.25" customHeight="1"/>
+    <row r="914" ht="14.25" customHeight="1"/>
+    <row r="915" ht="14.25" customHeight="1"/>
+    <row r="916" ht="14.25" customHeight="1"/>
+    <row r="917" ht="14.25" customHeight="1"/>
+    <row r="918" ht="14.25" customHeight="1"/>
+    <row r="919" ht="14.25" customHeight="1"/>
+    <row r="920" ht="14.25" customHeight="1"/>
+    <row r="921" ht="14.25" customHeight="1"/>
+    <row r="922" ht="14.25" customHeight="1"/>
+    <row r="923" ht="14.25" customHeight="1"/>
+    <row r="924" ht="14.25" customHeight="1"/>
+    <row r="925" ht="14.25" customHeight="1"/>
+    <row r="926" ht="14.25" customHeight="1"/>
+    <row r="927" ht="14.25" customHeight="1"/>
+    <row r="928" ht="14.25" customHeight="1"/>
+    <row r="929" ht="14.25" customHeight="1"/>
+    <row r="930" ht="14.25" customHeight="1"/>
+    <row r="931" ht="14.25" customHeight="1"/>
+    <row r="932" ht="14.25" customHeight="1"/>
+    <row r="933" ht="14.25" customHeight="1"/>
+    <row r="934" ht="14.25" customHeight="1"/>
+    <row r="935" ht="14.25" customHeight="1"/>
+    <row r="936" ht="14.25" customHeight="1"/>
+    <row r="937" ht="14.25" customHeight="1"/>
+    <row r="938" ht="14.25" customHeight="1"/>
+    <row r="939" ht="14.25" customHeight="1"/>
+    <row r="940" ht="14.25" customHeight="1"/>
+    <row r="941" ht="14.25" customHeight="1"/>
+    <row r="942" ht="14.25" customHeight="1"/>
+    <row r="943" ht="14.25" customHeight="1"/>
+    <row r="944" ht="14.25" customHeight="1"/>
+    <row r="945" ht="14.25" customHeight="1"/>
+    <row r="946" ht="14.25" customHeight="1"/>
+    <row r="947" ht="14.25" customHeight="1"/>
+    <row r="948" ht="14.25" customHeight="1"/>
+    <row r="949" ht="14.25" customHeight="1"/>
+    <row r="950" ht="14.25" customHeight="1"/>
+    <row r="951" ht="14.25" customHeight="1"/>
+    <row r="952" ht="14.25" customHeight="1"/>
+    <row r="953" ht="14.25" customHeight="1"/>
+    <row r="954" ht="14.25" customHeight="1"/>
+    <row r="955" ht="14.25" customHeight="1"/>
   </sheetData>
-  <mergeCells count="23">
-[...7 lines deleted...]
-    <mergeCell ref="A17:G17"/>
+  <mergeCells count="27">
     <mergeCell ref="A21:G21"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A39:G39"/>
+    <mergeCell ref="A90:G90"/>
+    <mergeCell ref="A74:G74"/>
+    <mergeCell ref="A44:G44"/>
+    <mergeCell ref="A48:G48"/>
+    <mergeCell ref="A82:G82"/>
+    <mergeCell ref="A84:G84"/>
+    <mergeCell ref="A81:G81"/>
+    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="A56:G56"/>
+    <mergeCell ref="A67:G67"/>
+    <mergeCell ref="A61:G61"/>
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A7:G7"/>
     <mergeCell ref="A12:G12"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
     <mergeCell ref="E2:E4"/>
     <mergeCell ref="F2:F4"/>
-    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="A17:G17"/>
   </mergeCells>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup fitToHeight="0" pageOrder="overThenDown" orientation="portrait" cellComments="atEnd" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:A1000"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="26" width="8.6640625" customWidth="1"/>
+    <col min="1" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
-[...998 lines deleted...]
-    <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="1" ht="14.25" customHeight="1"/>
+    <row r="2" ht="14.25" customHeight="1"/>
+    <row r="3" ht="14.25" customHeight="1"/>
+    <row r="4" ht="14.25" customHeight="1"/>
+    <row r="5" ht="14.25" customHeight="1"/>
+    <row r="6" ht="14.25" customHeight="1"/>
+    <row r="7" ht="14.25" customHeight="1"/>
+    <row r="8" ht="14.25" customHeight="1"/>
+    <row r="9" ht="14.25" customHeight="1"/>
+    <row r="10" ht="14.25" customHeight="1"/>
+    <row r="11" ht="14.25" customHeight="1"/>
+    <row r="12" ht="14.25" customHeight="1"/>
+    <row r="13" ht="14.25" customHeight="1"/>
+    <row r="14" ht="14.25" customHeight="1"/>
+    <row r="15" ht="14.25" customHeight="1"/>
+    <row r="16" ht="14.25" customHeight="1"/>
+    <row r="17" ht="14.25" customHeight="1"/>
+    <row r="18" ht="14.25" customHeight="1"/>
+    <row r="19" ht="14.25" customHeight="1"/>
+    <row r="20" ht="14.25" customHeight="1"/>
+    <row r="21" ht="14.25" customHeight="1"/>
+    <row r="22" ht="14.25" customHeight="1"/>
+    <row r="23" ht="14.25" customHeight="1"/>
+    <row r="24" ht="14.25" customHeight="1"/>
+    <row r="25" ht="14.25" customHeight="1"/>
+    <row r="26" ht="14.25" customHeight="1"/>
+    <row r="27" ht="14.25" customHeight="1"/>
+    <row r="28" ht="14.25" customHeight="1"/>
+    <row r="29" ht="14.25" customHeight="1"/>
+    <row r="30" ht="14.25" customHeight="1"/>
+    <row r="31" ht="14.25" customHeight="1"/>
+    <row r="32" ht="14.25" customHeight="1"/>
+    <row r="33" ht="14.25" customHeight="1"/>
+    <row r="34" ht="14.25" customHeight="1"/>
+    <row r="35" ht="14.25" customHeight="1"/>
+    <row r="36" ht="14.25" customHeight="1"/>
+    <row r="37" ht="14.25" customHeight="1"/>
+    <row r="38" ht="14.25" customHeight="1"/>
+    <row r="39" ht="14.25" customHeight="1"/>
+    <row r="40" ht="14.25" customHeight="1"/>
+    <row r="41" ht="14.25" customHeight="1"/>
+    <row r="42" ht="14.25" customHeight="1"/>
+    <row r="43" ht="14.25" customHeight="1"/>
+    <row r="44" ht="14.25" customHeight="1"/>
+    <row r="45" ht="14.25" customHeight="1"/>
+    <row r="46" ht="14.25" customHeight="1"/>
+    <row r="47" ht="14.25" customHeight="1"/>
+    <row r="48" ht="14.25" customHeight="1"/>
+    <row r="49" ht="14.25" customHeight="1"/>
+    <row r="50" ht="14.25" customHeight="1"/>
+    <row r="51" ht="14.25" customHeight="1"/>
+    <row r="52" ht="14.25" customHeight="1"/>
+    <row r="53" ht="14.25" customHeight="1"/>
+    <row r="54" ht="14.25" customHeight="1"/>
+    <row r="55" ht="14.25" customHeight="1"/>
+    <row r="56" ht="14.25" customHeight="1"/>
+    <row r="57" ht="14.25" customHeight="1"/>
+    <row r="58" ht="14.25" customHeight="1"/>
+    <row r="59" ht="14.25" customHeight="1"/>
+    <row r="60" ht="14.25" customHeight="1"/>
+    <row r="61" ht="14.25" customHeight="1"/>
+    <row r="62" ht="14.25" customHeight="1"/>
+    <row r="63" ht="14.25" customHeight="1"/>
+    <row r="64" ht="14.25" customHeight="1"/>
+    <row r="65" ht="14.25" customHeight="1"/>
+    <row r="66" ht="14.25" customHeight="1"/>
+    <row r="67" ht="14.25" customHeight="1"/>
+    <row r="68" ht="14.25" customHeight="1"/>
+    <row r="69" ht="14.25" customHeight="1"/>
+    <row r="70" ht="14.25" customHeight="1"/>
+    <row r="71" ht="14.25" customHeight="1"/>
+    <row r="72" ht="14.25" customHeight="1"/>
+    <row r="73" ht="14.25" customHeight="1"/>
+    <row r="74" ht="14.25" customHeight="1"/>
+    <row r="75" ht="14.25" customHeight="1"/>
+    <row r="76" ht="14.25" customHeight="1"/>
+    <row r="77" ht="14.25" customHeight="1"/>
+    <row r="78" ht="14.25" customHeight="1"/>
+    <row r="79" ht="14.25" customHeight="1"/>
+    <row r="80" ht="14.25" customHeight="1"/>
+    <row r="81" ht="14.25" customHeight="1"/>
+    <row r="82" ht="14.25" customHeight="1"/>
+    <row r="83" ht="14.25" customHeight="1"/>
+    <row r="84" ht="14.25" customHeight="1"/>
+    <row r="85" ht="14.25" customHeight="1"/>
+    <row r="86" ht="14.25" customHeight="1"/>
+    <row r="87" ht="14.25" customHeight="1"/>
+    <row r="88" ht="14.25" customHeight="1"/>
+    <row r="89" ht="14.25" customHeight="1"/>
+    <row r="90" ht="14.25" customHeight="1"/>
+    <row r="91" ht="14.25" customHeight="1"/>
+    <row r="92" ht="14.25" customHeight="1"/>
+    <row r="93" ht="14.25" customHeight="1"/>
+    <row r="94" ht="14.25" customHeight="1"/>
+    <row r="95" ht="14.25" customHeight="1"/>
+    <row r="96" ht="14.25" customHeight="1"/>
+    <row r="97" ht="14.25" customHeight="1"/>
+    <row r="98" ht="14.25" customHeight="1"/>
+    <row r="99" ht="14.25" customHeight="1"/>
+    <row r="100" ht="14.25" customHeight="1"/>
+    <row r="101" ht="14.25" customHeight="1"/>
+    <row r="102" ht="14.25" customHeight="1"/>
+    <row r="103" ht="14.25" customHeight="1"/>
+    <row r="104" ht="14.25" customHeight="1"/>
+    <row r="105" ht="14.25" customHeight="1"/>
+    <row r="106" ht="14.25" customHeight="1"/>
+    <row r="107" ht="14.25" customHeight="1"/>
+    <row r="108" ht="14.25" customHeight="1"/>
+    <row r="109" ht="14.25" customHeight="1"/>
+    <row r="110" ht="14.25" customHeight="1"/>
+    <row r="111" ht="14.25" customHeight="1"/>
+    <row r="112" ht="14.25" customHeight="1"/>
+    <row r="113" ht="14.25" customHeight="1"/>
+    <row r="114" ht="14.25" customHeight="1"/>
+    <row r="115" ht="14.25" customHeight="1"/>
+    <row r="116" ht="14.25" customHeight="1"/>
+    <row r="117" ht="14.25" customHeight="1"/>
+    <row r="118" ht="14.25" customHeight="1"/>
+    <row r="119" ht="14.25" customHeight="1"/>
+    <row r="120" ht="14.25" customHeight="1"/>
+    <row r="121" ht="14.25" customHeight="1"/>
+    <row r="122" ht="14.25" customHeight="1"/>
+    <row r="123" ht="14.25" customHeight="1"/>
+    <row r="124" ht="14.25" customHeight="1"/>
+    <row r="125" ht="14.25" customHeight="1"/>
+    <row r="126" ht="14.25" customHeight="1"/>
+    <row r="127" ht="14.25" customHeight="1"/>
+    <row r="128" ht="14.25" customHeight="1"/>
+    <row r="129" ht="14.25" customHeight="1"/>
+    <row r="130" ht="14.25" customHeight="1"/>
+    <row r="131" ht="14.25" customHeight="1"/>
+    <row r="132" ht="14.25" customHeight="1"/>
+    <row r="133" ht="14.25" customHeight="1"/>
+    <row r="134" ht="14.25" customHeight="1"/>
+    <row r="135" ht="14.25" customHeight="1"/>
+    <row r="136" ht="14.25" customHeight="1"/>
+    <row r="137" ht="14.25" customHeight="1"/>
+    <row r="138" ht="14.25" customHeight="1"/>
+    <row r="139" ht="14.25" customHeight="1"/>
+    <row r="140" ht="14.25" customHeight="1"/>
+    <row r="141" ht="14.25" customHeight="1"/>
+    <row r="142" ht="14.25" customHeight="1"/>
+    <row r="143" ht="14.25" customHeight="1"/>
+    <row r="144" ht="14.25" customHeight="1"/>
+    <row r="145" ht="14.25" customHeight="1"/>
+    <row r="146" ht="14.25" customHeight="1"/>
+    <row r="147" ht="14.25" customHeight="1"/>
+    <row r="148" ht="14.25" customHeight="1"/>
+    <row r="149" ht="14.25" customHeight="1"/>
+    <row r="150" ht="14.25" customHeight="1"/>
+    <row r="151" ht="14.25" customHeight="1"/>
+    <row r="152" ht="14.25" customHeight="1"/>
+    <row r="153" ht="14.25" customHeight="1"/>
+    <row r="154" ht="14.25" customHeight="1"/>
+    <row r="155" ht="14.25" customHeight="1"/>
+    <row r="156" ht="14.25" customHeight="1"/>
+    <row r="157" ht="14.25" customHeight="1"/>
+    <row r="158" ht="14.25" customHeight="1"/>
+    <row r="159" ht="14.25" customHeight="1"/>
+    <row r="160" ht="14.25" customHeight="1"/>
+    <row r="161" ht="14.25" customHeight="1"/>
+    <row r="162" ht="14.25" customHeight="1"/>
+    <row r="163" ht="14.25" customHeight="1"/>
+    <row r="164" ht="14.25" customHeight="1"/>
+    <row r="165" ht="14.25" customHeight="1"/>
+    <row r="166" ht="14.25" customHeight="1"/>
+    <row r="167" ht="14.25" customHeight="1"/>
+    <row r="168" ht="14.25" customHeight="1"/>
+    <row r="169" ht="14.25" customHeight="1"/>
+    <row r="170" ht="14.25" customHeight="1"/>
+    <row r="171" ht="14.25" customHeight="1"/>
+    <row r="172" ht="14.25" customHeight="1"/>
+    <row r="173" ht="14.25" customHeight="1"/>
+    <row r="174" ht="14.25" customHeight="1"/>
+    <row r="175" ht="14.25" customHeight="1"/>
+    <row r="176" ht="14.25" customHeight="1"/>
+    <row r="177" ht="14.25" customHeight="1"/>
+    <row r="178" ht="14.25" customHeight="1"/>
+    <row r="179" ht="14.25" customHeight="1"/>
+    <row r="180" ht="14.25" customHeight="1"/>
+    <row r="181" ht="14.25" customHeight="1"/>
+    <row r="182" ht="14.25" customHeight="1"/>
+    <row r="183" ht="14.25" customHeight="1"/>
+    <row r="184" ht="14.25" customHeight="1"/>
+    <row r="185" ht="14.25" customHeight="1"/>
+    <row r="186" ht="14.25" customHeight="1"/>
+    <row r="187" ht="14.25" customHeight="1"/>
+    <row r="188" ht="14.25" customHeight="1"/>
+    <row r="189" ht="14.25" customHeight="1"/>
+    <row r="190" ht="14.25" customHeight="1"/>
+    <row r="191" ht="14.25" customHeight="1"/>
+    <row r="192" ht="14.25" customHeight="1"/>
+    <row r="193" ht="14.25" customHeight="1"/>
+    <row r="194" ht="14.25" customHeight="1"/>
+    <row r="195" ht="14.25" customHeight="1"/>
+    <row r="196" ht="14.25" customHeight="1"/>
+    <row r="197" ht="14.25" customHeight="1"/>
+    <row r="198" ht="14.25" customHeight="1"/>
+    <row r="199" ht="14.25" customHeight="1"/>
+    <row r="200" ht="14.25" customHeight="1"/>
+    <row r="201" ht="14.25" customHeight="1"/>
+    <row r="202" ht="14.25" customHeight="1"/>
+    <row r="203" ht="14.25" customHeight="1"/>
+    <row r="204" ht="14.25" customHeight="1"/>
+    <row r="205" ht="14.25" customHeight="1"/>
+    <row r="206" ht="14.25" customHeight="1"/>
+    <row r="207" ht="14.25" customHeight="1"/>
+    <row r="208" ht="14.25" customHeight="1"/>
+    <row r="209" ht="14.25" customHeight="1"/>
+    <row r="210" ht="14.25" customHeight="1"/>
+    <row r="211" ht="14.25" customHeight="1"/>
+    <row r="212" ht="14.25" customHeight="1"/>
+    <row r="213" ht="14.25" customHeight="1"/>
+    <row r="214" ht="14.25" customHeight="1"/>
+    <row r="215" ht="14.25" customHeight="1"/>
+    <row r="216" ht="14.25" customHeight="1"/>
+    <row r="217" ht="14.25" customHeight="1"/>
+    <row r="218" ht="14.25" customHeight="1"/>
+    <row r="219" ht="14.25" customHeight="1"/>
+    <row r="220" ht="14.25" customHeight="1"/>
+    <row r="221" ht="14.25" customHeight="1"/>
+    <row r="222" ht="14.25" customHeight="1"/>
+    <row r="223" ht="14.25" customHeight="1"/>
+    <row r="224" ht="14.25" customHeight="1"/>
+    <row r="225" ht="14.25" customHeight="1"/>
+    <row r="226" ht="14.25" customHeight="1"/>
+    <row r="227" ht="14.25" customHeight="1"/>
+    <row r="228" ht="14.25" customHeight="1"/>
+    <row r="229" ht="14.25" customHeight="1"/>
+    <row r="230" ht="14.25" customHeight="1"/>
+    <row r="231" ht="14.25" customHeight="1"/>
+    <row r="232" ht="14.25" customHeight="1"/>
+    <row r="233" ht="14.25" customHeight="1"/>
+    <row r="234" ht="14.25" customHeight="1"/>
+    <row r="235" ht="14.25" customHeight="1"/>
+    <row r="236" ht="14.25" customHeight="1"/>
+    <row r="237" ht="14.25" customHeight="1"/>
+    <row r="238" ht="14.25" customHeight="1"/>
+    <row r="239" ht="14.25" customHeight="1"/>
+    <row r="240" ht="14.25" customHeight="1"/>
+    <row r="241" ht="14.25" customHeight="1"/>
+    <row r="242" ht="14.25" customHeight="1"/>
+    <row r="243" ht="14.25" customHeight="1"/>
+    <row r="244" ht="14.25" customHeight="1"/>
+    <row r="245" ht="14.25" customHeight="1"/>
+    <row r="246" ht="14.25" customHeight="1"/>
+    <row r="247" ht="14.25" customHeight="1"/>
+    <row r="248" ht="14.25" customHeight="1"/>
+    <row r="249" ht="14.25" customHeight="1"/>
+    <row r="250" ht="14.25" customHeight="1"/>
+    <row r="251" ht="14.25" customHeight="1"/>
+    <row r="252" ht="14.25" customHeight="1"/>
+    <row r="253" ht="14.25" customHeight="1"/>
+    <row r="254" ht="14.25" customHeight="1"/>
+    <row r="255" ht="14.25" customHeight="1"/>
+    <row r="256" ht="14.25" customHeight="1"/>
+    <row r="257" ht="14.25" customHeight="1"/>
+    <row r="258" ht="14.25" customHeight="1"/>
+    <row r="259" ht="14.25" customHeight="1"/>
+    <row r="260" ht="14.25" customHeight="1"/>
+    <row r="261" ht="14.25" customHeight="1"/>
+    <row r="262" ht="14.25" customHeight="1"/>
+    <row r="263" ht="14.25" customHeight="1"/>
+    <row r="264" ht="14.25" customHeight="1"/>
+    <row r="265" ht="14.25" customHeight="1"/>
+    <row r="266" ht="14.25" customHeight="1"/>
+    <row r="267" ht="14.25" customHeight="1"/>
+    <row r="268" ht="14.25" customHeight="1"/>
+    <row r="269" ht="14.25" customHeight="1"/>
+    <row r="270" ht="14.25" customHeight="1"/>
+    <row r="271" ht="14.25" customHeight="1"/>
+    <row r="272" ht="14.25" customHeight="1"/>
+    <row r="273" ht="14.25" customHeight="1"/>
+    <row r="274" ht="14.25" customHeight="1"/>
+    <row r="275" ht="14.25" customHeight="1"/>
+    <row r="276" ht="14.25" customHeight="1"/>
+    <row r="277" ht="14.25" customHeight="1"/>
+    <row r="278" ht="14.25" customHeight="1"/>
+    <row r="279" ht="14.25" customHeight="1"/>
+    <row r="280" ht="14.25" customHeight="1"/>
+    <row r="281" ht="14.25" customHeight="1"/>
+    <row r="282" ht="14.25" customHeight="1"/>
+    <row r="283" ht="14.25" customHeight="1"/>
+    <row r="284" ht="14.25" customHeight="1"/>
+    <row r="285" ht="14.25" customHeight="1"/>
+    <row r="286" ht="14.25" customHeight="1"/>
+    <row r="287" ht="14.25" customHeight="1"/>
+    <row r="288" ht="14.25" customHeight="1"/>
+    <row r="289" ht="14.25" customHeight="1"/>
+    <row r="290" ht="14.25" customHeight="1"/>
+    <row r="291" ht="14.25" customHeight="1"/>
+    <row r="292" ht="14.25" customHeight="1"/>
+    <row r="293" ht="14.25" customHeight="1"/>
+    <row r="294" ht="14.25" customHeight="1"/>
+    <row r="295" ht="14.25" customHeight="1"/>
+    <row r="296" ht="14.25" customHeight="1"/>
+    <row r="297" ht="14.25" customHeight="1"/>
+    <row r="298" ht="14.25" customHeight="1"/>
+    <row r="299" ht="14.25" customHeight="1"/>
+    <row r="300" ht="14.25" customHeight="1"/>
+    <row r="301" ht="14.25" customHeight="1"/>
+    <row r="302" ht="14.25" customHeight="1"/>
+    <row r="303" ht="14.25" customHeight="1"/>
+    <row r="304" ht="14.25" customHeight="1"/>
+    <row r="305" ht="14.25" customHeight="1"/>
+    <row r="306" ht="14.25" customHeight="1"/>
+    <row r="307" ht="14.25" customHeight="1"/>
+    <row r="308" ht="14.25" customHeight="1"/>
+    <row r="309" ht="14.25" customHeight="1"/>
+    <row r="310" ht="14.25" customHeight="1"/>
+    <row r="311" ht="14.25" customHeight="1"/>
+    <row r="312" ht="14.25" customHeight="1"/>
+    <row r="313" ht="14.25" customHeight="1"/>
+    <row r="314" ht="14.25" customHeight="1"/>
+    <row r="315" ht="14.25" customHeight="1"/>
+    <row r="316" ht="14.25" customHeight="1"/>
+    <row r="317" ht="14.25" customHeight="1"/>
+    <row r="318" ht="14.25" customHeight="1"/>
+    <row r="319" ht="14.25" customHeight="1"/>
+    <row r="320" ht="14.25" customHeight="1"/>
+    <row r="321" ht="14.25" customHeight="1"/>
+    <row r="322" ht="14.25" customHeight="1"/>
+    <row r="323" ht="14.25" customHeight="1"/>
+    <row r="324" ht="14.25" customHeight="1"/>
+    <row r="325" ht="14.25" customHeight="1"/>
+    <row r="326" ht="14.25" customHeight="1"/>
+    <row r="327" ht="14.25" customHeight="1"/>
+    <row r="328" ht="14.25" customHeight="1"/>
+    <row r="329" ht="14.25" customHeight="1"/>
+    <row r="330" ht="14.25" customHeight="1"/>
+    <row r="331" ht="14.25" customHeight="1"/>
+    <row r="332" ht="14.25" customHeight="1"/>
+    <row r="333" ht="14.25" customHeight="1"/>
+    <row r="334" ht="14.25" customHeight="1"/>
+    <row r="335" ht="14.25" customHeight="1"/>
+    <row r="336" ht="14.25" customHeight="1"/>
+    <row r="337" ht="14.25" customHeight="1"/>
+    <row r="338" ht="14.25" customHeight="1"/>
+    <row r="339" ht="14.25" customHeight="1"/>
+    <row r="340" ht="14.25" customHeight="1"/>
+    <row r="341" ht="14.25" customHeight="1"/>
+    <row r="342" ht="14.25" customHeight="1"/>
+    <row r="343" ht="14.25" customHeight="1"/>
+    <row r="344" ht="14.25" customHeight="1"/>
+    <row r="345" ht="14.25" customHeight="1"/>
+    <row r="346" ht="14.25" customHeight="1"/>
+    <row r="347" ht="14.25" customHeight="1"/>
+    <row r="348" ht="14.25" customHeight="1"/>
+    <row r="349" ht="14.25" customHeight="1"/>
+    <row r="350" ht="14.25" customHeight="1"/>
+    <row r="351" ht="14.25" customHeight="1"/>
+    <row r="352" ht="14.25" customHeight="1"/>
+    <row r="353" ht="14.25" customHeight="1"/>
+    <row r="354" ht="14.25" customHeight="1"/>
+    <row r="355" ht="14.25" customHeight="1"/>
+    <row r="356" ht="14.25" customHeight="1"/>
+    <row r="357" ht="14.25" customHeight="1"/>
+    <row r="358" ht="14.25" customHeight="1"/>
+    <row r="359" ht="14.25" customHeight="1"/>
+    <row r="360" ht="14.25" customHeight="1"/>
+    <row r="361" ht="14.25" customHeight="1"/>
+    <row r="362" ht="14.25" customHeight="1"/>
+    <row r="363" ht="14.25" customHeight="1"/>
+    <row r="364" ht="14.25" customHeight="1"/>
+    <row r="365" ht="14.25" customHeight="1"/>
+    <row r="366" ht="14.25" customHeight="1"/>
+    <row r="367" ht="14.25" customHeight="1"/>
+    <row r="368" ht="14.25" customHeight="1"/>
+    <row r="369" ht="14.25" customHeight="1"/>
+    <row r="370" ht="14.25" customHeight="1"/>
+    <row r="371" ht="14.25" customHeight="1"/>
+    <row r="372" ht="14.25" customHeight="1"/>
+    <row r="373" ht="14.25" customHeight="1"/>
+    <row r="374" ht="14.25" customHeight="1"/>
+    <row r="375" ht="14.25" customHeight="1"/>
+    <row r="376" ht="14.25" customHeight="1"/>
+    <row r="377" ht="14.25" customHeight="1"/>
+    <row r="378" ht="14.25" customHeight="1"/>
+    <row r="379" ht="14.25" customHeight="1"/>
+    <row r="380" ht="14.25" customHeight="1"/>
+    <row r="381" ht="14.25" customHeight="1"/>
+    <row r="382" ht="14.25" customHeight="1"/>
+    <row r="383" ht="14.25" customHeight="1"/>
+    <row r="384" ht="14.25" customHeight="1"/>
+    <row r="385" ht="14.25" customHeight="1"/>
+    <row r="386" ht="14.25" customHeight="1"/>
+    <row r="387" ht="14.25" customHeight="1"/>
+    <row r="388" ht="14.25" customHeight="1"/>
+    <row r="389" ht="14.25" customHeight="1"/>
+    <row r="390" ht="14.25" customHeight="1"/>
+    <row r="391" ht="14.25" customHeight="1"/>
+    <row r="392" ht="14.25" customHeight="1"/>
+    <row r="393" ht="14.25" customHeight="1"/>
+    <row r="394" ht="14.25" customHeight="1"/>
+    <row r="395" ht="14.25" customHeight="1"/>
+    <row r="396" ht="14.25" customHeight="1"/>
+    <row r="397" ht="14.25" customHeight="1"/>
+    <row r="398" ht="14.25" customHeight="1"/>
+    <row r="399" ht="14.25" customHeight="1"/>
+    <row r="400" ht="14.25" customHeight="1"/>
+    <row r="401" ht="14.25" customHeight="1"/>
+    <row r="402" ht="14.25" customHeight="1"/>
+    <row r="403" ht="14.25" customHeight="1"/>
+    <row r="404" ht="14.25" customHeight="1"/>
+    <row r="405" ht="14.25" customHeight="1"/>
+    <row r="406" ht="14.25" customHeight="1"/>
+    <row r="407" ht="14.25" customHeight="1"/>
+    <row r="408" ht="14.25" customHeight="1"/>
+    <row r="409" ht="14.25" customHeight="1"/>
+    <row r="410" ht="14.25" customHeight="1"/>
+    <row r="411" ht="14.25" customHeight="1"/>
+    <row r="412" ht="14.25" customHeight="1"/>
+    <row r="413" ht="14.25" customHeight="1"/>
+    <row r="414" ht="14.25" customHeight="1"/>
+    <row r="415" ht="14.25" customHeight="1"/>
+    <row r="416" ht="14.25" customHeight="1"/>
+    <row r="417" ht="14.25" customHeight="1"/>
+    <row r="418" ht="14.25" customHeight="1"/>
+    <row r="419" ht="14.25" customHeight="1"/>
+    <row r="420" ht="14.25" customHeight="1"/>
+    <row r="421" ht="14.25" customHeight="1"/>
+    <row r="422" ht="14.25" customHeight="1"/>
+    <row r="423" ht="14.25" customHeight="1"/>
+    <row r="424" ht="14.25" customHeight="1"/>
+    <row r="425" ht="14.25" customHeight="1"/>
+    <row r="426" ht="14.25" customHeight="1"/>
+    <row r="427" ht="14.25" customHeight="1"/>
+    <row r="428" ht="14.25" customHeight="1"/>
+    <row r="429" ht="14.25" customHeight="1"/>
+    <row r="430" ht="14.25" customHeight="1"/>
+    <row r="431" ht="14.25" customHeight="1"/>
+    <row r="432" ht="14.25" customHeight="1"/>
+    <row r="433" ht="14.25" customHeight="1"/>
+    <row r="434" ht="14.25" customHeight="1"/>
+    <row r="435" ht="14.25" customHeight="1"/>
+    <row r="436" ht="14.25" customHeight="1"/>
+    <row r="437" ht="14.25" customHeight="1"/>
+    <row r="438" ht="14.25" customHeight="1"/>
+    <row r="439" ht="14.25" customHeight="1"/>
+    <row r="440" ht="14.25" customHeight="1"/>
+    <row r="441" ht="14.25" customHeight="1"/>
+    <row r="442" ht="14.25" customHeight="1"/>
+    <row r="443" ht="14.25" customHeight="1"/>
+    <row r="444" ht="14.25" customHeight="1"/>
+    <row r="445" ht="14.25" customHeight="1"/>
+    <row r="446" ht="14.25" customHeight="1"/>
+    <row r="447" ht="14.25" customHeight="1"/>
+    <row r="448" ht="14.25" customHeight="1"/>
+    <row r="449" ht="14.25" customHeight="1"/>
+    <row r="450" ht="14.25" customHeight="1"/>
+    <row r="451" ht="14.25" customHeight="1"/>
+    <row r="452" ht="14.25" customHeight="1"/>
+    <row r="453" ht="14.25" customHeight="1"/>
+    <row r="454" ht="14.25" customHeight="1"/>
+    <row r="455" ht="14.25" customHeight="1"/>
+    <row r="456" ht="14.25" customHeight="1"/>
+    <row r="457" ht="14.25" customHeight="1"/>
+    <row r="458" ht="14.25" customHeight="1"/>
+    <row r="459" ht="14.25" customHeight="1"/>
+    <row r="460" ht="14.25" customHeight="1"/>
+    <row r="461" ht="14.25" customHeight="1"/>
+    <row r="462" ht="14.25" customHeight="1"/>
+    <row r="463" ht="14.25" customHeight="1"/>
+    <row r="464" ht="14.25" customHeight="1"/>
+    <row r="465" ht="14.25" customHeight="1"/>
+    <row r="466" ht="14.25" customHeight="1"/>
+    <row r="467" ht="14.25" customHeight="1"/>
+    <row r="468" ht="14.25" customHeight="1"/>
+    <row r="469" ht="14.25" customHeight="1"/>
+    <row r="470" ht="14.25" customHeight="1"/>
+    <row r="471" ht="14.25" customHeight="1"/>
+    <row r="472" ht="14.25" customHeight="1"/>
+    <row r="473" ht="14.25" customHeight="1"/>
+    <row r="474" ht="14.25" customHeight="1"/>
+    <row r="475" ht="14.25" customHeight="1"/>
+    <row r="476" ht="14.25" customHeight="1"/>
+    <row r="477" ht="14.25" customHeight="1"/>
+    <row r="478" ht="14.25" customHeight="1"/>
+    <row r="479" ht="14.25" customHeight="1"/>
+    <row r="480" ht="14.25" customHeight="1"/>
+    <row r="481" ht="14.25" customHeight="1"/>
+    <row r="482" ht="14.25" customHeight="1"/>
+    <row r="483" ht="14.25" customHeight="1"/>
+    <row r="484" ht="14.25" customHeight="1"/>
+    <row r="485" ht="14.25" customHeight="1"/>
+    <row r="486" ht="14.25" customHeight="1"/>
+    <row r="487" ht="14.25" customHeight="1"/>
+    <row r="488" ht="14.25" customHeight="1"/>
+    <row r="489" ht="14.25" customHeight="1"/>
+    <row r="490" ht="14.25" customHeight="1"/>
+    <row r="491" ht="14.25" customHeight="1"/>
+    <row r="492" ht="14.25" customHeight="1"/>
+    <row r="493" ht="14.25" customHeight="1"/>
+    <row r="494" ht="14.25" customHeight="1"/>
+    <row r="495" ht="14.25" customHeight="1"/>
+    <row r="496" ht="14.25" customHeight="1"/>
+    <row r="497" ht="14.25" customHeight="1"/>
+    <row r="498" ht="14.25" customHeight="1"/>
+    <row r="499" ht="14.25" customHeight="1"/>
+    <row r="500" ht="14.25" customHeight="1"/>
+    <row r="501" ht="14.25" customHeight="1"/>
+    <row r="502" ht="14.25" customHeight="1"/>
+    <row r="503" ht="14.25" customHeight="1"/>
+    <row r="504" ht="14.25" customHeight="1"/>
+    <row r="505" ht="14.25" customHeight="1"/>
+    <row r="506" ht="14.25" customHeight="1"/>
+    <row r="507" ht="14.25" customHeight="1"/>
+    <row r="508" ht="14.25" customHeight="1"/>
+    <row r="509" ht="14.25" customHeight="1"/>
+    <row r="510" ht="14.25" customHeight="1"/>
+    <row r="511" ht="14.25" customHeight="1"/>
+    <row r="512" ht="14.25" customHeight="1"/>
+    <row r="513" ht="14.25" customHeight="1"/>
+    <row r="514" ht="14.25" customHeight="1"/>
+    <row r="515" ht="14.25" customHeight="1"/>
+    <row r="516" ht="14.25" customHeight="1"/>
+    <row r="517" ht="14.25" customHeight="1"/>
+    <row r="518" ht="14.25" customHeight="1"/>
+    <row r="519" ht="14.25" customHeight="1"/>
+    <row r="520" ht="14.25" customHeight="1"/>
+    <row r="521" ht="14.25" customHeight="1"/>
+    <row r="522" ht="14.25" customHeight="1"/>
+    <row r="523" ht="14.25" customHeight="1"/>
+    <row r="524" ht="14.25" customHeight="1"/>
+    <row r="525" ht="14.25" customHeight="1"/>
+    <row r="526" ht="14.25" customHeight="1"/>
+    <row r="527" ht="14.25" customHeight="1"/>
+    <row r="528" ht="14.25" customHeight="1"/>
+    <row r="529" ht="14.25" customHeight="1"/>
+    <row r="530" ht="14.25" customHeight="1"/>
+    <row r="531" ht="14.25" customHeight="1"/>
+    <row r="532" ht="14.25" customHeight="1"/>
+    <row r="533" ht="14.25" customHeight="1"/>
+    <row r="534" ht="14.25" customHeight="1"/>
+    <row r="535" ht="14.25" customHeight="1"/>
+    <row r="536" ht="14.25" customHeight="1"/>
+    <row r="537" ht="14.25" customHeight="1"/>
+    <row r="538" ht="14.25" customHeight="1"/>
+    <row r="539" ht="14.25" customHeight="1"/>
+    <row r="540" ht="14.25" customHeight="1"/>
+    <row r="541" ht="14.25" customHeight="1"/>
+    <row r="542" ht="14.25" customHeight="1"/>
+    <row r="543" ht="14.25" customHeight="1"/>
+    <row r="544" ht="14.25" customHeight="1"/>
+    <row r="545" ht="14.25" customHeight="1"/>
+    <row r="546" ht="14.25" customHeight="1"/>
+    <row r="547" ht="14.25" customHeight="1"/>
+    <row r="548" ht="14.25" customHeight="1"/>
+    <row r="549" ht="14.25" customHeight="1"/>
+    <row r="550" ht="14.25" customHeight="1"/>
+    <row r="551" ht="14.25" customHeight="1"/>
+    <row r="552" ht="14.25" customHeight="1"/>
+    <row r="553" ht="14.25" customHeight="1"/>
+    <row r="554" ht="14.25" customHeight="1"/>
+    <row r="555" ht="14.25" customHeight="1"/>
+    <row r="556" ht="14.25" customHeight="1"/>
+    <row r="557" ht="14.25" customHeight="1"/>
+    <row r="558" ht="14.25" customHeight="1"/>
+    <row r="559" ht="14.25" customHeight="1"/>
+    <row r="560" ht="14.25" customHeight="1"/>
+    <row r="561" ht="14.25" customHeight="1"/>
+    <row r="562" ht="14.25" customHeight="1"/>
+    <row r="563" ht="14.25" customHeight="1"/>
+    <row r="564" ht="14.25" customHeight="1"/>
+    <row r="565" ht="14.25" customHeight="1"/>
+    <row r="566" ht="14.25" customHeight="1"/>
+    <row r="567" ht="14.25" customHeight="1"/>
+    <row r="568" ht="14.25" customHeight="1"/>
+    <row r="569" ht="14.25" customHeight="1"/>
+    <row r="570" ht="14.25" customHeight="1"/>
+    <row r="571" ht="14.25" customHeight="1"/>
+    <row r="572" ht="14.25" customHeight="1"/>
+    <row r="573" ht="14.25" customHeight="1"/>
+    <row r="574" ht="14.25" customHeight="1"/>
+    <row r="575" ht="14.25" customHeight="1"/>
+    <row r="576" ht="14.25" customHeight="1"/>
+    <row r="577" ht="14.25" customHeight="1"/>
+    <row r="578" ht="14.25" customHeight="1"/>
+    <row r="579" ht="14.25" customHeight="1"/>
+    <row r="580" ht="14.25" customHeight="1"/>
+    <row r="581" ht="14.25" customHeight="1"/>
+    <row r="582" ht="14.25" customHeight="1"/>
+    <row r="583" ht="14.25" customHeight="1"/>
+    <row r="584" ht="14.25" customHeight="1"/>
+    <row r="585" ht="14.25" customHeight="1"/>
+    <row r="586" ht="14.25" customHeight="1"/>
+    <row r="587" ht="14.25" customHeight="1"/>
+    <row r="588" ht="14.25" customHeight="1"/>
+    <row r="589" ht="14.25" customHeight="1"/>
+    <row r="590" ht="14.25" customHeight="1"/>
+    <row r="591" ht="14.25" customHeight="1"/>
+    <row r="592" ht="14.25" customHeight="1"/>
+    <row r="593" ht="14.25" customHeight="1"/>
+    <row r="594" ht="14.25" customHeight="1"/>
+    <row r="595" ht="14.25" customHeight="1"/>
+    <row r="596" ht="14.25" customHeight="1"/>
+    <row r="597" ht="14.25" customHeight="1"/>
+    <row r="598" ht="14.25" customHeight="1"/>
+    <row r="599" ht="14.25" customHeight="1"/>
+    <row r="600" ht="14.25" customHeight="1"/>
+    <row r="601" ht="14.25" customHeight="1"/>
+    <row r="602" ht="14.25" customHeight="1"/>
+    <row r="603" ht="14.25" customHeight="1"/>
+    <row r="604" ht="14.25" customHeight="1"/>
+    <row r="605" ht="14.25" customHeight="1"/>
+    <row r="606" ht="14.25" customHeight="1"/>
+    <row r="607" ht="14.25" customHeight="1"/>
+    <row r="608" ht="14.25" customHeight="1"/>
+    <row r="609" ht="14.25" customHeight="1"/>
+    <row r="610" ht="14.25" customHeight="1"/>
+    <row r="611" ht="14.25" customHeight="1"/>
+    <row r="612" ht="14.25" customHeight="1"/>
+    <row r="613" ht="14.25" customHeight="1"/>
+    <row r="614" ht="14.25" customHeight="1"/>
+    <row r="615" ht="14.25" customHeight="1"/>
+    <row r="616" ht="14.25" customHeight="1"/>
+    <row r="617" ht="14.25" customHeight="1"/>
+    <row r="618" ht="14.25" customHeight="1"/>
+    <row r="619" ht="14.25" customHeight="1"/>
+    <row r="620" ht="14.25" customHeight="1"/>
+    <row r="621" ht="14.25" customHeight="1"/>
+    <row r="622" ht="14.25" customHeight="1"/>
+    <row r="623" ht="14.25" customHeight="1"/>
+    <row r="624" ht="14.25" customHeight="1"/>
+    <row r="625" ht="14.25" customHeight="1"/>
+    <row r="626" ht="14.25" customHeight="1"/>
+    <row r="627" ht="14.25" customHeight="1"/>
+    <row r="628" ht="14.25" customHeight="1"/>
+    <row r="629" ht="14.25" customHeight="1"/>
+    <row r="630" ht="14.25" customHeight="1"/>
+    <row r="631" ht="14.25" customHeight="1"/>
+    <row r="632" ht="14.25" customHeight="1"/>
+    <row r="633" ht="14.25" customHeight="1"/>
+    <row r="634" ht="14.25" customHeight="1"/>
+    <row r="635" ht="14.25" customHeight="1"/>
+    <row r="636" ht="14.25" customHeight="1"/>
+    <row r="637" ht="14.25" customHeight="1"/>
+    <row r="638" ht="14.25" customHeight="1"/>
+    <row r="639" ht="14.25" customHeight="1"/>
+    <row r="640" ht="14.25" customHeight="1"/>
+    <row r="641" ht="14.25" customHeight="1"/>
+    <row r="642" ht="14.25" customHeight="1"/>
+    <row r="643" ht="14.25" customHeight="1"/>
+    <row r="644" ht="14.25" customHeight="1"/>
+    <row r="645" ht="14.25" customHeight="1"/>
+    <row r="646" ht="14.25" customHeight="1"/>
+    <row r="647" ht="14.25" customHeight="1"/>
+    <row r="648" ht="14.25" customHeight="1"/>
+    <row r="649" ht="14.25" customHeight="1"/>
+    <row r="650" ht="14.25" customHeight="1"/>
+    <row r="651" ht="14.25" customHeight="1"/>
+    <row r="652" ht="14.25" customHeight="1"/>
+    <row r="653" ht="14.25" customHeight="1"/>
+    <row r="654" ht="14.25" customHeight="1"/>
+    <row r="655" ht="14.25" customHeight="1"/>
+    <row r="656" ht="14.25" customHeight="1"/>
+    <row r="657" ht="14.25" customHeight="1"/>
+    <row r="658" ht="14.25" customHeight="1"/>
+    <row r="659" ht="14.25" customHeight="1"/>
+    <row r="660" ht="14.25" customHeight="1"/>
+    <row r="661" ht="14.25" customHeight="1"/>
+    <row r="662" ht="14.25" customHeight="1"/>
+    <row r="663" ht="14.25" customHeight="1"/>
+    <row r="664" ht="14.25" customHeight="1"/>
+    <row r="665" ht="14.25" customHeight="1"/>
+    <row r="666" ht="14.25" customHeight="1"/>
+    <row r="667" ht="14.25" customHeight="1"/>
+    <row r="668" ht="14.25" customHeight="1"/>
+    <row r="669" ht="14.25" customHeight="1"/>
+    <row r="670" ht="14.25" customHeight="1"/>
+    <row r="671" ht="14.25" customHeight="1"/>
+    <row r="672" ht="14.25" customHeight="1"/>
+    <row r="673" ht="14.25" customHeight="1"/>
+    <row r="674" ht="14.25" customHeight="1"/>
+    <row r="675" ht="14.25" customHeight="1"/>
+    <row r="676" ht="14.25" customHeight="1"/>
+    <row r="677" ht="14.25" customHeight="1"/>
+    <row r="678" ht="14.25" customHeight="1"/>
+    <row r="679" ht="14.25" customHeight="1"/>
+    <row r="680" ht="14.25" customHeight="1"/>
+    <row r="681" ht="14.25" customHeight="1"/>
+    <row r="682" ht="14.25" customHeight="1"/>
+    <row r="683" ht="14.25" customHeight="1"/>
+    <row r="684" ht="14.25" customHeight="1"/>
+    <row r="685" ht="14.25" customHeight="1"/>
+    <row r="686" ht="14.25" customHeight="1"/>
+    <row r="687" ht="14.25" customHeight="1"/>
+    <row r="688" ht="14.25" customHeight="1"/>
+    <row r="689" ht="14.25" customHeight="1"/>
+    <row r="690" ht="14.25" customHeight="1"/>
+    <row r="691" ht="14.25" customHeight="1"/>
+    <row r="692" ht="14.25" customHeight="1"/>
+    <row r="693" ht="14.25" customHeight="1"/>
+    <row r="694" ht="14.25" customHeight="1"/>
+    <row r="695" ht="14.25" customHeight="1"/>
+    <row r="696" ht="14.25" customHeight="1"/>
+    <row r="697" ht="14.25" customHeight="1"/>
+    <row r="698" ht="14.25" customHeight="1"/>
+    <row r="699" ht="14.25" customHeight="1"/>
+    <row r="700" ht="14.25" customHeight="1"/>
+    <row r="701" ht="14.25" customHeight="1"/>
+    <row r="702" ht="14.25" customHeight="1"/>
+    <row r="703" ht="14.25" customHeight="1"/>
+    <row r="704" ht="14.25" customHeight="1"/>
+    <row r="705" ht="14.25" customHeight="1"/>
+    <row r="706" ht="14.25" customHeight="1"/>
+    <row r="707" ht="14.25" customHeight="1"/>
+    <row r="708" ht="14.25" customHeight="1"/>
+    <row r="709" ht="14.25" customHeight="1"/>
+    <row r="710" ht="14.25" customHeight="1"/>
+    <row r="711" ht="14.25" customHeight="1"/>
+    <row r="712" ht="14.25" customHeight="1"/>
+    <row r="713" ht="14.25" customHeight="1"/>
+    <row r="714" ht="14.25" customHeight="1"/>
+    <row r="715" ht="14.25" customHeight="1"/>
+    <row r="716" ht="14.25" customHeight="1"/>
+    <row r="717" ht="14.25" customHeight="1"/>
+    <row r="718" ht="14.25" customHeight="1"/>
+    <row r="719" ht="14.25" customHeight="1"/>
+    <row r="720" ht="14.25" customHeight="1"/>
+    <row r="721" ht="14.25" customHeight="1"/>
+    <row r="722" ht="14.25" customHeight="1"/>
+    <row r="723" ht="14.25" customHeight="1"/>
+    <row r="724" ht="14.25" customHeight="1"/>
+    <row r="725" ht="14.25" customHeight="1"/>
+    <row r="726" ht="14.25" customHeight="1"/>
+    <row r="727" ht="14.25" customHeight="1"/>
+    <row r="728" ht="14.25" customHeight="1"/>
+    <row r="729" ht="14.25" customHeight="1"/>
+    <row r="730" ht="14.25" customHeight="1"/>
+    <row r="731" ht="14.25" customHeight="1"/>
+    <row r="732" ht="14.25" customHeight="1"/>
+    <row r="733" ht="14.25" customHeight="1"/>
+    <row r="734" ht="14.25" customHeight="1"/>
+    <row r="735" ht="14.25" customHeight="1"/>
+    <row r="736" ht="14.25" customHeight="1"/>
+    <row r="737" ht="14.25" customHeight="1"/>
+    <row r="738" ht="14.25" customHeight="1"/>
+    <row r="739" ht="14.25" customHeight="1"/>
+    <row r="740" ht="14.25" customHeight="1"/>
+    <row r="741" ht="14.25" customHeight="1"/>
+    <row r="742" ht="14.25" customHeight="1"/>
+    <row r="743" ht="14.25" customHeight="1"/>
+    <row r="744" ht="14.25" customHeight="1"/>
+    <row r="745" ht="14.25" customHeight="1"/>
+    <row r="746" ht="14.25" customHeight="1"/>
+    <row r="747" ht="14.25" customHeight="1"/>
+    <row r="748" ht="14.25" customHeight="1"/>
+    <row r="749" ht="14.25" customHeight="1"/>
+    <row r="750" ht="14.25" customHeight="1"/>
+    <row r="751" ht="14.25" customHeight="1"/>
+    <row r="752" ht="14.25" customHeight="1"/>
+    <row r="753" ht="14.25" customHeight="1"/>
+    <row r="754" ht="14.25" customHeight="1"/>
+    <row r="755" ht="14.25" customHeight="1"/>
+    <row r="756" ht="14.25" customHeight="1"/>
+    <row r="757" ht="14.25" customHeight="1"/>
+    <row r="758" ht="14.25" customHeight="1"/>
+    <row r="759" ht="14.25" customHeight="1"/>
+    <row r="760" ht="14.25" customHeight="1"/>
+    <row r="761" ht="14.25" customHeight="1"/>
+    <row r="762" ht="14.25" customHeight="1"/>
+    <row r="763" ht="14.25" customHeight="1"/>
+    <row r="764" ht="14.25" customHeight="1"/>
+    <row r="765" ht="14.25" customHeight="1"/>
+    <row r="766" ht="14.25" customHeight="1"/>
+    <row r="767" ht="14.25" customHeight="1"/>
+    <row r="768" ht="14.25" customHeight="1"/>
+    <row r="769" ht="14.25" customHeight="1"/>
+    <row r="770" ht="14.25" customHeight="1"/>
+    <row r="771" ht="14.25" customHeight="1"/>
+    <row r="772" ht="14.25" customHeight="1"/>
+    <row r="773" ht="14.25" customHeight="1"/>
+    <row r="774" ht="14.25" customHeight="1"/>
+    <row r="775" ht="14.25" customHeight="1"/>
+    <row r="776" ht="14.25" customHeight="1"/>
+    <row r="777" ht="14.25" customHeight="1"/>
+    <row r="778" ht="14.25" customHeight="1"/>
+    <row r="779" ht="14.25" customHeight="1"/>
+    <row r="780" ht="14.25" customHeight="1"/>
+    <row r="781" ht="14.25" customHeight="1"/>
+    <row r="782" ht="14.25" customHeight="1"/>
+    <row r="783" ht="14.25" customHeight="1"/>
+    <row r="784" ht="14.25" customHeight="1"/>
+    <row r="785" ht="14.25" customHeight="1"/>
+    <row r="786" ht="14.25" customHeight="1"/>
+    <row r="787" ht="14.25" customHeight="1"/>
+    <row r="788" ht="14.25" customHeight="1"/>
+    <row r="789" ht="14.25" customHeight="1"/>
+    <row r="790" ht="14.25" customHeight="1"/>
+    <row r="791" ht="14.25" customHeight="1"/>
+    <row r="792" ht="14.25" customHeight="1"/>
+    <row r="793" ht="14.25" customHeight="1"/>
+    <row r="794" ht="14.25" customHeight="1"/>
+    <row r="795" ht="14.25" customHeight="1"/>
+    <row r="796" ht="14.25" customHeight="1"/>
+    <row r="797" ht="14.25" customHeight="1"/>
+    <row r="798" ht="14.25" customHeight="1"/>
+    <row r="799" ht="14.25" customHeight="1"/>
+    <row r="800" ht="14.25" customHeight="1"/>
+    <row r="801" ht="14.25" customHeight="1"/>
+    <row r="802" ht="14.25" customHeight="1"/>
+    <row r="803" ht="14.25" customHeight="1"/>
+    <row r="804" ht="14.25" customHeight="1"/>
+    <row r="805" ht="14.25" customHeight="1"/>
+    <row r="806" ht="14.25" customHeight="1"/>
+    <row r="807" ht="14.25" customHeight="1"/>
+    <row r="808" ht="14.25" customHeight="1"/>
+    <row r="809" ht="14.25" customHeight="1"/>
+    <row r="810" ht="14.25" customHeight="1"/>
+    <row r="811" ht="14.25" customHeight="1"/>
+    <row r="812" ht="14.25" customHeight="1"/>
+    <row r="813" ht="14.25" customHeight="1"/>
+    <row r="814" ht="14.25" customHeight="1"/>
+    <row r="815" ht="14.25" customHeight="1"/>
+    <row r="816" ht="14.25" customHeight="1"/>
+    <row r="817" ht="14.25" customHeight="1"/>
+    <row r="818" ht="14.25" customHeight="1"/>
+    <row r="819" ht="14.25" customHeight="1"/>
+    <row r="820" ht="14.25" customHeight="1"/>
+    <row r="821" ht="14.25" customHeight="1"/>
+    <row r="822" ht="14.25" customHeight="1"/>
+    <row r="823" ht="14.25" customHeight="1"/>
+    <row r="824" ht="14.25" customHeight="1"/>
+    <row r="825" ht="14.25" customHeight="1"/>
+    <row r="826" ht="14.25" customHeight="1"/>
+    <row r="827" ht="14.25" customHeight="1"/>
+    <row r="828" ht="14.25" customHeight="1"/>
+    <row r="829" ht="14.25" customHeight="1"/>
+    <row r="830" ht="14.25" customHeight="1"/>
+    <row r="831" ht="14.25" customHeight="1"/>
+    <row r="832" ht="14.25" customHeight="1"/>
+    <row r="833" ht="14.25" customHeight="1"/>
+    <row r="834" ht="14.25" customHeight="1"/>
+    <row r="835" ht="14.25" customHeight="1"/>
+    <row r="836" ht="14.25" customHeight="1"/>
+    <row r="837" ht="14.25" customHeight="1"/>
+    <row r="838" ht="14.25" customHeight="1"/>
+    <row r="839" ht="14.25" customHeight="1"/>
+    <row r="840" ht="14.25" customHeight="1"/>
+    <row r="841" ht="14.25" customHeight="1"/>
+    <row r="842" ht="14.25" customHeight="1"/>
+    <row r="843" ht="14.25" customHeight="1"/>
+    <row r="844" ht="14.25" customHeight="1"/>
+    <row r="845" ht="14.25" customHeight="1"/>
+    <row r="846" ht="14.25" customHeight="1"/>
+    <row r="847" ht="14.25" customHeight="1"/>
+    <row r="848" ht="14.25" customHeight="1"/>
+    <row r="849" ht="14.25" customHeight="1"/>
+    <row r="850" ht="14.25" customHeight="1"/>
+    <row r="851" ht="14.25" customHeight="1"/>
+    <row r="852" ht="14.25" customHeight="1"/>
+    <row r="853" ht="14.25" customHeight="1"/>
+    <row r="854" ht="14.25" customHeight="1"/>
+    <row r="855" ht="14.25" customHeight="1"/>
+    <row r="856" ht="14.25" customHeight="1"/>
+    <row r="857" ht="14.25" customHeight="1"/>
+    <row r="858" ht="14.25" customHeight="1"/>
+    <row r="859" ht="14.25" customHeight="1"/>
+    <row r="860" ht="14.25" customHeight="1"/>
+    <row r="861" ht="14.25" customHeight="1"/>
+    <row r="862" ht="14.25" customHeight="1"/>
+    <row r="863" ht="14.25" customHeight="1"/>
+    <row r="864" ht="14.25" customHeight="1"/>
+    <row r="865" ht="14.25" customHeight="1"/>
+    <row r="866" ht="14.25" customHeight="1"/>
+    <row r="867" ht="14.25" customHeight="1"/>
+    <row r="868" ht="14.25" customHeight="1"/>
+    <row r="869" ht="14.25" customHeight="1"/>
+    <row r="870" ht="14.25" customHeight="1"/>
+    <row r="871" ht="14.25" customHeight="1"/>
+    <row r="872" ht="14.25" customHeight="1"/>
+    <row r="873" ht="14.25" customHeight="1"/>
+    <row r="874" ht="14.25" customHeight="1"/>
+    <row r="875" ht="14.25" customHeight="1"/>
+    <row r="876" ht="14.25" customHeight="1"/>
+    <row r="877" ht="14.25" customHeight="1"/>
+    <row r="878" ht="14.25" customHeight="1"/>
+    <row r="879" ht="14.25" customHeight="1"/>
+    <row r="880" ht="14.25" customHeight="1"/>
+    <row r="881" ht="14.25" customHeight="1"/>
+    <row r="882" ht="14.25" customHeight="1"/>
+    <row r="883" ht="14.25" customHeight="1"/>
+    <row r="884" ht="14.25" customHeight="1"/>
+    <row r="885" ht="14.25" customHeight="1"/>
+    <row r="886" ht="14.25" customHeight="1"/>
+    <row r="887" ht="14.25" customHeight="1"/>
+    <row r="888" ht="14.25" customHeight="1"/>
+    <row r="889" ht="14.25" customHeight="1"/>
+    <row r="890" ht="14.25" customHeight="1"/>
+    <row r="891" ht="14.25" customHeight="1"/>
+    <row r="892" ht="14.25" customHeight="1"/>
+    <row r="893" ht="14.25" customHeight="1"/>
+    <row r="894" ht="14.25" customHeight="1"/>
+    <row r="895" ht="14.25" customHeight="1"/>
+    <row r="896" ht="14.25" customHeight="1"/>
+    <row r="897" ht="14.25" customHeight="1"/>
+    <row r="898" ht="14.25" customHeight="1"/>
+    <row r="899" ht="14.25" customHeight="1"/>
+    <row r="900" ht="14.25" customHeight="1"/>
+    <row r="901" ht="14.25" customHeight="1"/>
+    <row r="902" ht="14.25" customHeight="1"/>
+    <row r="903" ht="14.25" customHeight="1"/>
+    <row r="904" ht="14.25" customHeight="1"/>
+    <row r="905" ht="14.25" customHeight="1"/>
+    <row r="906" ht="14.25" customHeight="1"/>
+    <row r="907" ht="14.25" customHeight="1"/>
+    <row r="908" ht="14.25" customHeight="1"/>
+    <row r="909" ht="14.25" customHeight="1"/>
+    <row r="910" ht="14.25" customHeight="1"/>
+    <row r="911" ht="14.25" customHeight="1"/>
+    <row r="912" ht="14.25" customHeight="1"/>
+    <row r="913" ht="14.25" customHeight="1"/>
+    <row r="914" ht="14.25" customHeight="1"/>
+    <row r="915" ht="14.25" customHeight="1"/>
+    <row r="916" ht="14.25" customHeight="1"/>
+    <row r="917" ht="14.25" customHeight="1"/>
+    <row r="918" ht="14.25" customHeight="1"/>
+    <row r="919" ht="14.25" customHeight="1"/>
+    <row r="920" ht="14.25" customHeight="1"/>
+    <row r="921" ht="14.25" customHeight="1"/>
+    <row r="922" ht="14.25" customHeight="1"/>
+    <row r="923" ht="14.25" customHeight="1"/>
+    <row r="924" ht="14.25" customHeight="1"/>
+    <row r="925" ht="14.25" customHeight="1"/>
+    <row r="926" ht="14.25" customHeight="1"/>
+    <row r="927" ht="14.25" customHeight="1"/>
+    <row r="928" ht="14.25" customHeight="1"/>
+    <row r="929" ht="14.25" customHeight="1"/>
+    <row r="930" ht="14.25" customHeight="1"/>
+    <row r="931" ht="14.25" customHeight="1"/>
+    <row r="932" ht="14.25" customHeight="1"/>
+    <row r="933" ht="14.25" customHeight="1"/>
+    <row r="934" ht="14.25" customHeight="1"/>
+    <row r="935" ht="14.25" customHeight="1"/>
+    <row r="936" ht="14.25" customHeight="1"/>
+    <row r="937" ht="14.25" customHeight="1"/>
+    <row r="938" ht="14.25" customHeight="1"/>
+    <row r="939" ht="14.25" customHeight="1"/>
+    <row r="940" ht="14.25" customHeight="1"/>
+    <row r="941" ht="14.25" customHeight="1"/>
+    <row r="942" ht="14.25" customHeight="1"/>
+    <row r="943" ht="14.25" customHeight="1"/>
+    <row r="944" ht="14.25" customHeight="1"/>
+    <row r="945" ht="14.25" customHeight="1"/>
+    <row r="946" ht="14.25" customHeight="1"/>
+    <row r="947" ht="14.25" customHeight="1"/>
+    <row r="948" ht="14.25" customHeight="1"/>
+    <row r="949" ht="14.25" customHeight="1"/>
+    <row r="950" ht="14.25" customHeight="1"/>
+    <row r="951" ht="14.25" customHeight="1"/>
+    <row r="952" ht="14.25" customHeight="1"/>
+    <row r="953" ht="14.25" customHeight="1"/>
+    <row r="954" ht="14.25" customHeight="1"/>
+    <row r="955" ht="14.25" customHeight="1"/>
+    <row r="956" ht="14.25" customHeight="1"/>
+    <row r="957" ht="14.25" customHeight="1"/>
+    <row r="958" ht="14.25" customHeight="1"/>
+    <row r="959" ht="14.25" customHeight="1"/>
+    <row r="960" ht="14.25" customHeight="1"/>
+    <row r="961" ht="14.25" customHeight="1"/>
+    <row r="962" ht="14.25" customHeight="1"/>
+    <row r="963" ht="14.25" customHeight="1"/>
+    <row r="964" ht="14.25" customHeight="1"/>
+    <row r="965" ht="14.25" customHeight="1"/>
+    <row r="966" ht="14.25" customHeight="1"/>
+    <row r="967" ht="14.25" customHeight="1"/>
+    <row r="968" ht="14.25" customHeight="1"/>
+    <row r="969" ht="14.25" customHeight="1"/>
+    <row r="970" ht="14.25" customHeight="1"/>
+    <row r="971" ht="14.25" customHeight="1"/>
+    <row r="972" ht="14.25" customHeight="1"/>
+    <row r="973" ht="14.25" customHeight="1"/>
+    <row r="974" ht="14.25" customHeight="1"/>
+    <row r="975" ht="14.25" customHeight="1"/>
+    <row r="976" ht="14.25" customHeight="1"/>
+    <row r="977" ht="14.25" customHeight="1"/>
+    <row r="978" ht="14.25" customHeight="1"/>
+    <row r="979" ht="14.25" customHeight="1"/>
+    <row r="980" ht="14.25" customHeight="1"/>
+    <row r="981" ht="14.25" customHeight="1"/>
+    <row r="982" ht="14.25" customHeight="1"/>
+    <row r="983" ht="14.25" customHeight="1"/>
+    <row r="984" ht="14.25" customHeight="1"/>
+    <row r="985" ht="14.25" customHeight="1"/>
+    <row r="986" ht="14.25" customHeight="1"/>
+    <row r="987" ht="14.25" customHeight="1"/>
+    <row r="988" ht="14.25" customHeight="1"/>
+    <row r="989" ht="14.25" customHeight="1"/>
+    <row r="990" ht="14.25" customHeight="1"/>
+    <row r="991" ht="14.25" customHeight="1"/>
+    <row r="992" ht="14.25" customHeight="1"/>
+    <row r="993" ht="14.25" customHeight="1"/>
+    <row r="994" ht="14.25" customHeight="1"/>
+    <row r="995" ht="14.25" customHeight="1"/>
+    <row r="996" ht="14.25" customHeight="1"/>
+    <row r="997" ht="14.25" customHeight="1"/>
+    <row r="998" ht="14.25" customHeight="1"/>
+    <row r="999" ht="14.25" customHeight="1"/>
+    <row r="1000" ht="14.25" customHeight="1"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:A1000"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="26" width="8.6640625" customWidth="1"/>
+    <col min="1" max="26" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
-[...998 lines deleted...]
-    <row r="1000" ht="14.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="1" ht="14.25" customHeight="1"/>
+    <row r="2" ht="14.25" customHeight="1"/>
+    <row r="3" ht="14.25" customHeight="1"/>
+    <row r="4" ht="14.25" customHeight="1"/>
+    <row r="5" ht="14.25" customHeight="1"/>
+    <row r="6" ht="14.25" customHeight="1"/>
+    <row r="7" ht="14.25" customHeight="1"/>
+    <row r="8" ht="14.25" customHeight="1"/>
+    <row r="9" ht="14.25" customHeight="1"/>
+    <row r="10" ht="14.25" customHeight="1"/>
+    <row r="11" ht="14.25" customHeight="1"/>
+    <row r="12" ht="14.25" customHeight="1"/>
+    <row r="13" ht="14.25" customHeight="1"/>
+    <row r="14" ht="14.25" customHeight="1"/>
+    <row r="15" ht="14.25" customHeight="1"/>
+    <row r="16" ht="14.25" customHeight="1"/>
+    <row r="17" ht="14.25" customHeight="1"/>
+    <row r="18" ht="14.25" customHeight="1"/>
+    <row r="19" ht="14.25" customHeight="1"/>
+    <row r="20" ht="14.25" customHeight="1"/>
+    <row r="21" ht="14.25" customHeight="1"/>
+    <row r="22" ht="14.25" customHeight="1"/>
+    <row r="23" ht="14.25" customHeight="1"/>
+    <row r="24" ht="14.25" customHeight="1"/>
+    <row r="25" ht="14.25" customHeight="1"/>
+    <row r="26" ht="14.25" customHeight="1"/>
+    <row r="27" ht="14.25" customHeight="1"/>
+    <row r="28" ht="14.25" customHeight="1"/>
+    <row r="29" ht="14.25" customHeight="1"/>
+    <row r="30" ht="14.25" customHeight="1"/>
+    <row r="31" ht="14.25" customHeight="1"/>
+    <row r="32" ht="14.25" customHeight="1"/>
+    <row r="33" ht="14.25" customHeight="1"/>
+    <row r="34" ht="14.25" customHeight="1"/>
+    <row r="35" ht="14.25" customHeight="1"/>
+    <row r="36" ht="14.25" customHeight="1"/>
+    <row r="37" ht="14.25" customHeight="1"/>
+    <row r="38" ht="14.25" customHeight="1"/>
+    <row r="39" ht="14.25" customHeight="1"/>
+    <row r="40" ht="14.25" customHeight="1"/>
+    <row r="41" ht="14.25" customHeight="1"/>
+    <row r="42" ht="14.25" customHeight="1"/>
+    <row r="43" ht="14.25" customHeight="1"/>
+    <row r="44" ht="14.25" customHeight="1"/>
+    <row r="45" ht="14.25" customHeight="1"/>
+    <row r="46" ht="14.25" customHeight="1"/>
+    <row r="47" ht="14.25" customHeight="1"/>
+    <row r="48" ht="14.25" customHeight="1"/>
+    <row r="49" ht="14.25" customHeight="1"/>
+    <row r="50" ht="14.25" customHeight="1"/>
+    <row r="51" ht="14.25" customHeight="1"/>
+    <row r="52" ht="14.25" customHeight="1"/>
+    <row r="53" ht="14.25" customHeight="1"/>
+    <row r="54" ht="14.25" customHeight="1"/>
+    <row r="55" ht="14.25" customHeight="1"/>
+    <row r="56" ht="14.25" customHeight="1"/>
+    <row r="57" ht="14.25" customHeight="1"/>
+    <row r="58" ht="14.25" customHeight="1"/>
+    <row r="59" ht="14.25" customHeight="1"/>
+    <row r="60" ht="14.25" customHeight="1"/>
+    <row r="61" ht="14.25" customHeight="1"/>
+    <row r="62" ht="14.25" customHeight="1"/>
+    <row r="63" ht="14.25" customHeight="1"/>
+    <row r="64" ht="14.25" customHeight="1"/>
+    <row r="65" ht="14.25" customHeight="1"/>
+    <row r="66" ht="14.25" customHeight="1"/>
+    <row r="67" ht="14.25" customHeight="1"/>
+    <row r="68" ht="14.25" customHeight="1"/>
+    <row r="69" ht="14.25" customHeight="1"/>
+    <row r="70" ht="14.25" customHeight="1"/>
+    <row r="71" ht="14.25" customHeight="1"/>
+    <row r="72" ht="14.25" customHeight="1"/>
+    <row r="73" ht="14.25" customHeight="1"/>
+    <row r="74" ht="14.25" customHeight="1"/>
+    <row r="75" ht="14.25" customHeight="1"/>
+    <row r="76" ht="14.25" customHeight="1"/>
+    <row r="77" ht="14.25" customHeight="1"/>
+    <row r="78" ht="14.25" customHeight="1"/>
+    <row r="79" ht="14.25" customHeight="1"/>
+    <row r="80" ht="14.25" customHeight="1"/>
+    <row r="81" ht="14.25" customHeight="1"/>
+    <row r="82" ht="14.25" customHeight="1"/>
+    <row r="83" ht="14.25" customHeight="1"/>
+    <row r="84" ht="14.25" customHeight="1"/>
+    <row r="85" ht="14.25" customHeight="1"/>
+    <row r="86" ht="14.25" customHeight="1"/>
+    <row r="87" ht="14.25" customHeight="1"/>
+    <row r="88" ht="14.25" customHeight="1"/>
+    <row r="89" ht="14.25" customHeight="1"/>
+    <row r="90" ht="14.25" customHeight="1"/>
+    <row r="91" ht="14.25" customHeight="1"/>
+    <row r="92" ht="14.25" customHeight="1"/>
+    <row r="93" ht="14.25" customHeight="1"/>
+    <row r="94" ht="14.25" customHeight="1"/>
+    <row r="95" ht="14.25" customHeight="1"/>
+    <row r="96" ht="14.25" customHeight="1"/>
+    <row r="97" ht="14.25" customHeight="1"/>
+    <row r="98" ht="14.25" customHeight="1"/>
+    <row r="99" ht="14.25" customHeight="1"/>
+    <row r="100" ht="14.25" customHeight="1"/>
+    <row r="101" ht="14.25" customHeight="1"/>
+    <row r="102" ht="14.25" customHeight="1"/>
+    <row r="103" ht="14.25" customHeight="1"/>
+    <row r="104" ht="14.25" customHeight="1"/>
+    <row r="105" ht="14.25" customHeight="1"/>
+    <row r="106" ht="14.25" customHeight="1"/>
+    <row r="107" ht="14.25" customHeight="1"/>
+    <row r="108" ht="14.25" customHeight="1"/>
+    <row r="109" ht="14.25" customHeight="1"/>
+    <row r="110" ht="14.25" customHeight="1"/>
+    <row r="111" ht="14.25" customHeight="1"/>
+    <row r="112" ht="14.25" customHeight="1"/>
+    <row r="113" ht="14.25" customHeight="1"/>
+    <row r="114" ht="14.25" customHeight="1"/>
+    <row r="115" ht="14.25" customHeight="1"/>
+    <row r="116" ht="14.25" customHeight="1"/>
+    <row r="117" ht="14.25" customHeight="1"/>
+    <row r="118" ht="14.25" customHeight="1"/>
+    <row r="119" ht="14.25" customHeight="1"/>
+    <row r="120" ht="14.25" customHeight="1"/>
+    <row r="121" ht="14.25" customHeight="1"/>
+    <row r="122" ht="14.25" customHeight="1"/>
+    <row r="123" ht="14.25" customHeight="1"/>
+    <row r="124" ht="14.25" customHeight="1"/>
+    <row r="125" ht="14.25" customHeight="1"/>
+    <row r="126" ht="14.25" customHeight="1"/>
+    <row r="127" ht="14.25" customHeight="1"/>
+    <row r="128" ht="14.25" customHeight="1"/>
+    <row r="129" ht="14.25" customHeight="1"/>
+    <row r="130" ht="14.25" customHeight="1"/>
+    <row r="131" ht="14.25" customHeight="1"/>
+    <row r="132" ht="14.25" customHeight="1"/>
+    <row r="133" ht="14.25" customHeight="1"/>
+    <row r="134" ht="14.25" customHeight="1"/>
+    <row r="135" ht="14.25" customHeight="1"/>
+    <row r="136" ht="14.25" customHeight="1"/>
+    <row r="137" ht="14.25" customHeight="1"/>
+    <row r="138" ht="14.25" customHeight="1"/>
+    <row r="139" ht="14.25" customHeight="1"/>
+    <row r="140" ht="14.25" customHeight="1"/>
+    <row r="141" ht="14.25" customHeight="1"/>
+    <row r="142" ht="14.25" customHeight="1"/>
+    <row r="143" ht="14.25" customHeight="1"/>
+    <row r="144" ht="14.25" customHeight="1"/>
+    <row r="145" ht="14.25" customHeight="1"/>
+    <row r="146" ht="14.25" customHeight="1"/>
+    <row r="147" ht="14.25" customHeight="1"/>
+    <row r="148" ht="14.25" customHeight="1"/>
+    <row r="149" ht="14.25" customHeight="1"/>
+    <row r="150" ht="14.25" customHeight="1"/>
+    <row r="151" ht="14.25" customHeight="1"/>
+    <row r="152" ht="14.25" customHeight="1"/>
+    <row r="153" ht="14.25" customHeight="1"/>
+    <row r="154" ht="14.25" customHeight="1"/>
+    <row r="155" ht="14.25" customHeight="1"/>
+    <row r="156" ht="14.25" customHeight="1"/>
+    <row r="157" ht="14.25" customHeight="1"/>
+    <row r="158" ht="14.25" customHeight="1"/>
+    <row r="159" ht="14.25" customHeight="1"/>
+    <row r="160" ht="14.25" customHeight="1"/>
+    <row r="161" ht="14.25" customHeight="1"/>
+    <row r="162" ht="14.25" customHeight="1"/>
+    <row r="163" ht="14.25" customHeight="1"/>
+    <row r="164" ht="14.25" customHeight="1"/>
+    <row r="165" ht="14.25" customHeight="1"/>
+    <row r="166" ht="14.25" customHeight="1"/>
+    <row r="167" ht="14.25" customHeight="1"/>
+    <row r="168" ht="14.25" customHeight="1"/>
+    <row r="169" ht="14.25" customHeight="1"/>
+    <row r="170" ht="14.25" customHeight="1"/>
+    <row r="171" ht="14.25" customHeight="1"/>
+    <row r="172" ht="14.25" customHeight="1"/>
+    <row r="173" ht="14.25" customHeight="1"/>
+    <row r="174" ht="14.25" customHeight="1"/>
+    <row r="175" ht="14.25" customHeight="1"/>
+    <row r="176" ht="14.25" customHeight="1"/>
+    <row r="177" ht="14.25" customHeight="1"/>
+    <row r="178" ht="14.25" customHeight="1"/>
+    <row r="179" ht="14.25" customHeight="1"/>
+    <row r="180" ht="14.25" customHeight="1"/>
+    <row r="181" ht="14.25" customHeight="1"/>
+    <row r="182" ht="14.25" customHeight="1"/>
+    <row r="183" ht="14.25" customHeight="1"/>
+    <row r="184" ht="14.25" customHeight="1"/>
+    <row r="185" ht="14.25" customHeight="1"/>
+    <row r="186" ht="14.25" customHeight="1"/>
+    <row r="187" ht="14.25" customHeight="1"/>
+    <row r="188" ht="14.25" customHeight="1"/>
+    <row r="189" ht="14.25" customHeight="1"/>
+    <row r="190" ht="14.25" customHeight="1"/>
+    <row r="191" ht="14.25" customHeight="1"/>
+    <row r="192" ht="14.25" customHeight="1"/>
+    <row r="193" ht="14.25" customHeight="1"/>
+    <row r="194" ht="14.25" customHeight="1"/>
+    <row r="195" ht="14.25" customHeight="1"/>
+    <row r="196" ht="14.25" customHeight="1"/>
+    <row r="197" ht="14.25" customHeight="1"/>
+    <row r="198" ht="14.25" customHeight="1"/>
+    <row r="199" ht="14.25" customHeight="1"/>
+    <row r="200" ht="14.25" customHeight="1"/>
+    <row r="201" ht="14.25" customHeight="1"/>
+    <row r="202" ht="14.25" customHeight="1"/>
+    <row r="203" ht="14.25" customHeight="1"/>
+    <row r="204" ht="14.25" customHeight="1"/>
+    <row r="205" ht="14.25" customHeight="1"/>
+    <row r="206" ht="14.25" customHeight="1"/>
+    <row r="207" ht="14.25" customHeight="1"/>
+    <row r="208" ht="14.25" customHeight="1"/>
+    <row r="209" ht="14.25" customHeight="1"/>
+    <row r="210" ht="14.25" customHeight="1"/>
+    <row r="211" ht="14.25" customHeight="1"/>
+    <row r="212" ht="14.25" customHeight="1"/>
+    <row r="213" ht="14.25" customHeight="1"/>
+    <row r="214" ht="14.25" customHeight="1"/>
+    <row r="215" ht="14.25" customHeight="1"/>
+    <row r="216" ht="14.25" customHeight="1"/>
+    <row r="217" ht="14.25" customHeight="1"/>
+    <row r="218" ht="14.25" customHeight="1"/>
+    <row r="219" ht="14.25" customHeight="1"/>
+    <row r="220" ht="14.25" customHeight="1"/>
+    <row r="221" ht="14.25" customHeight="1"/>
+    <row r="222" ht="14.25" customHeight="1"/>
+    <row r="223" ht="14.25" customHeight="1"/>
+    <row r="224" ht="14.25" customHeight="1"/>
+    <row r="225" ht="14.25" customHeight="1"/>
+    <row r="226" ht="14.25" customHeight="1"/>
+    <row r="227" ht="14.25" customHeight="1"/>
+    <row r="228" ht="14.25" customHeight="1"/>
+    <row r="229" ht="14.25" customHeight="1"/>
+    <row r="230" ht="14.25" customHeight="1"/>
+    <row r="231" ht="14.25" customHeight="1"/>
+    <row r="232" ht="14.25" customHeight="1"/>
+    <row r="233" ht="14.25" customHeight="1"/>
+    <row r="234" ht="14.25" customHeight="1"/>
+    <row r="235" ht="14.25" customHeight="1"/>
+    <row r="236" ht="14.25" customHeight="1"/>
+    <row r="237" ht="14.25" customHeight="1"/>
+    <row r="238" ht="14.25" customHeight="1"/>
+    <row r="239" ht="14.25" customHeight="1"/>
+    <row r="240" ht="14.25" customHeight="1"/>
+    <row r="241" ht="14.25" customHeight="1"/>
+    <row r="242" ht="14.25" customHeight="1"/>
+    <row r="243" ht="14.25" customHeight="1"/>
+    <row r="244" ht="14.25" customHeight="1"/>
+    <row r="245" ht="14.25" customHeight="1"/>
+    <row r="246" ht="14.25" customHeight="1"/>
+    <row r="247" ht="14.25" customHeight="1"/>
+    <row r="248" ht="14.25" customHeight="1"/>
+    <row r="249" ht="14.25" customHeight="1"/>
+    <row r="250" ht="14.25" customHeight="1"/>
+    <row r="251" ht="14.25" customHeight="1"/>
+    <row r="252" ht="14.25" customHeight="1"/>
+    <row r="253" ht="14.25" customHeight="1"/>
+    <row r="254" ht="14.25" customHeight="1"/>
+    <row r="255" ht="14.25" customHeight="1"/>
+    <row r="256" ht="14.25" customHeight="1"/>
+    <row r="257" ht="14.25" customHeight="1"/>
+    <row r="258" ht="14.25" customHeight="1"/>
+    <row r="259" ht="14.25" customHeight="1"/>
+    <row r="260" ht="14.25" customHeight="1"/>
+    <row r="261" ht="14.25" customHeight="1"/>
+    <row r="262" ht="14.25" customHeight="1"/>
+    <row r="263" ht="14.25" customHeight="1"/>
+    <row r="264" ht="14.25" customHeight="1"/>
+    <row r="265" ht="14.25" customHeight="1"/>
+    <row r="266" ht="14.25" customHeight="1"/>
+    <row r="267" ht="14.25" customHeight="1"/>
+    <row r="268" ht="14.25" customHeight="1"/>
+    <row r="269" ht="14.25" customHeight="1"/>
+    <row r="270" ht="14.25" customHeight="1"/>
+    <row r="271" ht="14.25" customHeight="1"/>
+    <row r="272" ht="14.25" customHeight="1"/>
+    <row r="273" ht="14.25" customHeight="1"/>
+    <row r="274" ht="14.25" customHeight="1"/>
+    <row r="275" ht="14.25" customHeight="1"/>
+    <row r="276" ht="14.25" customHeight="1"/>
+    <row r="277" ht="14.25" customHeight="1"/>
+    <row r="278" ht="14.25" customHeight="1"/>
+    <row r="279" ht="14.25" customHeight="1"/>
+    <row r="280" ht="14.25" customHeight="1"/>
+    <row r="281" ht="14.25" customHeight="1"/>
+    <row r="282" ht="14.25" customHeight="1"/>
+    <row r="283" ht="14.25" customHeight="1"/>
+    <row r="284" ht="14.25" customHeight="1"/>
+    <row r="285" ht="14.25" customHeight="1"/>
+    <row r="286" ht="14.25" customHeight="1"/>
+    <row r="287" ht="14.25" customHeight="1"/>
+    <row r="288" ht="14.25" customHeight="1"/>
+    <row r="289" ht="14.25" customHeight="1"/>
+    <row r="290" ht="14.25" customHeight="1"/>
+    <row r="291" ht="14.25" customHeight="1"/>
+    <row r="292" ht="14.25" customHeight="1"/>
+    <row r="293" ht="14.25" customHeight="1"/>
+    <row r="294" ht="14.25" customHeight="1"/>
+    <row r="295" ht="14.25" customHeight="1"/>
+    <row r="296" ht="14.25" customHeight="1"/>
+    <row r="297" ht="14.25" customHeight="1"/>
+    <row r="298" ht="14.25" customHeight="1"/>
+    <row r="299" ht="14.25" customHeight="1"/>
+    <row r="300" ht="14.25" customHeight="1"/>
+    <row r="301" ht="14.25" customHeight="1"/>
+    <row r="302" ht="14.25" customHeight="1"/>
+    <row r="303" ht="14.25" customHeight="1"/>
+    <row r="304" ht="14.25" customHeight="1"/>
+    <row r="305" ht="14.25" customHeight="1"/>
+    <row r="306" ht="14.25" customHeight="1"/>
+    <row r="307" ht="14.25" customHeight="1"/>
+    <row r="308" ht="14.25" customHeight="1"/>
+    <row r="309" ht="14.25" customHeight="1"/>
+    <row r="310" ht="14.25" customHeight="1"/>
+    <row r="311" ht="14.25" customHeight="1"/>
+    <row r="312" ht="14.25" customHeight="1"/>
+    <row r="313" ht="14.25" customHeight="1"/>
+    <row r="314" ht="14.25" customHeight="1"/>
+    <row r="315" ht="14.25" customHeight="1"/>
+    <row r="316" ht="14.25" customHeight="1"/>
+    <row r="317" ht="14.25" customHeight="1"/>
+    <row r="318" ht="14.25" customHeight="1"/>
+    <row r="319" ht="14.25" customHeight="1"/>
+    <row r="320" ht="14.25" customHeight="1"/>
+    <row r="321" ht="14.25" customHeight="1"/>
+    <row r="322" ht="14.25" customHeight="1"/>
+    <row r="323" ht="14.25" customHeight="1"/>
+    <row r="324" ht="14.25" customHeight="1"/>
+    <row r="325" ht="14.25" customHeight="1"/>
+    <row r="326" ht="14.25" customHeight="1"/>
+    <row r="327" ht="14.25" customHeight="1"/>
+    <row r="328" ht="14.25" customHeight="1"/>
+    <row r="329" ht="14.25" customHeight="1"/>
+    <row r="330" ht="14.25" customHeight="1"/>
+    <row r="331" ht="14.25" customHeight="1"/>
+    <row r="332" ht="14.25" customHeight="1"/>
+    <row r="333" ht="14.25" customHeight="1"/>
+    <row r="334" ht="14.25" customHeight="1"/>
+    <row r="335" ht="14.25" customHeight="1"/>
+    <row r="336" ht="14.25" customHeight="1"/>
+    <row r="337" ht="14.25" customHeight="1"/>
+    <row r="338" ht="14.25" customHeight="1"/>
+    <row r="339" ht="14.25" customHeight="1"/>
+    <row r="340" ht="14.25" customHeight="1"/>
+    <row r="341" ht="14.25" customHeight="1"/>
+    <row r="342" ht="14.25" customHeight="1"/>
+    <row r="343" ht="14.25" customHeight="1"/>
+    <row r="344" ht="14.25" customHeight="1"/>
+    <row r="345" ht="14.25" customHeight="1"/>
+    <row r="346" ht="14.25" customHeight="1"/>
+    <row r="347" ht="14.25" customHeight="1"/>
+    <row r="348" ht="14.25" customHeight="1"/>
+    <row r="349" ht="14.25" customHeight="1"/>
+    <row r="350" ht="14.25" customHeight="1"/>
+    <row r="351" ht="14.25" customHeight="1"/>
+    <row r="352" ht="14.25" customHeight="1"/>
+    <row r="353" ht="14.25" customHeight="1"/>
+    <row r="354" ht="14.25" customHeight="1"/>
+    <row r="355" ht="14.25" customHeight="1"/>
+    <row r="356" ht="14.25" customHeight="1"/>
+    <row r="357" ht="14.25" customHeight="1"/>
+    <row r="358" ht="14.25" customHeight="1"/>
+    <row r="359" ht="14.25" customHeight="1"/>
+    <row r="360" ht="14.25" customHeight="1"/>
+    <row r="361" ht="14.25" customHeight="1"/>
+    <row r="362" ht="14.25" customHeight="1"/>
+    <row r="363" ht="14.25" customHeight="1"/>
+    <row r="364" ht="14.25" customHeight="1"/>
+    <row r="365" ht="14.25" customHeight="1"/>
+    <row r="366" ht="14.25" customHeight="1"/>
+    <row r="367" ht="14.25" customHeight="1"/>
+    <row r="368" ht="14.25" customHeight="1"/>
+    <row r="369" ht="14.25" customHeight="1"/>
+    <row r="370" ht="14.25" customHeight="1"/>
+    <row r="371" ht="14.25" customHeight="1"/>
+    <row r="372" ht="14.25" customHeight="1"/>
+    <row r="373" ht="14.25" customHeight="1"/>
+    <row r="374" ht="14.25" customHeight="1"/>
+    <row r="375" ht="14.25" customHeight="1"/>
+    <row r="376" ht="14.25" customHeight="1"/>
+    <row r="377" ht="14.25" customHeight="1"/>
+    <row r="378" ht="14.25" customHeight="1"/>
+    <row r="379" ht="14.25" customHeight="1"/>
+    <row r="380" ht="14.25" customHeight="1"/>
+    <row r="381" ht="14.25" customHeight="1"/>
+    <row r="382" ht="14.25" customHeight="1"/>
+    <row r="383" ht="14.25" customHeight="1"/>
+    <row r="384" ht="14.25" customHeight="1"/>
+    <row r="385" ht="14.25" customHeight="1"/>
+    <row r="386" ht="14.25" customHeight="1"/>
+    <row r="387" ht="14.25" customHeight="1"/>
+    <row r="388" ht="14.25" customHeight="1"/>
+    <row r="389" ht="14.25" customHeight="1"/>
+    <row r="390" ht="14.25" customHeight="1"/>
+    <row r="391" ht="14.25" customHeight="1"/>
+    <row r="392" ht="14.25" customHeight="1"/>
+    <row r="393" ht="14.25" customHeight="1"/>
+    <row r="394" ht="14.25" customHeight="1"/>
+    <row r="395" ht="14.25" customHeight="1"/>
+    <row r="396" ht="14.25" customHeight="1"/>
+    <row r="397" ht="14.25" customHeight="1"/>
+    <row r="398" ht="14.25" customHeight="1"/>
+    <row r="399" ht="14.25" customHeight="1"/>
+    <row r="400" ht="14.25" customHeight="1"/>
+    <row r="401" ht="14.25" customHeight="1"/>
+    <row r="402" ht="14.25" customHeight="1"/>
+    <row r="403" ht="14.25" customHeight="1"/>
+    <row r="404" ht="14.25" customHeight="1"/>
+    <row r="405" ht="14.25" customHeight="1"/>
+    <row r="406" ht="14.25" customHeight="1"/>
+    <row r="407" ht="14.25" customHeight="1"/>
+    <row r="408" ht="14.25" customHeight="1"/>
+    <row r="409" ht="14.25" customHeight="1"/>
+    <row r="410" ht="14.25" customHeight="1"/>
+    <row r="411" ht="14.25" customHeight="1"/>
+    <row r="412" ht="14.25" customHeight="1"/>
+    <row r="413" ht="14.25" customHeight="1"/>
+    <row r="414" ht="14.25" customHeight="1"/>
+    <row r="415" ht="14.25" customHeight="1"/>
+    <row r="416" ht="14.25" customHeight="1"/>
+    <row r="417" ht="14.25" customHeight="1"/>
+    <row r="418" ht="14.25" customHeight="1"/>
+    <row r="419" ht="14.25" customHeight="1"/>
+    <row r="420" ht="14.25" customHeight="1"/>
+    <row r="421" ht="14.25" customHeight="1"/>
+    <row r="422" ht="14.25" customHeight="1"/>
+    <row r="423" ht="14.25" customHeight="1"/>
+    <row r="424" ht="14.25" customHeight="1"/>
+    <row r="425" ht="14.25" customHeight="1"/>
+    <row r="426" ht="14.25" customHeight="1"/>
+    <row r="427" ht="14.25" customHeight="1"/>
+    <row r="428" ht="14.25" customHeight="1"/>
+    <row r="429" ht="14.25" customHeight="1"/>
+    <row r="430" ht="14.25" customHeight="1"/>
+    <row r="431" ht="14.25" customHeight="1"/>
+    <row r="432" ht="14.25" customHeight="1"/>
+    <row r="433" ht="14.25" customHeight="1"/>
+    <row r="434" ht="14.25" customHeight="1"/>
+    <row r="435" ht="14.25" customHeight="1"/>
+    <row r="436" ht="14.25" customHeight="1"/>
+    <row r="437" ht="14.25" customHeight="1"/>
+    <row r="438" ht="14.25" customHeight="1"/>
+    <row r="439" ht="14.25" customHeight="1"/>
+    <row r="440" ht="14.25" customHeight="1"/>
+    <row r="441" ht="14.25" customHeight="1"/>
+    <row r="442" ht="14.25" customHeight="1"/>
+    <row r="443" ht="14.25" customHeight="1"/>
+    <row r="444" ht="14.25" customHeight="1"/>
+    <row r="445" ht="14.25" customHeight="1"/>
+    <row r="446" ht="14.25" customHeight="1"/>
+    <row r="447" ht="14.25" customHeight="1"/>
+    <row r="448" ht="14.25" customHeight="1"/>
+    <row r="449" ht="14.25" customHeight="1"/>
+    <row r="450" ht="14.25" customHeight="1"/>
+    <row r="451" ht="14.25" customHeight="1"/>
+    <row r="452" ht="14.25" customHeight="1"/>
+    <row r="453" ht="14.25" customHeight="1"/>
+    <row r="454" ht="14.25" customHeight="1"/>
+    <row r="455" ht="14.25" customHeight="1"/>
+    <row r="456" ht="14.25" customHeight="1"/>
+    <row r="457" ht="14.25" customHeight="1"/>
+    <row r="458" ht="14.25" customHeight="1"/>
+    <row r="459" ht="14.25" customHeight="1"/>
+    <row r="460" ht="14.25" customHeight="1"/>
+    <row r="461" ht="14.25" customHeight="1"/>
+    <row r="462" ht="14.25" customHeight="1"/>
+    <row r="463" ht="14.25" customHeight="1"/>
+    <row r="464" ht="14.25" customHeight="1"/>
+    <row r="465" ht="14.25" customHeight="1"/>
+    <row r="466" ht="14.25" customHeight="1"/>
+    <row r="467" ht="14.25" customHeight="1"/>
+    <row r="468" ht="14.25" customHeight="1"/>
+    <row r="469" ht="14.25" customHeight="1"/>
+    <row r="470" ht="14.25" customHeight="1"/>
+    <row r="471" ht="14.25" customHeight="1"/>
+    <row r="472" ht="14.25" customHeight="1"/>
+    <row r="473" ht="14.25" customHeight="1"/>
+    <row r="474" ht="14.25" customHeight="1"/>
+    <row r="475" ht="14.25" customHeight="1"/>
+    <row r="476" ht="14.25" customHeight="1"/>
+    <row r="477" ht="14.25" customHeight="1"/>
+    <row r="478" ht="14.25" customHeight="1"/>
+    <row r="479" ht="14.25" customHeight="1"/>
+    <row r="480" ht="14.25" customHeight="1"/>
+    <row r="481" ht="14.25" customHeight="1"/>
+    <row r="482" ht="14.25" customHeight="1"/>
+    <row r="483" ht="14.25" customHeight="1"/>
+    <row r="484" ht="14.25" customHeight="1"/>
+    <row r="485" ht="14.25" customHeight="1"/>
+    <row r="486" ht="14.25" customHeight="1"/>
+    <row r="487" ht="14.25" customHeight="1"/>
+    <row r="488" ht="14.25" customHeight="1"/>
+    <row r="489" ht="14.25" customHeight="1"/>
+    <row r="490" ht="14.25" customHeight="1"/>
+    <row r="491" ht="14.25" customHeight="1"/>
+    <row r="492" ht="14.25" customHeight="1"/>
+    <row r="493" ht="14.25" customHeight="1"/>
+    <row r="494" ht="14.25" customHeight="1"/>
+    <row r="495" ht="14.25" customHeight="1"/>
+    <row r="496" ht="14.25" customHeight="1"/>
+    <row r="497" ht="14.25" customHeight="1"/>
+    <row r="498" ht="14.25" customHeight="1"/>
+    <row r="499" ht="14.25" customHeight="1"/>
+    <row r="500" ht="14.25" customHeight="1"/>
+    <row r="501" ht="14.25" customHeight="1"/>
+    <row r="502" ht="14.25" customHeight="1"/>
+    <row r="503" ht="14.25" customHeight="1"/>
+    <row r="504" ht="14.25" customHeight="1"/>
+    <row r="505" ht="14.25" customHeight="1"/>
+    <row r="506" ht="14.25" customHeight="1"/>
+    <row r="507" ht="14.25" customHeight="1"/>
+    <row r="508" ht="14.25" customHeight="1"/>
+    <row r="509" ht="14.25" customHeight="1"/>
+    <row r="510" ht="14.25" customHeight="1"/>
+    <row r="511" ht="14.25" customHeight="1"/>
+    <row r="512" ht="14.25" customHeight="1"/>
+    <row r="513" ht="14.25" customHeight="1"/>
+    <row r="514" ht="14.25" customHeight="1"/>
+    <row r="515" ht="14.25" customHeight="1"/>
+    <row r="516" ht="14.25" customHeight="1"/>
+    <row r="517" ht="14.25" customHeight="1"/>
+    <row r="518" ht="14.25" customHeight="1"/>
+    <row r="519" ht="14.25" customHeight="1"/>
+    <row r="520" ht="14.25" customHeight="1"/>
+    <row r="521" ht="14.25" customHeight="1"/>
+    <row r="522" ht="14.25" customHeight="1"/>
+    <row r="523" ht="14.25" customHeight="1"/>
+    <row r="524" ht="14.25" customHeight="1"/>
+    <row r="525" ht="14.25" customHeight="1"/>
+    <row r="526" ht="14.25" customHeight="1"/>
+    <row r="527" ht="14.25" customHeight="1"/>
+    <row r="528" ht="14.25" customHeight="1"/>
+    <row r="529" ht="14.25" customHeight="1"/>
+    <row r="530" ht="14.25" customHeight="1"/>
+    <row r="531" ht="14.25" customHeight="1"/>
+    <row r="532" ht="14.25" customHeight="1"/>
+    <row r="533" ht="14.25" customHeight="1"/>
+    <row r="534" ht="14.25" customHeight="1"/>
+    <row r="535" ht="14.25" customHeight="1"/>
+    <row r="536" ht="14.25" customHeight="1"/>
+    <row r="537" ht="14.25" customHeight="1"/>
+    <row r="538" ht="14.25" customHeight="1"/>
+    <row r="539" ht="14.25" customHeight="1"/>
+    <row r="540" ht="14.25" customHeight="1"/>
+    <row r="541" ht="14.25" customHeight="1"/>
+    <row r="542" ht="14.25" customHeight="1"/>
+    <row r="543" ht="14.25" customHeight="1"/>
+    <row r="544" ht="14.25" customHeight="1"/>
+    <row r="545" ht="14.25" customHeight="1"/>
+    <row r="546" ht="14.25" customHeight="1"/>
+    <row r="547" ht="14.25" customHeight="1"/>
+    <row r="548" ht="14.25" customHeight="1"/>
+    <row r="549" ht="14.25" customHeight="1"/>
+    <row r="550" ht="14.25" customHeight="1"/>
+    <row r="551" ht="14.25" customHeight="1"/>
+    <row r="552" ht="14.25" customHeight="1"/>
+    <row r="553" ht="14.25" customHeight="1"/>
+    <row r="554" ht="14.25" customHeight="1"/>
+    <row r="555" ht="14.25" customHeight="1"/>
+    <row r="556" ht="14.25" customHeight="1"/>
+    <row r="557" ht="14.25" customHeight="1"/>
+    <row r="558" ht="14.25" customHeight="1"/>
+    <row r="559" ht="14.25" customHeight="1"/>
+    <row r="560" ht="14.25" customHeight="1"/>
+    <row r="561" ht="14.25" customHeight="1"/>
+    <row r="562" ht="14.25" customHeight="1"/>
+    <row r="563" ht="14.25" customHeight="1"/>
+    <row r="564" ht="14.25" customHeight="1"/>
+    <row r="565" ht="14.25" customHeight="1"/>
+    <row r="566" ht="14.25" customHeight="1"/>
+    <row r="567" ht="14.25" customHeight="1"/>
+    <row r="568" ht="14.25" customHeight="1"/>
+    <row r="569" ht="14.25" customHeight="1"/>
+    <row r="570" ht="14.25" customHeight="1"/>
+    <row r="571" ht="14.25" customHeight="1"/>
+    <row r="572" ht="14.25" customHeight="1"/>
+    <row r="573" ht="14.25" customHeight="1"/>
+    <row r="574" ht="14.25" customHeight="1"/>
+    <row r="575" ht="14.25" customHeight="1"/>
+    <row r="576" ht="14.25" customHeight="1"/>
+    <row r="577" ht="14.25" customHeight="1"/>
+    <row r="578" ht="14.25" customHeight="1"/>
+    <row r="579" ht="14.25" customHeight="1"/>
+    <row r="580" ht="14.25" customHeight="1"/>
+    <row r="581" ht="14.25" customHeight="1"/>
+    <row r="582" ht="14.25" customHeight="1"/>
+    <row r="583" ht="14.25" customHeight="1"/>
+    <row r="584" ht="14.25" customHeight="1"/>
+    <row r="585" ht="14.25" customHeight="1"/>
+    <row r="586" ht="14.25" customHeight="1"/>
+    <row r="587" ht="14.25" customHeight="1"/>
+    <row r="588" ht="14.25" customHeight="1"/>
+    <row r="589" ht="14.25" customHeight="1"/>
+    <row r="590" ht="14.25" customHeight="1"/>
+    <row r="591" ht="14.25" customHeight="1"/>
+    <row r="592" ht="14.25" customHeight="1"/>
+    <row r="593" ht="14.25" customHeight="1"/>
+    <row r="594" ht="14.25" customHeight="1"/>
+    <row r="595" ht="14.25" customHeight="1"/>
+    <row r="596" ht="14.25" customHeight="1"/>
+    <row r="597" ht="14.25" customHeight="1"/>
+    <row r="598" ht="14.25" customHeight="1"/>
+    <row r="599" ht="14.25" customHeight="1"/>
+    <row r="600" ht="14.25" customHeight="1"/>
+    <row r="601" ht="14.25" customHeight="1"/>
+    <row r="602" ht="14.25" customHeight="1"/>
+    <row r="603" ht="14.25" customHeight="1"/>
+    <row r="604" ht="14.25" customHeight="1"/>
+    <row r="605" ht="14.25" customHeight="1"/>
+    <row r="606" ht="14.25" customHeight="1"/>
+    <row r="607" ht="14.25" customHeight="1"/>
+    <row r="608" ht="14.25" customHeight="1"/>
+    <row r="609" ht="14.25" customHeight="1"/>
+    <row r="610" ht="14.25" customHeight="1"/>
+    <row r="611" ht="14.25" customHeight="1"/>
+    <row r="612" ht="14.25" customHeight="1"/>
+    <row r="613" ht="14.25" customHeight="1"/>
+    <row r="614" ht="14.25" customHeight="1"/>
+    <row r="615" ht="14.25" customHeight="1"/>
+    <row r="616" ht="14.25" customHeight="1"/>
+    <row r="617" ht="14.25" customHeight="1"/>
+    <row r="618" ht="14.25" customHeight="1"/>
+    <row r="619" ht="14.25" customHeight="1"/>
+    <row r="620" ht="14.25" customHeight="1"/>
+    <row r="621" ht="14.25" customHeight="1"/>
+    <row r="622" ht="14.25" customHeight="1"/>
+    <row r="623" ht="14.25" customHeight="1"/>
+    <row r="624" ht="14.25" customHeight="1"/>
+    <row r="625" ht="14.25" customHeight="1"/>
+    <row r="626" ht="14.25" customHeight="1"/>
+    <row r="627" ht="14.25" customHeight="1"/>
+    <row r="628" ht="14.25" customHeight="1"/>
+    <row r="629" ht="14.25" customHeight="1"/>
+    <row r="630" ht="14.25" customHeight="1"/>
+    <row r="631" ht="14.25" customHeight="1"/>
+    <row r="632" ht="14.25" customHeight="1"/>
+    <row r="633" ht="14.25" customHeight="1"/>
+    <row r="634" ht="14.25" customHeight="1"/>
+    <row r="635" ht="14.25" customHeight="1"/>
+    <row r="636" ht="14.25" customHeight="1"/>
+    <row r="637" ht="14.25" customHeight="1"/>
+    <row r="638" ht="14.25" customHeight="1"/>
+    <row r="639" ht="14.25" customHeight="1"/>
+    <row r="640" ht="14.25" customHeight="1"/>
+    <row r="641" ht="14.25" customHeight="1"/>
+    <row r="642" ht="14.25" customHeight="1"/>
+    <row r="643" ht="14.25" customHeight="1"/>
+    <row r="644" ht="14.25" customHeight="1"/>
+    <row r="645" ht="14.25" customHeight="1"/>
+    <row r="646" ht="14.25" customHeight="1"/>
+    <row r="647" ht="14.25" customHeight="1"/>
+    <row r="648" ht="14.25" customHeight="1"/>
+    <row r="649" ht="14.25" customHeight="1"/>
+    <row r="650" ht="14.25" customHeight="1"/>
+    <row r="651" ht="14.25" customHeight="1"/>
+    <row r="652" ht="14.25" customHeight="1"/>
+    <row r="653" ht="14.25" customHeight="1"/>
+    <row r="654" ht="14.25" customHeight="1"/>
+    <row r="655" ht="14.25" customHeight="1"/>
+    <row r="656" ht="14.25" customHeight="1"/>
+    <row r="657" ht="14.25" customHeight="1"/>
+    <row r="658" ht="14.25" customHeight="1"/>
+    <row r="659" ht="14.25" customHeight="1"/>
+    <row r="660" ht="14.25" customHeight="1"/>
+    <row r="661" ht="14.25" customHeight="1"/>
+    <row r="662" ht="14.25" customHeight="1"/>
+    <row r="663" ht="14.25" customHeight="1"/>
+    <row r="664" ht="14.25" customHeight="1"/>
+    <row r="665" ht="14.25" customHeight="1"/>
+    <row r="666" ht="14.25" customHeight="1"/>
+    <row r="667" ht="14.25" customHeight="1"/>
+    <row r="668" ht="14.25" customHeight="1"/>
+    <row r="669" ht="14.25" customHeight="1"/>
+    <row r="670" ht="14.25" customHeight="1"/>
+    <row r="671" ht="14.25" customHeight="1"/>
+    <row r="672" ht="14.25" customHeight="1"/>
+    <row r="673" ht="14.25" customHeight="1"/>
+    <row r="674" ht="14.25" customHeight="1"/>
+    <row r="675" ht="14.25" customHeight="1"/>
+    <row r="676" ht="14.25" customHeight="1"/>
+    <row r="677" ht="14.25" customHeight="1"/>
+    <row r="678" ht="14.25" customHeight="1"/>
+    <row r="679" ht="14.25" customHeight="1"/>
+    <row r="680" ht="14.25" customHeight="1"/>
+    <row r="681" ht="14.25" customHeight="1"/>
+    <row r="682" ht="14.25" customHeight="1"/>
+    <row r="683" ht="14.25" customHeight="1"/>
+    <row r="684" ht="14.25" customHeight="1"/>
+    <row r="685" ht="14.25" customHeight="1"/>
+    <row r="686" ht="14.25" customHeight="1"/>
+    <row r="687" ht="14.25" customHeight="1"/>
+    <row r="688" ht="14.25" customHeight="1"/>
+    <row r="689" ht="14.25" customHeight="1"/>
+    <row r="690" ht="14.25" customHeight="1"/>
+    <row r="691" ht="14.25" customHeight="1"/>
+    <row r="692" ht="14.25" customHeight="1"/>
+    <row r="693" ht="14.25" customHeight="1"/>
+    <row r="694" ht="14.25" customHeight="1"/>
+    <row r="695" ht="14.25" customHeight="1"/>
+    <row r="696" ht="14.25" customHeight="1"/>
+    <row r="697" ht="14.25" customHeight="1"/>
+    <row r="698" ht="14.25" customHeight="1"/>
+    <row r="699" ht="14.25" customHeight="1"/>
+    <row r="700" ht="14.25" customHeight="1"/>
+    <row r="701" ht="14.25" customHeight="1"/>
+    <row r="702" ht="14.25" customHeight="1"/>
+    <row r="703" ht="14.25" customHeight="1"/>
+    <row r="704" ht="14.25" customHeight="1"/>
+    <row r="705" ht="14.25" customHeight="1"/>
+    <row r="706" ht="14.25" customHeight="1"/>
+    <row r="707" ht="14.25" customHeight="1"/>
+    <row r="708" ht="14.25" customHeight="1"/>
+    <row r="709" ht="14.25" customHeight="1"/>
+    <row r="710" ht="14.25" customHeight="1"/>
+    <row r="711" ht="14.25" customHeight="1"/>
+    <row r="712" ht="14.25" customHeight="1"/>
+    <row r="713" ht="14.25" customHeight="1"/>
+    <row r="714" ht="14.25" customHeight="1"/>
+    <row r="715" ht="14.25" customHeight="1"/>
+    <row r="716" ht="14.25" customHeight="1"/>
+    <row r="717" ht="14.25" customHeight="1"/>
+    <row r="718" ht="14.25" customHeight="1"/>
+    <row r="719" ht="14.25" customHeight="1"/>
+    <row r="720" ht="14.25" customHeight="1"/>
+    <row r="721" ht="14.25" customHeight="1"/>
+    <row r="722" ht="14.25" customHeight="1"/>
+    <row r="723" ht="14.25" customHeight="1"/>
+    <row r="724" ht="14.25" customHeight="1"/>
+    <row r="725" ht="14.25" customHeight="1"/>
+    <row r="726" ht="14.25" customHeight="1"/>
+    <row r="727" ht="14.25" customHeight="1"/>
+    <row r="728" ht="14.25" customHeight="1"/>
+    <row r="729" ht="14.25" customHeight="1"/>
+    <row r="730" ht="14.25" customHeight="1"/>
+    <row r="731" ht="14.25" customHeight="1"/>
+    <row r="732" ht="14.25" customHeight="1"/>
+    <row r="733" ht="14.25" customHeight="1"/>
+    <row r="734" ht="14.25" customHeight="1"/>
+    <row r="735" ht="14.25" customHeight="1"/>
+    <row r="736" ht="14.25" customHeight="1"/>
+    <row r="737" ht="14.25" customHeight="1"/>
+    <row r="738" ht="14.25" customHeight="1"/>
+    <row r="739" ht="14.25" customHeight="1"/>
+    <row r="740" ht="14.25" customHeight="1"/>
+    <row r="741" ht="14.25" customHeight="1"/>
+    <row r="742" ht="14.25" customHeight="1"/>
+    <row r="743" ht="14.25" customHeight="1"/>
+    <row r="744" ht="14.25" customHeight="1"/>
+    <row r="745" ht="14.25" customHeight="1"/>
+    <row r="746" ht="14.25" customHeight="1"/>
+    <row r="747" ht="14.25" customHeight="1"/>
+    <row r="748" ht="14.25" customHeight="1"/>
+    <row r="749" ht="14.25" customHeight="1"/>
+    <row r="750" ht="14.25" customHeight="1"/>
+    <row r="751" ht="14.25" customHeight="1"/>
+    <row r="752" ht="14.25" customHeight="1"/>
+    <row r="753" ht="14.25" customHeight="1"/>
+    <row r="754" ht="14.25" customHeight="1"/>
+    <row r="755" ht="14.25" customHeight="1"/>
+    <row r="756" ht="14.25" customHeight="1"/>
+    <row r="757" ht="14.25" customHeight="1"/>
+    <row r="758" ht="14.25" customHeight="1"/>
+    <row r="759" ht="14.25" customHeight="1"/>
+    <row r="760" ht="14.25" customHeight="1"/>
+    <row r="761" ht="14.25" customHeight="1"/>
+    <row r="762" ht="14.25" customHeight="1"/>
+    <row r="763" ht="14.25" customHeight="1"/>
+    <row r="764" ht="14.25" customHeight="1"/>
+    <row r="765" ht="14.25" customHeight="1"/>
+    <row r="766" ht="14.25" customHeight="1"/>
+    <row r="767" ht="14.25" customHeight="1"/>
+    <row r="768" ht="14.25" customHeight="1"/>
+    <row r="769" ht="14.25" customHeight="1"/>
+    <row r="770" ht="14.25" customHeight="1"/>
+    <row r="771" ht="14.25" customHeight="1"/>
+    <row r="772" ht="14.25" customHeight="1"/>
+    <row r="773" ht="14.25" customHeight="1"/>
+    <row r="774" ht="14.25" customHeight="1"/>
+    <row r="775" ht="14.25" customHeight="1"/>
+    <row r="776" ht="14.25" customHeight="1"/>
+    <row r="777" ht="14.25" customHeight="1"/>
+    <row r="778" ht="14.25" customHeight="1"/>
+    <row r="779" ht="14.25" customHeight="1"/>
+    <row r="780" ht="14.25" customHeight="1"/>
+    <row r="781" ht="14.25" customHeight="1"/>
+    <row r="782" ht="14.25" customHeight="1"/>
+    <row r="783" ht="14.25" customHeight="1"/>
+    <row r="784" ht="14.25" customHeight="1"/>
+    <row r="785" ht="14.25" customHeight="1"/>
+    <row r="786" ht="14.25" customHeight="1"/>
+    <row r="787" ht="14.25" customHeight="1"/>
+    <row r="788" ht="14.25" customHeight="1"/>
+    <row r="789" ht="14.25" customHeight="1"/>
+    <row r="790" ht="14.25" customHeight="1"/>
+    <row r="791" ht="14.25" customHeight="1"/>
+    <row r="792" ht="14.25" customHeight="1"/>
+    <row r="793" ht="14.25" customHeight="1"/>
+    <row r="794" ht="14.25" customHeight="1"/>
+    <row r="795" ht="14.25" customHeight="1"/>
+    <row r="796" ht="14.25" customHeight="1"/>
+    <row r="797" ht="14.25" customHeight="1"/>
+    <row r="798" ht="14.25" customHeight="1"/>
+    <row r="799" ht="14.25" customHeight="1"/>
+    <row r="800" ht="14.25" customHeight="1"/>
+    <row r="801" ht="14.25" customHeight="1"/>
+    <row r="802" ht="14.25" customHeight="1"/>
+    <row r="803" ht="14.25" customHeight="1"/>
+    <row r="804" ht="14.25" customHeight="1"/>
+    <row r="805" ht="14.25" customHeight="1"/>
+    <row r="806" ht="14.25" customHeight="1"/>
+    <row r="807" ht="14.25" customHeight="1"/>
+    <row r="808" ht="14.25" customHeight="1"/>
+    <row r="809" ht="14.25" customHeight="1"/>
+    <row r="810" ht="14.25" customHeight="1"/>
+    <row r="811" ht="14.25" customHeight="1"/>
+    <row r="812" ht="14.25" customHeight="1"/>
+    <row r="813" ht="14.25" customHeight="1"/>
+    <row r="814" ht="14.25" customHeight="1"/>
+    <row r="815" ht="14.25" customHeight="1"/>
+    <row r="816" ht="14.25" customHeight="1"/>
+    <row r="817" ht="14.25" customHeight="1"/>
+    <row r="818" ht="14.25" customHeight="1"/>
+    <row r="819" ht="14.25" customHeight="1"/>
+    <row r="820" ht="14.25" customHeight="1"/>
+    <row r="821" ht="14.25" customHeight="1"/>
+    <row r="822" ht="14.25" customHeight="1"/>
+    <row r="823" ht="14.25" customHeight="1"/>
+    <row r="824" ht="14.25" customHeight="1"/>
+    <row r="825" ht="14.25" customHeight="1"/>
+    <row r="826" ht="14.25" customHeight="1"/>
+    <row r="827" ht="14.25" customHeight="1"/>
+    <row r="828" ht="14.25" customHeight="1"/>
+    <row r="829" ht="14.25" customHeight="1"/>
+    <row r="830" ht="14.25" customHeight="1"/>
+    <row r="831" ht="14.25" customHeight="1"/>
+    <row r="832" ht="14.25" customHeight="1"/>
+    <row r="833" ht="14.25" customHeight="1"/>
+    <row r="834" ht="14.25" customHeight="1"/>
+    <row r="835" ht="14.25" customHeight="1"/>
+    <row r="836" ht="14.25" customHeight="1"/>
+    <row r="837" ht="14.25" customHeight="1"/>
+    <row r="838" ht="14.25" customHeight="1"/>
+    <row r="839" ht="14.25" customHeight="1"/>
+    <row r="840" ht="14.25" customHeight="1"/>
+    <row r="841" ht="14.25" customHeight="1"/>
+    <row r="842" ht="14.25" customHeight="1"/>
+    <row r="843" ht="14.25" customHeight="1"/>
+    <row r="844" ht="14.25" customHeight="1"/>
+    <row r="845" ht="14.25" customHeight="1"/>
+    <row r="846" ht="14.25" customHeight="1"/>
+    <row r="847" ht="14.25" customHeight="1"/>
+    <row r="848" ht="14.25" customHeight="1"/>
+    <row r="849" ht="14.25" customHeight="1"/>
+    <row r="850" ht="14.25" customHeight="1"/>
+    <row r="851" ht="14.25" customHeight="1"/>
+    <row r="852" ht="14.25" customHeight="1"/>
+    <row r="853" ht="14.25" customHeight="1"/>
+    <row r="854" ht="14.25" customHeight="1"/>
+    <row r="855" ht="14.25" customHeight="1"/>
+    <row r="856" ht="14.25" customHeight="1"/>
+    <row r="857" ht="14.25" customHeight="1"/>
+    <row r="858" ht="14.25" customHeight="1"/>
+    <row r="859" ht="14.25" customHeight="1"/>
+    <row r="860" ht="14.25" customHeight="1"/>
+    <row r="861" ht="14.25" customHeight="1"/>
+    <row r="862" ht="14.25" customHeight="1"/>
+    <row r="863" ht="14.25" customHeight="1"/>
+    <row r="864" ht="14.25" customHeight="1"/>
+    <row r="865" ht="14.25" customHeight="1"/>
+    <row r="866" ht="14.25" customHeight="1"/>
+    <row r="867" ht="14.25" customHeight="1"/>
+    <row r="868" ht="14.25" customHeight="1"/>
+    <row r="869" ht="14.25" customHeight="1"/>
+    <row r="870" ht="14.25" customHeight="1"/>
+    <row r="871" ht="14.25" customHeight="1"/>
+    <row r="872" ht="14.25" customHeight="1"/>
+    <row r="873" ht="14.25" customHeight="1"/>
+    <row r="874" ht="14.25" customHeight="1"/>
+    <row r="875" ht="14.25" customHeight="1"/>
+    <row r="876" ht="14.25" customHeight="1"/>
+    <row r="877" ht="14.25" customHeight="1"/>
+    <row r="878" ht="14.25" customHeight="1"/>
+    <row r="879" ht="14.25" customHeight="1"/>
+    <row r="880" ht="14.25" customHeight="1"/>
+    <row r="881" ht="14.25" customHeight="1"/>
+    <row r="882" ht="14.25" customHeight="1"/>
+    <row r="883" ht="14.25" customHeight="1"/>
+    <row r="884" ht="14.25" customHeight="1"/>
+    <row r="885" ht="14.25" customHeight="1"/>
+    <row r="886" ht="14.25" customHeight="1"/>
+    <row r="887" ht="14.25" customHeight="1"/>
+    <row r="888" ht="14.25" customHeight="1"/>
+    <row r="889" ht="14.25" customHeight="1"/>
+    <row r="890" ht="14.25" customHeight="1"/>
+    <row r="891" ht="14.25" customHeight="1"/>
+    <row r="892" ht="14.25" customHeight="1"/>
+    <row r="893" ht="14.25" customHeight="1"/>
+    <row r="894" ht="14.25" customHeight="1"/>
+    <row r="895" ht="14.25" customHeight="1"/>
+    <row r="896" ht="14.25" customHeight="1"/>
+    <row r="897" ht="14.25" customHeight="1"/>
+    <row r="898" ht="14.25" customHeight="1"/>
+    <row r="899" ht="14.25" customHeight="1"/>
+    <row r="900" ht="14.25" customHeight="1"/>
+    <row r="901" ht="14.25" customHeight="1"/>
+    <row r="902" ht="14.25" customHeight="1"/>
+    <row r="903" ht="14.25" customHeight="1"/>
+    <row r="904" ht="14.25" customHeight="1"/>
+    <row r="905" ht="14.25" customHeight="1"/>
+    <row r="906" ht="14.25" customHeight="1"/>
+    <row r="907" ht="14.25" customHeight="1"/>
+    <row r="908" ht="14.25" customHeight="1"/>
+    <row r="909" ht="14.25" customHeight="1"/>
+    <row r="910" ht="14.25" customHeight="1"/>
+    <row r="911" ht="14.25" customHeight="1"/>
+    <row r="912" ht="14.25" customHeight="1"/>
+    <row r="913" ht="14.25" customHeight="1"/>
+    <row r="914" ht="14.25" customHeight="1"/>
+    <row r="915" ht="14.25" customHeight="1"/>
+    <row r="916" ht="14.25" customHeight="1"/>
+    <row r="917" ht="14.25" customHeight="1"/>
+    <row r="918" ht="14.25" customHeight="1"/>
+    <row r="919" ht="14.25" customHeight="1"/>
+    <row r="920" ht="14.25" customHeight="1"/>
+    <row r="921" ht="14.25" customHeight="1"/>
+    <row r="922" ht="14.25" customHeight="1"/>
+    <row r="923" ht="14.25" customHeight="1"/>
+    <row r="924" ht="14.25" customHeight="1"/>
+    <row r="925" ht="14.25" customHeight="1"/>
+    <row r="926" ht="14.25" customHeight="1"/>
+    <row r="927" ht="14.25" customHeight="1"/>
+    <row r="928" ht="14.25" customHeight="1"/>
+    <row r="929" ht="14.25" customHeight="1"/>
+    <row r="930" ht="14.25" customHeight="1"/>
+    <row r="931" ht="14.25" customHeight="1"/>
+    <row r="932" ht="14.25" customHeight="1"/>
+    <row r="933" ht="14.25" customHeight="1"/>
+    <row r="934" ht="14.25" customHeight="1"/>
+    <row r="935" ht="14.25" customHeight="1"/>
+    <row r="936" ht="14.25" customHeight="1"/>
+    <row r="937" ht="14.25" customHeight="1"/>
+    <row r="938" ht="14.25" customHeight="1"/>
+    <row r="939" ht="14.25" customHeight="1"/>
+    <row r="940" ht="14.25" customHeight="1"/>
+    <row r="941" ht="14.25" customHeight="1"/>
+    <row r="942" ht="14.25" customHeight="1"/>
+    <row r="943" ht="14.25" customHeight="1"/>
+    <row r="944" ht="14.25" customHeight="1"/>
+    <row r="945" ht="14.25" customHeight="1"/>
+    <row r="946" ht="14.25" customHeight="1"/>
+    <row r="947" ht="14.25" customHeight="1"/>
+    <row r="948" ht="14.25" customHeight="1"/>
+    <row r="949" ht="14.25" customHeight="1"/>
+    <row r="950" ht="14.25" customHeight="1"/>
+    <row r="951" ht="14.25" customHeight="1"/>
+    <row r="952" ht="14.25" customHeight="1"/>
+    <row r="953" ht="14.25" customHeight="1"/>
+    <row r="954" ht="14.25" customHeight="1"/>
+    <row r="955" ht="14.25" customHeight="1"/>
+    <row r="956" ht="14.25" customHeight="1"/>
+    <row r="957" ht="14.25" customHeight="1"/>
+    <row r="958" ht="14.25" customHeight="1"/>
+    <row r="959" ht="14.25" customHeight="1"/>
+    <row r="960" ht="14.25" customHeight="1"/>
+    <row r="961" ht="14.25" customHeight="1"/>
+    <row r="962" ht="14.25" customHeight="1"/>
+    <row r="963" ht="14.25" customHeight="1"/>
+    <row r="964" ht="14.25" customHeight="1"/>
+    <row r="965" ht="14.25" customHeight="1"/>
+    <row r="966" ht="14.25" customHeight="1"/>
+    <row r="967" ht="14.25" customHeight="1"/>
+    <row r="968" ht="14.25" customHeight="1"/>
+    <row r="969" ht="14.25" customHeight="1"/>
+    <row r="970" ht="14.25" customHeight="1"/>
+    <row r="971" ht="14.25" customHeight="1"/>
+    <row r="972" ht="14.25" customHeight="1"/>
+    <row r="973" ht="14.25" customHeight="1"/>
+    <row r="974" ht="14.25" customHeight="1"/>
+    <row r="975" ht="14.25" customHeight="1"/>
+    <row r="976" ht="14.25" customHeight="1"/>
+    <row r="977" ht="14.25" customHeight="1"/>
+    <row r="978" ht="14.25" customHeight="1"/>
+    <row r="979" ht="14.25" customHeight="1"/>
+    <row r="980" ht="14.25" customHeight="1"/>
+    <row r="981" ht="14.25" customHeight="1"/>
+    <row r="982" ht="14.25" customHeight="1"/>
+    <row r="983" ht="14.25" customHeight="1"/>
+    <row r="984" ht="14.25" customHeight="1"/>
+    <row r="985" ht="14.25" customHeight="1"/>
+    <row r="986" ht="14.25" customHeight="1"/>
+    <row r="987" ht="14.25" customHeight="1"/>
+    <row r="988" ht="14.25" customHeight="1"/>
+    <row r="989" ht="14.25" customHeight="1"/>
+    <row r="990" ht="14.25" customHeight="1"/>
+    <row r="991" ht="14.25" customHeight="1"/>
+    <row r="992" ht="14.25" customHeight="1"/>
+    <row r="993" ht="14.25" customHeight="1"/>
+    <row r="994" ht="14.25" customHeight="1"/>
+    <row r="995" ht="14.25" customHeight="1"/>
+    <row r="996" ht="14.25" customHeight="1"/>
+    <row r="997" ht="14.25" customHeight="1"/>
+    <row r="998" ht="14.25" customHeight="1"/>
+    <row r="999" ht="14.25" customHeight="1"/>
+    <row r="1000" ht="14.25" customHeight="1"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...175 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Jim Taylor</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>