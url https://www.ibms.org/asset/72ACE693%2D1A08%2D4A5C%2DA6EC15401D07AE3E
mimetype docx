--- v0 (2025-10-01)
+++ v1 (2025-11-11)
@@ -302,205 +302,200 @@
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C5AA155" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>First Names:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3442" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BEC11EB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A784E9F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346CF2F8" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w:rsidRPr="00FD113A" w14:paraId="3868DFFF" w14:textId="77777777" w:rsidTr="00F04B1D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BEB3F10" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3442" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ADF1098" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1780" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8C7182" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Suffix:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38EB5D59" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04B1D" w:rsidRPr="00FD113A" w14:paraId="12ADC3A4" w14:textId="77777777" w:rsidTr="00D11F95">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1769" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A660A1D" w14:textId="77777777" w:rsidR="00F04B1D" w:rsidRPr="00FD113A" w:rsidRDefault="00F04B1D" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F04B1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3442" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279EB129" w14:textId="77777777" w:rsidR="00F04B1D" w:rsidRPr="00FD113A" w:rsidRDefault="00F04B1D" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5209" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DFF3555" w14:textId="77777777" w:rsidR="00F04B1D" w:rsidRPr="00FD113A" w:rsidRDefault="00F04B1D" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -550,93 +545,91 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CDE3BD9" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="00071AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">IBMS Membership </w:t>
             </w:r>
             <w:r w:rsidR="00071AD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74AAFD06" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1794" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB9BF7F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="00071AD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Membership </w:t>
             </w:r>
             <w:r w:rsidR="00071AD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Grade</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44FC5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12ACD76C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BD101AF" w14:textId="77777777" w:rsidR="003C3E7B" w:rsidRDefault="003C3E7B" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -738,51 +731,50 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1361" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B46FB0E" w14:textId="77777777" w:rsidR="00990B6E" w:rsidRPr="00FD113A" w:rsidRDefault="00990B6E" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -963,51 +955,50 @@
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CD9FD10" w14:textId="77777777" w:rsidR="00081596" w:rsidRPr="00081596" w:rsidRDefault="00081596" w:rsidP="00081596">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00081596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Home Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2672" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21CDFBEC" w14:textId="77777777" w:rsidR="00081596" w:rsidRPr="00FD113A" w:rsidRDefault="00081596" w:rsidP="00081596">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="00992404" w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -1042,51 +1033,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76464D8B" w14:textId="77777777" w:rsidR="00081596" w:rsidRPr="00081596" w:rsidRDefault="00081596" w:rsidP="00081596">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00081596">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Employment Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1523" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0219D246" w14:textId="77777777" w:rsidR="00081596" w:rsidRPr="00FD113A" w:rsidRDefault="00081596" w:rsidP="00081596">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00992404" w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -1238,137 +1228,134 @@
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D427F1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="240D3580" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29CA2706" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="0021356D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Job </w:t>
             </w:r>
             <w:r w:rsidRPr="00E812A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
             <w:r w:rsidR="0021356D" w:rsidRPr="00E812A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or Student)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B47DB82" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="56302CBC" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="509A256F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address Line 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449AE0BA" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04AC0B67" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00E812A0" w:rsidRDefault="0021356D" w:rsidP="0021356D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1409,273 +1396,266 @@
             </w:r>
             <w:r w:rsidR="004338A7" w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004338A7" w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/Hospital</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/Uni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="049EABC4" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="545C7B57" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1130FA6C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address Line 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F03B7B6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CAB769D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08F25967" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="724F8F98" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF497E9" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1474C7A6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F1BE479" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C18E680" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="63E9CBBA" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7144A4EA" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71779805" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140FF121" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42A23576" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="00992404" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="004338A7" w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD "Firmcounty_descr" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
@@ -1689,307 +1669,299 @@
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3992F0" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AC6B80A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="048F099D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E70856D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="1183EF7C" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C40F2A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7386B10C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1142FDB1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="520B2B2B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="39A22EFB" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D8719E1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12F87833" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6127FD7D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563490C1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00FD113A" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="15CCC2B9" w14:textId="77777777" w:rsidTr="00DC74D6">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1776" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF1181F" w14:textId="77777777" w:rsidR="00C44E5C" w:rsidRPr="00FD113A" w:rsidRDefault="00C44E5C" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3381" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453714EF" w14:textId="77777777" w:rsidR="00C44E5C" w:rsidRPr="00FD113A" w:rsidRDefault="00C44E5C" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D2AED16" w14:textId="77777777" w:rsidR="00C44E5C" w:rsidRPr="00FD113A" w:rsidRDefault="00C44E5C" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3412" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22D66426" w14:textId="77777777" w:rsidR="00C44E5C" w:rsidRPr="00FD113A" w:rsidRDefault="00C44E5C" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B570088" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03BC4CA2" w14:textId="77777777" w:rsidR="003C3E7B" w:rsidRDefault="003C3E7B" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -2106,211 +2078,206 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3295DCCF" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>First Names:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A44B276" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="787F3AB8" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43FCAD97" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="7C78BAEE" w14:textId="77777777" w:rsidTr="00A15BD0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="385E06B4" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A33F5D8" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="066B19C4" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Suffix:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55C833D1" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="63294576" w14:textId="77777777" w:rsidTr="00A15BD0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EA82CC7" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>IBMS Member</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54CAB2EC" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -2334,51 +2301,50 @@
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3EDF66" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -2432,92 +2398,90 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Membership Number</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2941" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58703189" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="4DD4B79A" w14:textId="77777777" w:rsidTr="00A15BD0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="415AA0E6" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Professional Relationship to applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3951" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CDB7A03" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint applicant           </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -2533,51 +2497,50 @@
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AE4927E" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Project supervisor          </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -2619,133 +2582,130 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="749461E3" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Employment  organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7902" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B7C4496" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="797191FD" w14:textId="77777777" w:rsidTr="00A15BD0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29343CB0" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7902" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54090780" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0021356D" w:rsidRPr="00FD113A" w14:paraId="39D870A6" w14:textId="77777777" w:rsidTr="00A15BD0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14FA849C" w14:textId="77777777" w:rsidR="0021356D" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7902" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BE0526" w14:textId="77777777" w:rsidR="0021356D" w:rsidRPr="00FD113A" w:rsidRDefault="0021356D" w:rsidP="00A15BD0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3F667515" w14:textId="77777777" w:rsidR="0021356D" w:rsidRDefault="0021356D" w:rsidP="0021356D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58A68C3B" w14:textId="77777777" w:rsidR="003C3E7B" w:rsidRPr="00FD113A" w:rsidRDefault="003C3E7B" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -2908,175 +2868,169 @@
       </w:tr>
       <w:tr w:rsidR="00837413" w:rsidRPr="00FD113A" w14:paraId="4BF1A599" w14:textId="77777777" w:rsidTr="00E207BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD7BE3A" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68A995DA" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE6C3C8" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00837413" w:rsidRPr="00FD113A" w14:paraId="5A860931" w14:textId="77777777" w:rsidTr="00E207BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="106AC589" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B28E246" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A7D788A" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00837413" w:rsidRPr="00FD113A" w14:paraId="7351D7CE" w14:textId="77777777" w:rsidTr="00E207BA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631B8C71" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E7BD9E" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6225D2" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25D0F70B" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRDefault="00527ABE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CA2288D" w14:textId="77777777" w:rsidR="00095A93" w:rsidRPr="00FD113A" w:rsidRDefault="00095A93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3241,175 +3195,169 @@
       </w:tr>
       <w:tr w:rsidR="00527ABE" w:rsidRPr="00FD113A" w14:paraId="733B54DD" w14:textId="77777777" w:rsidTr="00684FCF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37914E57" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C773B2B" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6525B91C" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527ABE" w:rsidRPr="00FD113A" w14:paraId="3F81F1D2" w14:textId="77777777" w:rsidTr="00684FCF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46339F7E" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="457A6C54" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="049ABE44" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00527ABE" w:rsidRPr="00FD113A" w14:paraId="0F75AFC4" w14:textId="77777777" w:rsidTr="00684FCF">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7726EB30" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1991D7" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4358" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EFCB342" w14:textId="77777777" w:rsidR="00527ABE" w:rsidRPr="00FD113A" w:rsidRDefault="00527ABE" w:rsidP="00684FCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30E49BF0" w14:textId="77777777" w:rsidR="00837413" w:rsidRPr="00FD113A" w:rsidRDefault="00837413">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D3F26B2" w14:textId="77777777" w:rsidR="00837413" w:rsidRDefault="00837413">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3546,89 +3494,87 @@
       </w:tr>
       <w:tr w:rsidR="002C3F55" w:rsidRPr="00FD113A" w14:paraId="40226C26" w14:textId="77777777" w:rsidTr="00E35418">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71231090" w14:textId="77777777" w:rsidR="002C3F55" w:rsidRPr="00FD113A" w:rsidRDefault="002C3F55" w:rsidP="00E828FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="693F6569" w14:textId="77777777" w:rsidR="002C3F55" w:rsidRPr="00FD113A" w:rsidRDefault="002C3F55" w:rsidP="00E828FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C3F55" w:rsidRPr="00FD113A" w14:paraId="13DCE319" w14:textId="77777777" w:rsidTr="00807BC3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="039BC314" w14:textId="77777777" w:rsidR="002C3F55" w:rsidRPr="00FD113A" w:rsidRDefault="002C3F55" w:rsidP="00E828FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09977E81" w14:textId="77777777" w:rsidR="002C3F55" w:rsidRPr="00FD113A" w:rsidRDefault="002C3F55" w:rsidP="00E828FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C00ED75" w14:textId="77777777" w:rsidR="00095A93" w:rsidRDefault="00095A93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA25DE5" w14:textId="77777777" w:rsidR="00095A93" w:rsidRPr="00FD113A" w:rsidRDefault="00095A93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3979,143 +3925,141 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60C681C2" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00F12281">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1751"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2545"/>
+        <w:gridCol w:w="1750"/>
+        <w:gridCol w:w="3338"/>
+        <w:gridCol w:w="2563"/>
+        <w:gridCol w:w="2543"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="7D25DB0E" w14:textId="77777777" w:rsidTr="00837413">
+      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="7D25DB0E" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
+            <w:tcW w:w="10194" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A6CDB4D" w14:textId="77777777" w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w:rsidRDefault="00CB0DCD" w:rsidP="00004B27">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Project </w:t>
             </w:r>
             <w:r w:rsidR="00004B27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Summary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12281" w:rsidRPr="00FD113A" w14:paraId="39910942" w14:textId="77777777" w:rsidTr="00F12281">
+      <w:tr w:rsidR="00F12281" w:rsidRPr="00FD113A" w14:paraId="39910942" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1750" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3051B03B" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00F12281" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8645" w:type="dxa"/>
+            <w:tcW w:w="8444" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48E2A2EC" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00F12281" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="4DD9F66D" w14:textId="77777777" w:rsidTr="0097197F">
+      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="4DD9F66D" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
+            <w:tcW w:w="10194" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C1CF46F" w14:textId="10BA4273" w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w:rsidRDefault="00CB0DCD" w:rsidP="00283D96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6701"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Please attach separate sheet(s) clearly detailing the information required below. For items 2-4 inclusive do not exceed </w:t>
             </w:r>
             <w:r w:rsidR="00501556">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
@@ -4196,74 +4140,73 @@
               <w:t>project summary</w:t>
             </w:r>
             <w:r w:rsidR="00283D96" w:rsidRPr="0043757E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0097197F" w:rsidRPr="0043757E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>and grants awarded to those with the higher scores.</w:t>
             </w:r>
             <w:r w:rsidR="0097197F" w:rsidRPr="0043757E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="50792C54" w14:textId="77777777" w:rsidTr="00D528AD">
+      <w:tr w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w14:paraId="50792C54" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1750" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCFA4F7" w14:textId="77777777" w:rsidR="00CB0DCD" w:rsidRPr="00FD113A" w:rsidRDefault="00CB0DCD" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8645" w:type="dxa"/>
+            <w:tcW w:w="8444" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61F86AC0" w14:textId="77777777" w:rsidR="00754900" w:rsidRDefault="00754900" w:rsidP="00CB0DCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12242B7C" w14:textId="2ABF2A58" w:rsidR="00CB0DCD" w:rsidRPr="00D528AD" w:rsidRDefault="00CB0DCD" w:rsidP="00D528AD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="499"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D528AD">
               <w:rPr>
@@ -4500,700 +4443,361 @@
             </w:r>
             <w:r w:rsidR="003C35BA" w:rsidRPr="00D528AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (no more than 5)</w:t>
             </w:r>
             <w:r w:rsidRPr="00D528AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7255610D" w14:textId="77777777" w:rsidR="00754900" w:rsidRPr="00FD113A" w:rsidRDefault="00754900" w:rsidP="00754900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="1049AB48" w14:textId="77777777" w:rsidTr="00684FCF">
+      <w:tr w:rsidR="004C50A7" w:rsidRPr="00FD113A" w14:paraId="1049AB48" w14:textId="77777777" w:rsidTr="004C50A7">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="919"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A66F0D" w14:textId="77777777" w:rsidR="004C50A7" w:rsidRPr="00FD113A" w:rsidRDefault="004C50A7" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ethical Approval</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8444" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D0B8AE" w14:textId="4C57D161" w:rsidR="004C50A7" w:rsidRPr="00FD113A" w:rsidRDefault="004C50A7" w:rsidP="004C50A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Please provide evidence that this project/study has been through an appropriate ethics approval process and the outcome.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00333DB2" w:rsidRPr="00FD113A" w14:paraId="77856693" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1750" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53A66F0D" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
-[...159 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+          <w:p w14:paraId="0E66B68F" w14:textId="77777777" w:rsidR="00333DB2" w:rsidRPr="00FD113A" w:rsidRDefault="00333DB2" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8444" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1576541C" w14:textId="44534CDA" w:rsidR="00333DB2" w:rsidRPr="00FD113A" w:rsidRDefault="00333DB2" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00990B6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please note </w:t>
+            </w:r>
+            <w:r w:rsidR="004C50A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">we will not consider any applications which does not provide all the above information. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684FCF" w:rsidRPr="00501556" w14:paraId="2C748D8A" w14:textId="77777777" w:rsidTr="00684FCF">
+      <w:tr w:rsidR="00F12281" w:rsidRPr="00FD113A" w14:paraId="5D3444B9" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
+            <w:tcW w:w="1750" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="753C98E0" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00501556" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
-[...122 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="53BCFC47" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Proposed Start Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3338" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="142718C5" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00F12281" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEE0366" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00837413" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Proposed Duration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580544FB" w14:textId="77777777" w:rsidR="00F12281" w:rsidRPr="00FD113A" w:rsidRDefault="00992404" w:rsidP="00F12281">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F12281" w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD "Firmcounty_descr" </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00FD113A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...64 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333DB2" w:rsidRPr="00FD113A" w14:paraId="77856693" w14:textId="77777777" w:rsidTr="00E12246">
+      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="7F5FA314" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1775" w:type="dxa"/>
-[...139 lines deleted...]
-            <w:tcW w:w="10420" w:type="dxa"/>
+            <w:tcW w:w="10194" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393D4A7E" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Location of Project, if different from employment address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="3B5AB657" w14:textId="77777777" w:rsidTr="00684FCF">
+      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="3B5AB657" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5185" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13003845" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="5106" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A7B683E" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="6A559F38" w14:textId="77777777" w:rsidTr="00684FCF">
+      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="6A559F38" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5185" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2211FAB4" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="5106" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26CB8FBA" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="1A9F7E0B" w14:textId="77777777" w:rsidTr="00684FCF">
+      <w:tr w:rsidR="00684FCF" w:rsidRPr="00FD113A" w14:paraId="1A9F7E0B" w14:textId="77777777" w:rsidTr="004C50A7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5185" w:type="dxa"/>
+            <w:tcW w:w="5088" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71CA2093" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5235" w:type="dxa"/>
+            <w:tcW w:w="5106" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7250A38E" w14:textId="77777777" w:rsidR="00684FCF" w:rsidRPr="00FD113A" w:rsidRDefault="00684FCF" w:rsidP="00F12281">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73B31E6C" w14:textId="77777777" w:rsidR="005A066B" w:rsidRDefault="005A066B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39A2F871" w14:textId="77777777" w:rsidR="005A066B" w:rsidRDefault="005A066B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -5572,51 +5176,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F16C69" w:rsidRPr="00FD113A" w14:paraId="1F5B05DD" w14:textId="77777777" w:rsidTr="003C3E7B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4A3BAE" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="00035714" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E04F9D" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="0097197F" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0097197F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Totals (£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00004B27" w:rsidRPr="00FD113A" w14:paraId="658698D2" w14:textId="77777777" w:rsidTr="007514D8">
         <w:trPr>
@@ -5624,247 +5227,239 @@
           <w:trHeight w:hRule="exact" w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01FCC23C" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00F64BCD" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Consumables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B42E32" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="135D0910" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="00035714" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73316D92" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="00035714" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A45742C" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00FD113A" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00004B27" w:rsidRPr="00FD113A" w14:paraId="1E810B98" w14:textId="77777777" w:rsidTr="007514D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1826"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77A18C26" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00F64BCD" w:rsidP="00F64BCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8A822C" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BB088E8" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00FD113A" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00004B27" w:rsidRPr="00FD113A" w14:paraId="105E30F2" w14:textId="77777777" w:rsidTr="007514D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1854"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57A67B7E" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00F6225F" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other expenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28DC703C" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BCA7102" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00FD113A" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00004B27" w:rsidRPr="00FD113A" w14:paraId="4E9E4D3C" w14:textId="77777777" w:rsidTr="00F16C69">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="088877E1" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Grand Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766B9C8C" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00035714" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19618E57" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00FD113A" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00004B27" w:rsidRPr="00FD113A" w14:paraId="053BD333" w14:textId="77777777" w:rsidTr="00F16C69">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="686"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -5894,88 +5489,85 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">if you have access to alternative funding arrangements (for example  employer or HEI if you are postgraduate student </w:t>
             </w:r>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00F6225F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB105E4" w14:textId="77777777" w:rsidR="00004B27" w:rsidRPr="00FD113A" w:rsidRDefault="00004B27" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F16C69" w:rsidRPr="00FD113A" w14:paraId="6260A93F" w14:textId="77777777" w:rsidTr="007514D8">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="2299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6321F70F" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="00035714" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1098" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="290FE8BF" w14:textId="77777777" w:rsidR="00F16C69" w:rsidRPr="00FD113A" w:rsidRDefault="00F16C69" w:rsidP="00004B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3149C921" w14:textId="77777777" w:rsidR="00A2553A" w:rsidRDefault="00A2553A" w:rsidP="00A2553A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76B5B866" w14:textId="77777777" w:rsidR="00AD4DD4" w:rsidRDefault="00AD4DD4" w:rsidP="00A2553A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6051,51 +5643,50 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>REGULATIONS AND CONDITIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="20854D46" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="6237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5209" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B18C948" w14:textId="26080406" w:rsidR="005A066B" w:rsidRPr="00035714" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:pStyle w:val="Heading6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>RESEARCH GRANTS</w:t>
             </w:r>
             <w:ins w:id="3" w:author="Marie-Helen Jean" w:date="2024-09-06T16:15:00Z" w16du:dateUtc="2024-09-06T15:15:00Z">
               <w:r w:rsidR="00086648">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
@@ -6190,51 +5781,50 @@
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59B4E8A1" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C4D3D89" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5209" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A3E6A78" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:ind w:left="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17872BD4" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00035714" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -6717,51 +6307,50 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>DECLARATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="0D3A5E48" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="897"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10418" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48D99956" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I declare that that I have read the Regulations and Conditions and that the information given is complete and correct.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EDC438B" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6878,175 +6467,169 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3D62AAAC" w14:textId="77777777" w:rsidR="0097197F" w:rsidRPr="00FD113A" w:rsidRDefault="0097197F" w:rsidP="00207B2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="71721445" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="672" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="133FA2D0" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sign</w:t>
             </w:r>
             <w:r w:rsidR="0097197F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9746" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B55B0F3" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="1E4779BF" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1390" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40808B89" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3854" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E75D2F9" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="292B69E2" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0189CB43" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -7055,65 +6638,63 @@
       </w:tblGrid>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="6EC3EFF4" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="371654E7" w14:textId="77777777" w:rsidR="005A066B" w:rsidRPr="00FD113A" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>RETURN ADDRESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A066B" w:rsidRPr="00FD113A" w14:paraId="78D4F103" w14:textId="77777777" w:rsidTr="00564AC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="772"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DD9577A" w14:textId="77777777" w:rsidR="005A066B" w:rsidRDefault="005A066B" w:rsidP="00564AC1">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Postal: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD113A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Institute of Biomedical Science, 12 Coldbath Square, London, EC1R 5HL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7315,51 +6896,50 @@
           <w:trHeight w:hRule="exact" w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E6BB421" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of Bank</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44EA37D8" w14:textId="77777777" w:rsidR="00230395" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="686D3BD9" w14:textId="77777777" w:rsidR="00230395" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="419DE0A1" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -7375,366 +6955,359 @@
           <w:trHeight w:hRule="exact" w:val="847"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="267DAB43" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Bank Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1FE343" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="7ED8060F" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0375CC93" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sort Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5935C51E" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="6075E0F0" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="856"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="406D5872" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Account Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE6F5F1" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="44A72616" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="839"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25432E7B" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Account Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5AEF9D" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="30BE99AB" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6D01D7" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>BIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FEC8BDD" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="36C2FCB4" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B19FCAE" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>IBAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EFF6498" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00230395" w:rsidRPr="00FD113A" w14:paraId="3734B1A7" w14:textId="77777777" w:rsidTr="00230395">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716544ED" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00035714" w:rsidRDefault="00230395" w:rsidP="00931EC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00035714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Special Instructions</w:t>
             </w:r>
             <w:r w:rsidR="00931EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (18 characters or less)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5512397F" w14:textId="77777777" w:rsidR="00230395" w:rsidRPr="00FD113A" w:rsidRDefault="00230395" w:rsidP="003C3E7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7B901873" w14:textId="77777777" w:rsidR="00F6225F" w:rsidRDefault="00F6225F" w:rsidP="00A2553A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6206EA3D" w14:textId="77777777" w:rsidR="00F6225F" w:rsidRDefault="00F6225F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E5506BE" w14:textId="77777777" w:rsidR="00416688" w:rsidRDefault="00416688">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00416688" w:rsidSect="001B7558">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="454" w:right="851" w:bottom="680" w:left="851" w:header="709" w:footer="184" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CB34C46" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
+    <w:p w14:paraId="01AF8624" w14:textId="77777777" w:rsidR="00075C57" w:rsidRDefault="00075C57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="366403F8" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
+    <w:p w14:paraId="0405BBA0" w14:textId="77777777" w:rsidR="00075C57" w:rsidRDefault="00075C57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7773,70 +7346,78 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31C46667" w14:textId="46BA89FB" w:rsidR="00333DB2" w:rsidRDefault="00333DB2" w:rsidP="00333DB2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2A0E5224" w14:textId="31A760AD" w:rsidR="00E812A0" w:rsidRPr="001B7558" w:rsidRDefault="00BE58CE" w:rsidP="00E812A0">
+  <w:p w14:paraId="2A0E5224" w14:textId="6DD0D984" w:rsidR="00E812A0" w:rsidRPr="001B7558" w:rsidRDefault="00D75087" w:rsidP="00E812A0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>January 2025</w:t>
+      <w:t xml:space="preserve">October </w:t>
+    </w:r>
+    <w:r w:rsidR="00BE58CE">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="56993B9B" w14:textId="709364C1" w:rsidR="00422821" w:rsidRPr="001B7558" w:rsidRDefault="00333DB2" w:rsidP="00E812A0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3855"/>
         <w:tab w:val="left" w:pos="7530"/>
         <w:tab w:val="right" w:pos="10204"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001B7558">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E812A0" w:rsidRPr="001B7558">
@@ -7928,58 +7509,58 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F90A05E" w14:textId="618D366C" w:rsidR="00422821" w:rsidRDefault="00E812A0" w:rsidP="00E812A0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="8160"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B73E624" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
+    <w:p w14:paraId="36DAD2E3" w14:textId="77777777" w:rsidR="00075C57" w:rsidRDefault="00075C57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31C06ED4" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
+    <w:p w14:paraId="3CFA695D" w14:textId="77777777" w:rsidR="00075C57" w:rsidRDefault="00075C57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035C2249"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="086A1CFE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -9006,87 +8587,87 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="84739502">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2146972865">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Marie-Helen Jean">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::marie-helen@IBMS.ORG::65a590f4-e18f-4ef4-bac3-c1868a16a991"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7922"/>
     <w:rsid w:val="00003241"/>
     <w:rsid w:val="00004B27"/>
     <w:rsid w:val="00013A25"/>
     <w:rsid w:val="00035714"/>
     <w:rsid w:val="00041478"/>
     <w:rsid w:val="00043828"/>
     <w:rsid w:val="000511E4"/>
     <w:rsid w:val="0006565A"/>
     <w:rsid w:val="00071AD0"/>
+    <w:rsid w:val="00075C57"/>
     <w:rsid w:val="00081596"/>
     <w:rsid w:val="0008349A"/>
     <w:rsid w:val="00086648"/>
     <w:rsid w:val="00094ED2"/>
     <w:rsid w:val="00095A93"/>
     <w:rsid w:val="000A148C"/>
     <w:rsid w:val="000A24BB"/>
     <w:rsid w:val="000A407F"/>
     <w:rsid w:val="000B4C0E"/>
     <w:rsid w:val="000B4EAE"/>
     <w:rsid w:val="000B5A17"/>
     <w:rsid w:val="000C688E"/>
     <w:rsid w:val="000D444D"/>
     <w:rsid w:val="000E3935"/>
     <w:rsid w:val="00133EE7"/>
     <w:rsid w:val="001975FA"/>
     <w:rsid w:val="001B2A66"/>
     <w:rsid w:val="001B7558"/>
     <w:rsid w:val="001C5300"/>
     <w:rsid w:val="001D0857"/>
     <w:rsid w:val="001D1896"/>
     <w:rsid w:val="001E1915"/>
     <w:rsid w:val="001E5D1C"/>
     <w:rsid w:val="001E5F1B"/>
     <w:rsid w:val="00207B2F"/>
@@ -9109,53 +8690,55 @@
     <w:rsid w:val="003719DF"/>
     <w:rsid w:val="003837C8"/>
     <w:rsid w:val="00396239"/>
     <w:rsid w:val="003C14C1"/>
     <w:rsid w:val="003C35BA"/>
     <w:rsid w:val="003C3E7B"/>
     <w:rsid w:val="003E75E5"/>
     <w:rsid w:val="003F0919"/>
     <w:rsid w:val="003F4E50"/>
     <w:rsid w:val="00403DDA"/>
     <w:rsid w:val="0040564D"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00416688"/>
     <w:rsid w:val="00417E8B"/>
     <w:rsid w:val="00422821"/>
     <w:rsid w:val="00432F82"/>
     <w:rsid w:val="004338A7"/>
     <w:rsid w:val="0043757E"/>
     <w:rsid w:val="00440F76"/>
     <w:rsid w:val="00441A23"/>
     <w:rsid w:val="00476AE7"/>
     <w:rsid w:val="0048232E"/>
     <w:rsid w:val="004865A1"/>
     <w:rsid w:val="004A54D2"/>
     <w:rsid w:val="004C14FC"/>
+    <w:rsid w:val="004C50A7"/>
     <w:rsid w:val="004E43CF"/>
     <w:rsid w:val="004F5CD7"/>
     <w:rsid w:val="00501556"/>
+    <w:rsid w:val="00502CFF"/>
     <w:rsid w:val="00507D2C"/>
     <w:rsid w:val="00507E26"/>
     <w:rsid w:val="00507E82"/>
     <w:rsid w:val="0051163C"/>
     <w:rsid w:val="00527ABE"/>
     <w:rsid w:val="00544F0A"/>
     <w:rsid w:val="00552AD9"/>
     <w:rsid w:val="00553080"/>
     <w:rsid w:val="00567EE9"/>
     <w:rsid w:val="00584C97"/>
     <w:rsid w:val="005959D4"/>
     <w:rsid w:val="005979DC"/>
     <w:rsid w:val="005A066B"/>
     <w:rsid w:val="005A1F33"/>
     <w:rsid w:val="005A324E"/>
     <w:rsid w:val="005B6F35"/>
     <w:rsid w:val="005B7732"/>
     <w:rsid w:val="005D0560"/>
     <w:rsid w:val="005F0318"/>
     <w:rsid w:val="005F2E8F"/>
     <w:rsid w:val="005F4847"/>
     <w:rsid w:val="005F705C"/>
     <w:rsid w:val="00600F31"/>
     <w:rsid w:val="00637C81"/>
     <w:rsid w:val="00643EFF"/>
@@ -9181,50 +8764,51 @@
     <w:rsid w:val="007E08F6"/>
     <w:rsid w:val="007E0C9E"/>
     <w:rsid w:val="007E1CA4"/>
     <w:rsid w:val="007F72FB"/>
     <w:rsid w:val="00804FE1"/>
     <w:rsid w:val="00805AF6"/>
     <w:rsid w:val="00824C1F"/>
     <w:rsid w:val="008306A5"/>
     <w:rsid w:val="00837413"/>
     <w:rsid w:val="0085402F"/>
     <w:rsid w:val="0086551E"/>
     <w:rsid w:val="00873763"/>
     <w:rsid w:val="008747EF"/>
     <w:rsid w:val="00874E89"/>
     <w:rsid w:val="00875133"/>
     <w:rsid w:val="00876DDC"/>
     <w:rsid w:val="00891E20"/>
     <w:rsid w:val="008944E3"/>
     <w:rsid w:val="008A04A2"/>
     <w:rsid w:val="008B15CA"/>
     <w:rsid w:val="008B7190"/>
     <w:rsid w:val="008B7FC7"/>
     <w:rsid w:val="008D1DB7"/>
     <w:rsid w:val="008D3168"/>
     <w:rsid w:val="008E03E4"/>
+    <w:rsid w:val="008F23BA"/>
     <w:rsid w:val="00904A34"/>
     <w:rsid w:val="0090522D"/>
     <w:rsid w:val="009112E6"/>
     <w:rsid w:val="00931EC2"/>
     <w:rsid w:val="009361FE"/>
     <w:rsid w:val="00950DF6"/>
     <w:rsid w:val="00962417"/>
     <w:rsid w:val="00962CCF"/>
     <w:rsid w:val="0096344F"/>
     <w:rsid w:val="0097197F"/>
     <w:rsid w:val="00971A9A"/>
     <w:rsid w:val="00972AA6"/>
     <w:rsid w:val="00974DA2"/>
     <w:rsid w:val="00976447"/>
     <w:rsid w:val="009867A7"/>
     <w:rsid w:val="00990B6E"/>
     <w:rsid w:val="00992404"/>
     <w:rsid w:val="009D740D"/>
     <w:rsid w:val="009E0F8C"/>
     <w:rsid w:val="009E1D07"/>
     <w:rsid w:val="009F2882"/>
     <w:rsid w:val="009F63C2"/>
     <w:rsid w:val="00A02A06"/>
     <w:rsid w:val="00A06787"/>
     <w:rsid w:val="00A2553A"/>
@@ -9253,50 +8837,51 @@
     <w:rsid w:val="00BD29FB"/>
     <w:rsid w:val="00BE0FDF"/>
     <w:rsid w:val="00BE58CE"/>
     <w:rsid w:val="00C01D9D"/>
     <w:rsid w:val="00C44E5C"/>
     <w:rsid w:val="00C61F08"/>
     <w:rsid w:val="00C71928"/>
     <w:rsid w:val="00C77CA0"/>
     <w:rsid w:val="00C8668C"/>
     <w:rsid w:val="00C90D77"/>
     <w:rsid w:val="00C933F1"/>
     <w:rsid w:val="00C94FE9"/>
     <w:rsid w:val="00CA6E5B"/>
     <w:rsid w:val="00CB0DCD"/>
     <w:rsid w:val="00CC1663"/>
     <w:rsid w:val="00CC39C2"/>
     <w:rsid w:val="00CD135E"/>
     <w:rsid w:val="00CF6AD5"/>
     <w:rsid w:val="00CF72D3"/>
     <w:rsid w:val="00D02D41"/>
     <w:rsid w:val="00D21D25"/>
     <w:rsid w:val="00D33BB4"/>
     <w:rsid w:val="00D40734"/>
     <w:rsid w:val="00D528AD"/>
     <w:rsid w:val="00D6329B"/>
+    <w:rsid w:val="00D75087"/>
     <w:rsid w:val="00DA036E"/>
     <w:rsid w:val="00DA3C35"/>
     <w:rsid w:val="00DB1DAA"/>
     <w:rsid w:val="00DC74D6"/>
     <w:rsid w:val="00DD0CCD"/>
     <w:rsid w:val="00E07F8B"/>
     <w:rsid w:val="00E1328E"/>
     <w:rsid w:val="00E207BA"/>
     <w:rsid w:val="00E46082"/>
     <w:rsid w:val="00E5300D"/>
     <w:rsid w:val="00E574F5"/>
     <w:rsid w:val="00E63D2E"/>
     <w:rsid w:val="00E719B5"/>
     <w:rsid w:val="00E74A89"/>
     <w:rsid w:val="00E812A0"/>
     <w:rsid w:val="00E9296E"/>
     <w:rsid w:val="00EA082C"/>
     <w:rsid w:val="00EA4194"/>
     <w:rsid w:val="00EB48E2"/>
     <w:rsid w:val="00EC0646"/>
     <w:rsid w:val="00EC6357"/>
     <w:rsid w:val="00EC7F8D"/>
     <w:rsid w:val="00EE054A"/>
     <w:rsid w:val="00EE4B51"/>
     <w:rsid w:val="00EE66FD"/>
@@ -9315,53 +8900,53 @@
     <w:rsid w:val="00F71EC5"/>
     <w:rsid w:val="00F95DD7"/>
     <w:rsid w:val="00FA33BC"/>
     <w:rsid w:val="00FB5E71"/>
     <w:rsid w:val="00FD113A"/>
     <w:rsid w:val="00FE3E42"/>
     <w:rsid w:val="00FE7F68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5ADEA480"/>
   <w15:docId w15:val="{22193B1C-17C8-400F-9D65-A594BAB697CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10384,76 +9969,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FFF265C-0627-493A-B506-2D408507FBE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6370</Characters>
+  <Pages>1</Pages>
+  <Words>1163</Words>
+  <Characters>6191</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>442</Lines>
+  <Paragraphs>175</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miss S J Smith</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBMS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7415</CharactersWithSpaces>
+  <CharactersWithSpaces>7179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Miss S J Smith</dc:title>
   <dc:creator>mike</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>