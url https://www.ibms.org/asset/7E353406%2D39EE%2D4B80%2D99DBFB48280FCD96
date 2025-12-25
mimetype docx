--- v0 (2025-10-19)
+++ v1 (2025-12-25)
@@ -1971,87 +1971,93 @@
       </w:r>
       <w:r w:rsidR="00E23B00" w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; Annual Subscription </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Fee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4738E3D7" w14:textId="77777777" w:rsidR="00345FE0" w:rsidRPr="006E3082" w:rsidRDefault="00345FE0" w:rsidP="00A7589E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C898904" w14:textId="3E10EA7D" w:rsidR="00345FE0" w:rsidRPr="006E3082" w:rsidRDefault="00E23B00" w:rsidP="00345FE0">
+    <w:p w14:paraId="6C898904" w14:textId="6FB254B0" w:rsidR="00345FE0" w:rsidRPr="006E3082" w:rsidRDefault="00E23B00" w:rsidP="00345FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The application fee </w:t>
       </w:r>
       <w:r w:rsidR="00345FE0" w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t>to apply for Fellowship via the Experiential Route</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidR="00C43505" w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t>£</w:t>
       </w:r>
       <w:r w:rsidR="00920BD6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>411</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001C00A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="00C43505" w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00830259">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Payment can only be made by credit or debit card.</w:t>
       </w:r>
       <w:r w:rsidR="00C43505" w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="006E3082">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10011,103 +10017,103 @@
   </w:num>
   <w:num w:numId="45" w16cid:durableId="885412611">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1492674502">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1941913542">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="241112230">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1121145953">
     <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1506818392">
     <w:abstractNumId w:val="37"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D242B"/>
     <w:rsid w:val="00007150"/>
     <w:rsid w:val="00020E2C"/>
     <w:rsid w:val="00035693"/>
     <w:rsid w:val="00041DA4"/>
     <w:rsid w:val="0004670B"/>
     <w:rsid w:val="000505C9"/>
     <w:rsid w:val="00053070"/>
     <w:rsid w:val="00067A2B"/>
     <w:rsid w:val="000701D3"/>
     <w:rsid w:val="000743CA"/>
     <w:rsid w:val="000765E3"/>
     <w:rsid w:val="00077A99"/>
     <w:rsid w:val="00082DB3"/>
     <w:rsid w:val="000A6843"/>
     <w:rsid w:val="000D1951"/>
     <w:rsid w:val="000E2C16"/>
     <w:rsid w:val="000E497D"/>
     <w:rsid w:val="000F66F4"/>
     <w:rsid w:val="00106A8F"/>
     <w:rsid w:val="00114EC0"/>
     <w:rsid w:val="00134521"/>
     <w:rsid w:val="00150C19"/>
     <w:rsid w:val="00165215"/>
     <w:rsid w:val="00176F36"/>
     <w:rsid w:val="00193958"/>
     <w:rsid w:val="00194B6F"/>
     <w:rsid w:val="001A600A"/>
     <w:rsid w:val="001B0AE8"/>
+    <w:rsid w:val="001C00A6"/>
     <w:rsid w:val="001D0FD1"/>
     <w:rsid w:val="001D109E"/>
     <w:rsid w:val="001D2CDA"/>
     <w:rsid w:val="00205948"/>
     <w:rsid w:val="0021193F"/>
     <w:rsid w:val="00221703"/>
     <w:rsid w:val="0022688F"/>
     <w:rsid w:val="00242A73"/>
     <w:rsid w:val="00242ADD"/>
     <w:rsid w:val="0024337E"/>
     <w:rsid w:val="00252321"/>
     <w:rsid w:val="00281F02"/>
     <w:rsid w:val="00294998"/>
     <w:rsid w:val="0029528B"/>
     <w:rsid w:val="002A49A2"/>
     <w:rsid w:val="002D0D7B"/>
     <w:rsid w:val="002D4FFA"/>
     <w:rsid w:val="003015BF"/>
     <w:rsid w:val="00304900"/>
     <w:rsid w:val="00320007"/>
     <w:rsid w:val="003411CB"/>
     <w:rsid w:val="00345FE0"/>
     <w:rsid w:val="00352B17"/>
     <w:rsid w:val="00392A59"/>
     <w:rsid w:val="00394EDE"/>
@@ -10157,50 +10163,51 @@
     <w:rsid w:val="0060388C"/>
     <w:rsid w:val="00605461"/>
     <w:rsid w:val="006122E7"/>
     <w:rsid w:val="00623A36"/>
     <w:rsid w:val="006273DD"/>
     <w:rsid w:val="006361A7"/>
     <w:rsid w:val="00642D2A"/>
     <w:rsid w:val="006870A6"/>
     <w:rsid w:val="006A2518"/>
     <w:rsid w:val="006B08D6"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C534B"/>
     <w:rsid w:val="006D5C54"/>
     <w:rsid w:val="006E129C"/>
     <w:rsid w:val="006E3082"/>
     <w:rsid w:val="006F1EBC"/>
     <w:rsid w:val="006F59BB"/>
     <w:rsid w:val="00701D68"/>
     <w:rsid w:val="00706193"/>
     <w:rsid w:val="00706B2A"/>
     <w:rsid w:val="007070FC"/>
     <w:rsid w:val="007149D3"/>
     <w:rsid w:val="00722DF5"/>
     <w:rsid w:val="0072757F"/>
     <w:rsid w:val="00746580"/>
+    <w:rsid w:val="00747411"/>
     <w:rsid w:val="00750BC3"/>
     <w:rsid w:val="007518F1"/>
     <w:rsid w:val="00752B4E"/>
     <w:rsid w:val="00755C7A"/>
     <w:rsid w:val="007669AE"/>
     <w:rsid w:val="00776357"/>
     <w:rsid w:val="00782FA3"/>
     <w:rsid w:val="007B4FFD"/>
     <w:rsid w:val="007C1B20"/>
     <w:rsid w:val="007D3F2F"/>
     <w:rsid w:val="007E223E"/>
     <w:rsid w:val="007F0C1D"/>
     <w:rsid w:val="008007A2"/>
     <w:rsid w:val="00801F3C"/>
     <w:rsid w:val="0081613E"/>
     <w:rsid w:val="00830259"/>
     <w:rsid w:val="00851887"/>
     <w:rsid w:val="008561A2"/>
     <w:rsid w:val="00856BB3"/>
     <w:rsid w:val="008575CE"/>
     <w:rsid w:val="00871CB0"/>
     <w:rsid w:val="0088422B"/>
     <w:rsid w:val="008914E9"/>
     <w:rsid w:val="008B3555"/>
     <w:rsid w:val="008D242B"/>
@@ -10325,50 +10332,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70A809FC"/>
+  <w15:docId w15:val="{4AD6B606-8757-4901-9127-F25253A28AA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11448,65 +11456,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AA5BA09-9519-4118-8AD7-1FC8B3CA84C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1195</Words>
-  <Characters>6815</Characters>
+  <Words>1255</Words>
+  <Characters>6756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>270</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7995</CharactersWithSpaces>
+  <CharactersWithSpaces>7902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Jamie Ward</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>