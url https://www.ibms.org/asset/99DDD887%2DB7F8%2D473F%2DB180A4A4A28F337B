--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -702,147 +702,151 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="007D47A5" w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>"Harvey’s Lab Tours are a wonderful way to help children and families understand how biomedical science supports their care. By meeting the scientists behind the samples, young patients can feel more confident and connected to their healthcare journey."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6624856A" w14:textId="221F1DD5" w:rsidR="007D47A5" w:rsidRPr="00D23BE1" w:rsidRDefault="007D47A5" w:rsidP="000C7CCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>About The Institute of Biomedical Science (IBMS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244EC627" w14:textId="67C0E683" w:rsidR="000C7CCC" w:rsidRPr="00D23BE1" w:rsidRDefault="00C453EF" w:rsidP="000C7CCC">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+    <w:p w14:paraId="54954CE0" w14:textId="77777777" w:rsidR="00F44AAF" w:rsidRDefault="00C453EF" w:rsidP="000C7CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>The Institute of Biomedical Science (IBMS) is the UK’s leading professional body for biomedical scientists and laboratory staff. It supports over 21,000 members through training, guidance and professional recognition, and works to promote the vital role of biomedical science in healthcare.</w:t>
       </w:r>
       <w:r w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
-[...4 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="244EC627" w14:textId="2C8DBCEB" w:rsidR="000C7CCC" w:rsidRPr="00D23BE1" w:rsidRDefault="000C7CCC" w:rsidP="000C7CCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D23BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Contact</w:t>
       </w:r>
-      <w:r w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
+      <w:r w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>For local event details, please contact:</w:t>
       </w:r>
-      <w:r w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
+      <w:r w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> [insert local contact name, job title, phone number, email address].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51D49F59" w14:textId="3706BDF0" w:rsidR="000C7CCC" w:rsidRPr="00D23BE1" w:rsidRDefault="007D47A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23BE1">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>For further information about Harvey’s Lab Tours, contact the team at harveyslabtours@ibms.org.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C7CCC" w:rsidRPr="00D23BE1">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E8AD223" w14:textId="77777777" w:rsidR="00522F38" w:rsidRDefault="00522F38" w:rsidP="000C7CCC">
+    <w:p w14:paraId="183426A4" w14:textId="77777777" w:rsidR="003E0FF6" w:rsidRDefault="003E0FF6" w:rsidP="000C7CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B9A764B" w14:textId="77777777" w:rsidR="00522F38" w:rsidRDefault="00522F38" w:rsidP="000C7CCC">
+    <w:p w14:paraId="5E652640" w14:textId="77777777" w:rsidR="003E0FF6" w:rsidRDefault="003E0FF6" w:rsidP="000C7CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -932,61 +936,61 @@
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ED617A7" w14:textId="77777777" w:rsidR="00D23BE1" w:rsidRDefault="00D23BE1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28225A20" w14:textId="77777777" w:rsidR="00522F38" w:rsidRDefault="00522F38" w:rsidP="000C7CCC">
+    <w:p w14:paraId="0F6BD8C4" w14:textId="77777777" w:rsidR="003E0FF6" w:rsidRDefault="003E0FF6" w:rsidP="000C7CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FA1F942" w14:textId="77777777" w:rsidR="00522F38" w:rsidRDefault="00522F38" w:rsidP="000C7CCC">
+    <w:p w14:paraId="18CA57B3" w14:textId="77777777" w:rsidR="003E0FF6" w:rsidRDefault="003E0FF6" w:rsidP="000C7CCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5021DAFA" w14:textId="77777777" w:rsidR="00D23BE1" w:rsidRDefault="00D23BE1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AA2F110" w14:textId="7E56893C" w:rsidR="000C7CCC" w:rsidRDefault="00D67C2A" w:rsidP="00D67C2A">
     <w:pPr>
@@ -997,89 +1001,91 @@
       <w:t xml:space="preserve">                                                                                                                                                                                                      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:t xml:space="preserve">                                              </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="575F012B" w14:textId="77777777" w:rsidR="00D23BE1" w:rsidRDefault="00D23BE1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="56"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C7CCC"/>
     <w:rsid w:val="000C7CCC"/>
+    <w:rsid w:val="003E0FF6"/>
     <w:rsid w:val="00522F38"/>
     <w:rsid w:val="005760F1"/>
+    <w:rsid w:val="005B144D"/>
     <w:rsid w:val="005F65BA"/>
     <w:rsid w:val="006504A7"/>
     <w:rsid w:val="006E45CD"/>
     <w:rsid w:val="00752FCC"/>
     <w:rsid w:val="007D47A5"/>
     <w:rsid w:val="00AF1236"/>
     <w:rsid w:val="00C453EF"/>
     <w:rsid w:val="00D23BE1"/>
     <w:rsid w:val="00D67C2A"/>
     <w:rsid w:val="00EA024E"/>
     <w:rsid w:val="00EB27D4"/>
+    <w:rsid w:val="00F44AAF"/>
     <w:rsid w:val="00F65D1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1680,50 +1686,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000C7CCC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -2463,75 +2470,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>401</Words>
-  <Characters>2323</Characters>
+  <Words>406</Words>
+  <Characters>2319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2708</CharactersWithSpaces>
+  <CharactersWithSpaces>2720</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jess De Greeff</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>dabd7699-61af-4939-af4f-d9d4358ebbfd</vt:lpwstr>
   </property>