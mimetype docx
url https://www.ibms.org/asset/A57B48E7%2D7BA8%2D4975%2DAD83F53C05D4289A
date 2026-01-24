--- v0 (2025-10-14)
+++ v1 (2026-01-24)
@@ -1373,137 +1373,153 @@
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4711" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28C9EC96" w14:textId="1CD5FFE5" w:rsidR="0031446D" w:rsidRPr="0031446D" w:rsidRDefault="006A550D" w:rsidP="00C756C9">
+          <w:p w14:paraId="28C9EC96" w14:textId="79FA6C4A" w:rsidR="00724855" w:rsidRPr="0031446D" w:rsidRDefault="006A550D" w:rsidP="00C756C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment fee </w:t>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00A66449" w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>£3</w:t>
             </w:r>
-            <w:r w:rsidR="0031446D" w:rsidRPr="0031446D">
+            <w:r w:rsidR="004545D5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>74</w:t>
+              <w:t>90</w:t>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00092EE3" w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. Please note</w:t>
             </w:r>
             <w:r w:rsidR="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> all</w:t>
             </w:r>
             <w:r w:rsidR="00092EE3" w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>applications will incur a £50 administration fee</w:t>
+              <w:t>applications will</w:t>
+            </w:r>
+            <w:r w:rsidR="00182D1A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> initially</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031446D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> incur a £50 administration fee</w:t>
             </w:r>
             <w:r w:rsidR="00FD7E61" w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> on submission </w:t>
             </w:r>
             <w:r w:rsidR="00B61AE9" w:rsidRPr="00181CF4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>for screening</w:t>
             </w:r>
             <w:r w:rsidR="00FD7E61" w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. This will be deducted from the </w:t>
             </w:r>
@@ -19061,51 +19077,51 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71FB0BAB" w14:textId="77777777" w:rsidR="000329ED" w:rsidRPr="0031446D" w:rsidRDefault="000329ED" w:rsidP="004951AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62762E86" w14:textId="653EC401" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="0046158D">
+    <w:p w14:paraId="59F80F2A" w14:textId="034264B2" w:rsidR="00724855" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="0046158D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressLineNumbers/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="240" w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031446D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Payment Details</w:t>
@@ -19384,77 +19400,77 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cheques should be made payable to ‘IBMS’.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0046158D" w:rsidRPr="0031446D" w14:paraId="78EE4FA7" w14:textId="77777777" w:rsidTr="009D77CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1355" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="642BF1A9" w14:textId="610DD593" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="009D77CC">
+          <w:p w14:paraId="642BF1A9" w14:textId="53BDC274" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="009D77CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Purchase Order enclosed (either for initial £50 administration fee, or full £3</w:t>
             </w:r>
-            <w:r w:rsidR="00890631" w:rsidRPr="0031446D">
-[...5 lines deleted...]
-              <w:t>74</w:t>
+            <w:r w:rsidR="004545D5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> assessment fee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E2BA76" w14:textId="77777777" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="009D77CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -19496,51 +19512,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09180116" w14:textId="77777777" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="009D77CC">
+          <w:p w14:paraId="09180116" w14:textId="5120175A" w:rsidR="0046158D" w:rsidRPr="0031446D" w:rsidRDefault="0046158D" w:rsidP="009D77CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>A separate Purchase Order must be provided for an invoice to be raised</w:t>
             </w:r>
             <w:r w:rsidRPr="0031446D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -20157,51 +20173,51 @@
       </w:rPr>
       <w:t>ential</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00495A72">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>oute)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3DE0E12A" w14:textId="2996DA24" w:rsidR="006C38E2" w:rsidRPr="005D2448" w:rsidRDefault="006C38E2" w:rsidP="006C38E2">
+  <w:p w14:paraId="3DE0E12A" w14:textId="52221F9E" w:rsidR="006C38E2" w:rsidRPr="005D2448" w:rsidRDefault="006C38E2" w:rsidP="006C38E2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8822"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
@@ -20300,112 +20316,94 @@
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00890631">
+    <w:r w:rsidR="004545D5">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>7</w:t>
-[...8 lines deleted...]
-      <w:t>.0</w:t>
+      <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="00C756C9">
+    <w:r w:rsidR="004545D5">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...8 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00C756C9">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="00890631">
+    <w:r w:rsidR="004545D5">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="772AE504" w14:textId="77777777" w:rsidR="006C38E2" w:rsidRDefault="006C38E2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="43A0C5B6" w14:textId="77777777" w:rsidR="006C38E2" w:rsidRDefault="006C38E2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -20939,138 +20937,144 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="173687929">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1809856972">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="167910197">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1441224208">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="263273916">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B57EC7"/>
     <w:rsid w:val="00013173"/>
     <w:rsid w:val="00026146"/>
     <w:rsid w:val="000329ED"/>
     <w:rsid w:val="00064755"/>
     <w:rsid w:val="00083AEB"/>
     <w:rsid w:val="00092EE3"/>
     <w:rsid w:val="000D6392"/>
     <w:rsid w:val="000E7D2E"/>
     <w:rsid w:val="001138CA"/>
     <w:rsid w:val="0012796C"/>
     <w:rsid w:val="00130E4B"/>
     <w:rsid w:val="00155705"/>
+    <w:rsid w:val="00182D1A"/>
     <w:rsid w:val="00186DE4"/>
     <w:rsid w:val="001935D5"/>
     <w:rsid w:val="001946A2"/>
     <w:rsid w:val="001A4E53"/>
     <w:rsid w:val="00207CE1"/>
     <w:rsid w:val="00255E13"/>
     <w:rsid w:val="00262BC9"/>
     <w:rsid w:val="002639B0"/>
     <w:rsid w:val="0027440D"/>
     <w:rsid w:val="0028526D"/>
     <w:rsid w:val="002A7F27"/>
+    <w:rsid w:val="002E4F64"/>
     <w:rsid w:val="0031446D"/>
     <w:rsid w:val="0032393E"/>
     <w:rsid w:val="00326193"/>
+    <w:rsid w:val="00362AF0"/>
     <w:rsid w:val="00371BA9"/>
     <w:rsid w:val="00374DB5"/>
     <w:rsid w:val="003A074C"/>
     <w:rsid w:val="003A4C86"/>
     <w:rsid w:val="003B2F9E"/>
     <w:rsid w:val="003D49DE"/>
     <w:rsid w:val="003F0E69"/>
     <w:rsid w:val="003F165B"/>
     <w:rsid w:val="003F1952"/>
     <w:rsid w:val="003F2A5C"/>
     <w:rsid w:val="003F5D7F"/>
     <w:rsid w:val="004062F7"/>
     <w:rsid w:val="00450C75"/>
+    <w:rsid w:val="004545D5"/>
     <w:rsid w:val="0046158D"/>
     <w:rsid w:val="004745CD"/>
     <w:rsid w:val="0049438E"/>
     <w:rsid w:val="004951AD"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="004E4B8B"/>
     <w:rsid w:val="004F64D4"/>
     <w:rsid w:val="00500B31"/>
     <w:rsid w:val="00531B30"/>
+    <w:rsid w:val="00536337"/>
     <w:rsid w:val="00583664"/>
     <w:rsid w:val="005A2D0A"/>
     <w:rsid w:val="005F0FBD"/>
     <w:rsid w:val="00602931"/>
     <w:rsid w:val="00641DCF"/>
     <w:rsid w:val="00646BE2"/>
     <w:rsid w:val="00652DE4"/>
     <w:rsid w:val="00653C78"/>
     <w:rsid w:val="00660D56"/>
     <w:rsid w:val="006953C8"/>
     <w:rsid w:val="006A4DB0"/>
     <w:rsid w:val="006A550D"/>
+    <w:rsid w:val="006A7A5C"/>
     <w:rsid w:val="006C38E2"/>
     <w:rsid w:val="006F4FF4"/>
     <w:rsid w:val="006F7648"/>
     <w:rsid w:val="00700392"/>
     <w:rsid w:val="00705C5D"/>
     <w:rsid w:val="00706CB4"/>
     <w:rsid w:val="0071736E"/>
+    <w:rsid w:val="00724855"/>
     <w:rsid w:val="00724B8C"/>
     <w:rsid w:val="00737E4E"/>
     <w:rsid w:val="00741A84"/>
     <w:rsid w:val="00762592"/>
     <w:rsid w:val="007B6A01"/>
     <w:rsid w:val="007E31DA"/>
     <w:rsid w:val="008229DD"/>
     <w:rsid w:val="00833261"/>
     <w:rsid w:val="00834BD8"/>
     <w:rsid w:val="00836D4B"/>
     <w:rsid w:val="008448A3"/>
     <w:rsid w:val="008606EE"/>
     <w:rsid w:val="0086211E"/>
     <w:rsid w:val="00864BD6"/>
     <w:rsid w:val="00870BE9"/>
     <w:rsid w:val="00872E35"/>
     <w:rsid w:val="008809E5"/>
     <w:rsid w:val="00890631"/>
     <w:rsid w:val="008A324E"/>
     <w:rsid w:val="008F456A"/>
     <w:rsid w:val="0090515F"/>
     <w:rsid w:val="00925A76"/>
     <w:rsid w:val="009275FF"/>
     <w:rsid w:val="009359F7"/>
     <w:rsid w:val="009361E9"/>
@@ -21105,50 +21109,51 @@
     <w:rsid w:val="00C40AC5"/>
     <w:rsid w:val="00C756C9"/>
     <w:rsid w:val="00C874D8"/>
     <w:rsid w:val="00C91468"/>
     <w:rsid w:val="00CA385B"/>
     <w:rsid w:val="00D0559C"/>
     <w:rsid w:val="00D07E8A"/>
     <w:rsid w:val="00D15102"/>
     <w:rsid w:val="00D671A3"/>
     <w:rsid w:val="00DA28FC"/>
     <w:rsid w:val="00DA54B2"/>
     <w:rsid w:val="00DA7165"/>
     <w:rsid w:val="00DF3C49"/>
     <w:rsid w:val="00E07A66"/>
     <w:rsid w:val="00E12D51"/>
     <w:rsid w:val="00E71D05"/>
     <w:rsid w:val="00E833E7"/>
     <w:rsid w:val="00E875AE"/>
     <w:rsid w:val="00E95BAE"/>
     <w:rsid w:val="00E969C5"/>
     <w:rsid w:val="00E96AE7"/>
     <w:rsid w:val="00EA56DF"/>
     <w:rsid w:val="00EB34CA"/>
     <w:rsid w:val="00ED5CF0"/>
     <w:rsid w:val="00EF3FC6"/>
+    <w:rsid w:val="00EF6D88"/>
     <w:rsid w:val="00F04565"/>
     <w:rsid w:val="00F350BE"/>
     <w:rsid w:val="00F81986"/>
     <w:rsid w:val="00FD7E61"/>
     <w:rsid w:val="00FE7709"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -22266,66 +22271,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF7D0F69-2889-4424-A0B9-BC4D21C33A93}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2358</Words>
-  <Characters>13441</Characters>
+  <Words>2413</Words>
+  <Characters>13396</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>582</Lines>
+  <Paragraphs>395</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15768</CharactersWithSpaces>
+  <CharactersWithSpaces>15414</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wendy Leversuch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>