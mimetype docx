--- v0 (2025-10-02)
+++ v1 (2026-01-14)
@@ -8726,77 +8726,70 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40AF5F52" w14:textId="27042C7F" w:rsidR="00CF3660" w:rsidRPr="006F4D47" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F4D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Payment Details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD2C108" w14:textId="038B01CB" w:rsidR="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
+    <w:p w14:paraId="310B0832" w14:textId="4C77D0E0" w:rsidR="003A5BCC" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve">Trainee portfolios are priced at </w:t>
       </w:r>
       <w:r w:rsidRPr="001779DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>£1</w:t>
       </w:r>
-      <w:r w:rsidR="006F4D47" w:rsidRPr="001779DB">
+      <w:r w:rsidR="0009292E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>7</w:t>
-[...6 lines deleted...]
-        <w:t>9</w:t>
+        <w:t>87</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve"> (this includes portfolio</w:t>
       </w:r>
       <w:r w:rsidR="009A4882">
         <w:t>, examination,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF3660">
         <w:t xml:space="preserve"> and administration fees).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2806D055" w14:textId="50A6D4DB" w:rsidR="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00A52C44">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000D36CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Card Payment:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8833,79 +8826,73 @@
           </w:tcPr>
           <w:p w14:paraId="5993AE68" w14:textId="1BE40958" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="005909BC" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005909BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Card payment to be made for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1196B608" w14:textId="75A3AA2F" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
+          <w:p w14:paraId="1196B608" w14:textId="5DE8C275" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="006F4D47">
+            <w:r w:rsidR="0009292E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>87</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
@@ -8926,55 +8913,55 @@
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r w:rsidR="006F4D47">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="006922FB">
+            <w:r w:rsidR="0009292E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>swap</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -9110,201 +9097,195 @@
           </w:tcPr>
           <w:p w14:paraId="12474932" w14:textId="77777777" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="009A4882" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731E61">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Cheque enclosed for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2947" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53CFB6A4" w14:textId="35840795" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="009A4882" w:rsidP="00A14C1A">
+          <w:p w14:paraId="53CFB6A4" w14:textId="20E2C1DB" w:rsidR="009A4882" w:rsidRPr="001435CF" w:rsidRDefault="0009292E" w:rsidP="00A14C1A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006922FB">
+              <w:t>87</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r w:rsidR="009A4882">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001435CF">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>£</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006922FB">
+              <w:t>swap</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="009A4882" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="071B82F5" w14:textId="77777777" w:rsidR="009A4882" w:rsidRDefault="009A4882" w:rsidP="002C7E18">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressLineNumbers/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -9589,244 +9570,227 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Purchase Order</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2881" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5639023D" w14:textId="3F2CA370" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="002C7E18" w:rsidP="00643081">
+          <w:p w14:paraId="5639023D" w14:textId="7A59D135" w:rsidR="002C7E18" w:rsidRPr="001435CF" w:rsidRDefault="0009292E" w:rsidP="00643081">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="006F4D47">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006922FB">
+              <w:t>87</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>9</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r w:rsidR="002C7E18">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4D47">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001435CF">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>£</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006F4D47">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E18">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006922FB">
+              <w:t>swap</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> copy  </w:t>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="001435CF">
+            <w:r w:rsidR="002C7E18" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46763D29" w14:textId="77777777" w:rsidR="006F5949" w:rsidRDefault="006F5949" w:rsidP="006F5949">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72E8DA51" w14:textId="77777777" w:rsidR="005E52E4" w:rsidRDefault="005E52E4" w:rsidP="006F5949">
+    <w:p w14:paraId="52F14505" w14:textId="77777777" w:rsidR="0009292E" w:rsidRDefault="0009292E" w:rsidP="00B929A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46F6EB87" w14:textId="77777777" w:rsidR="005E7A2D" w:rsidRDefault="005E7A2D" w:rsidP="006F5949">
-[...10 lines deleted...]
-    <w:p w14:paraId="7AA3AB24" w14:textId="5D3C8038" w:rsidR="00CF3660" w:rsidRPr="00B929A7" w:rsidRDefault="00CF3660" w:rsidP="00B929A7">
+    <w:p w14:paraId="7AA3AB24" w14:textId="64B01A63" w:rsidR="00CF3660" w:rsidRPr="00B929A7" w:rsidRDefault="00CF3660" w:rsidP="00B929A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A4CE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>In providing IBMS with the information requested you are consenting to its use as indicated in the IBMS Privacy Notice. Further information can be found on the IBMS website at</w:t>
       </w:r>
       <w:r w:rsidR="006F4D47" w:rsidRPr="003A4CE6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -9894,79 +9858,79 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39DDE19B" w14:textId="03CEF455" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="147" w:hanging="147"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
@@ -10130,51 +10094,51 @@
       </w:rPr>
       <w:t>L</w:t>
     </w:r>
     <w:r w:rsidR="00CF3660" w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">aboratory </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>T</w:t>
     </w:r>
     <w:r w:rsidR="00CF3660" w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>raining for the Specialist Diploma</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="48A6E607" w14:textId="779BE381" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
+  <w:p w14:paraId="48A6E607" w14:textId="30AD472E" w:rsidR="00CF3660" w:rsidRPr="00CF3660" w:rsidRDefault="00CF3660" w:rsidP="00CF3660">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8822"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
@@ -10271,112 +10235,94 @@
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="006922FB">
+    <w:r w:rsidR="00436BB9">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>2.</w:t>
-[...8 lines deleted...]
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="006922FB">
+    <w:r w:rsidR="009C27EB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>0</w:t>
-[...8 lines deleted...]
-      <w:t>9</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF3660">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="006922FB">
+    <w:r w:rsidR="009C27EB">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="233DD7B7" w14:textId="77777777" w:rsidR="00A613ED" w:rsidRDefault="00A613ED" w:rsidP="00CF3660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -10496,183 +10442,190 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1893736971">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF3660"/>
     <w:rsid w:val="00000ADC"/>
     <w:rsid w:val="00013308"/>
     <w:rsid w:val="0003684B"/>
     <w:rsid w:val="0005067B"/>
     <w:rsid w:val="000925EB"/>
+    <w:rsid w:val="0009292E"/>
     <w:rsid w:val="000953F3"/>
     <w:rsid w:val="000B2970"/>
     <w:rsid w:val="000B4517"/>
     <w:rsid w:val="000D36CB"/>
     <w:rsid w:val="000F0ACE"/>
     <w:rsid w:val="0011075B"/>
     <w:rsid w:val="001365FD"/>
     <w:rsid w:val="00171ABC"/>
     <w:rsid w:val="00177960"/>
     <w:rsid w:val="001779DB"/>
     <w:rsid w:val="001E6343"/>
     <w:rsid w:val="00204418"/>
     <w:rsid w:val="00214AEB"/>
     <w:rsid w:val="00245691"/>
     <w:rsid w:val="00255B1C"/>
     <w:rsid w:val="002C2221"/>
     <w:rsid w:val="002C484A"/>
     <w:rsid w:val="002C7E18"/>
+    <w:rsid w:val="00362AF0"/>
     <w:rsid w:val="00375021"/>
     <w:rsid w:val="003773A3"/>
     <w:rsid w:val="003808F8"/>
     <w:rsid w:val="003A4CE6"/>
+    <w:rsid w:val="003A5BCC"/>
     <w:rsid w:val="003B5579"/>
     <w:rsid w:val="003E7564"/>
     <w:rsid w:val="0041661D"/>
+    <w:rsid w:val="00436BB9"/>
     <w:rsid w:val="00460A08"/>
     <w:rsid w:val="00463CBC"/>
     <w:rsid w:val="0053574A"/>
     <w:rsid w:val="005760CC"/>
     <w:rsid w:val="005909BC"/>
     <w:rsid w:val="005A5FFF"/>
     <w:rsid w:val="005D3B24"/>
     <w:rsid w:val="005D3D39"/>
     <w:rsid w:val="005E52E4"/>
     <w:rsid w:val="005E7A2D"/>
     <w:rsid w:val="0063436C"/>
     <w:rsid w:val="006922FB"/>
     <w:rsid w:val="006A73DC"/>
     <w:rsid w:val="006D2BA0"/>
     <w:rsid w:val="006E0B07"/>
     <w:rsid w:val="006E131D"/>
     <w:rsid w:val="006E25A9"/>
     <w:rsid w:val="006E7277"/>
     <w:rsid w:val="006E7A1F"/>
     <w:rsid w:val="006F08C5"/>
     <w:rsid w:val="006F4D47"/>
     <w:rsid w:val="006F5949"/>
     <w:rsid w:val="0070113E"/>
     <w:rsid w:val="0072582F"/>
     <w:rsid w:val="0073012B"/>
     <w:rsid w:val="007335AE"/>
     <w:rsid w:val="00737B16"/>
     <w:rsid w:val="007400E7"/>
     <w:rsid w:val="00765F41"/>
     <w:rsid w:val="007E640A"/>
     <w:rsid w:val="007E6B30"/>
     <w:rsid w:val="007F00DF"/>
     <w:rsid w:val="007F0E5D"/>
     <w:rsid w:val="00824B9B"/>
     <w:rsid w:val="00825E4C"/>
     <w:rsid w:val="00827DA7"/>
     <w:rsid w:val="008C7730"/>
     <w:rsid w:val="008E7395"/>
     <w:rsid w:val="008F5A8D"/>
     <w:rsid w:val="0093563B"/>
     <w:rsid w:val="00955F26"/>
     <w:rsid w:val="00971305"/>
     <w:rsid w:val="009A4882"/>
     <w:rsid w:val="009B13DB"/>
+    <w:rsid w:val="009C27EB"/>
     <w:rsid w:val="009D07A0"/>
     <w:rsid w:val="00A2446F"/>
     <w:rsid w:val="00A52C44"/>
     <w:rsid w:val="00A613ED"/>
     <w:rsid w:val="00A7321B"/>
     <w:rsid w:val="00AA2C67"/>
     <w:rsid w:val="00AA5D31"/>
     <w:rsid w:val="00AC414D"/>
     <w:rsid w:val="00AC5623"/>
     <w:rsid w:val="00B067A7"/>
     <w:rsid w:val="00B3312D"/>
+    <w:rsid w:val="00B412C0"/>
     <w:rsid w:val="00B43917"/>
     <w:rsid w:val="00B71C85"/>
     <w:rsid w:val="00B929A7"/>
     <w:rsid w:val="00BC09D7"/>
     <w:rsid w:val="00BD6AB6"/>
     <w:rsid w:val="00BE2853"/>
     <w:rsid w:val="00BF7809"/>
     <w:rsid w:val="00C213F0"/>
     <w:rsid w:val="00C253A3"/>
     <w:rsid w:val="00C72FCA"/>
     <w:rsid w:val="00C7747B"/>
     <w:rsid w:val="00CA74D2"/>
     <w:rsid w:val="00CD1817"/>
     <w:rsid w:val="00CF3660"/>
     <w:rsid w:val="00CF5563"/>
     <w:rsid w:val="00D3125A"/>
     <w:rsid w:val="00D54A5E"/>
     <w:rsid w:val="00D6229B"/>
     <w:rsid w:val="00D73631"/>
     <w:rsid w:val="00DC6578"/>
     <w:rsid w:val="00EA761A"/>
     <w:rsid w:val="00EF2678"/>
     <w:rsid w:val="00F00B07"/>
     <w:rsid w:val="00F01A75"/>
+    <w:rsid w:val="00F12DB6"/>
     <w:rsid w:val="00F32DA9"/>
     <w:rsid w:val="00F80A57"/>
     <w:rsid w:val="00F86F90"/>
     <w:rsid w:val="00FD2858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -11532,69 +11485,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>908</Words>
-  <Characters>5179</Characters>
+  <Words>919</Words>
+  <Characters>5167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>271</Lines>
+  <Paragraphs>217</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6075</CharactersWithSpaces>
+  <CharactersWithSpaces>5869</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Richardia Penn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>