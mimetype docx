--- v0 (2025-10-14)
+++ v1 (2026-01-26)
@@ -1092,110 +1092,110 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00F65811" w:rsidRPr="007021F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AF05EA" w14:textId="77777777" w:rsidR="00105308" w:rsidRDefault="00105308" w:rsidP="00F66A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A82ACDD" w14:textId="06B893B6" w:rsidR="00F66A77" w:rsidRPr="002A14FD" w:rsidRDefault="00286BBC" w:rsidP="00F66A77">
+    <w:p w14:paraId="0A82ACDD" w14:textId="4387A434" w:rsidR="00F66A77" w:rsidRPr="002A14FD" w:rsidRDefault="00286BBC" w:rsidP="00F66A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The assessment fee </w:t>
       </w:r>
       <w:r w:rsidR="002A14FD" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00F66A77" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> £</w:t>
       </w:r>
       <w:r w:rsidR="00D3208E" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="004568BB">
+      <w:r w:rsidR="00094412">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>53</w:t>
+        <w:t>68</w:t>
       </w:r>
       <w:r w:rsidR="002A14FD" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>. This</w:t>
       </w:r>
       <w:r w:rsidR="00F66A77" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is non-refundable</w:t>
       </w:r>
       <w:r w:rsidR="002029A9" w:rsidRPr="002A14FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4389,129 +4389,129 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D20714">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FE47AA5" w14:textId="71AD7F8B" w:rsidR="00F65811" w:rsidRDefault="00F65811" w:rsidP="00F65811">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2802F933" w14:textId="32389A41" w:rsidR="00F557BF" w:rsidRDefault="004431A6" w:rsidP="004431A6">
+    <w:p w14:paraId="41A6F67C" w14:textId="6500534E" w:rsidR="00F93A77" w:rsidRPr="00094412" w:rsidRDefault="004431A6" w:rsidP="00094412">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Payment</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3208E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CAA377" w14:textId="4BF176B1" w:rsidR="00E113A8" w:rsidRPr="00F65811" w:rsidRDefault="00E113A8" w:rsidP="00F65811">
+    <w:p w14:paraId="27CAA377" w14:textId="2F03D8F5" w:rsidR="00E113A8" w:rsidRPr="00F65811" w:rsidRDefault="00E113A8" w:rsidP="00F65811">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00D3208E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> one of the following methods of payment</w:t>
       </w:r>
       <w:r w:rsidR="00D3208E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B5F172" w14:textId="113394C3" w:rsidR="00F81326" w:rsidRPr="00F81326" w:rsidRDefault="00E113A8" w:rsidP="00F81326">
+    <w:p w14:paraId="49B5F172" w14:textId="59531E99" w:rsidR="00F81326" w:rsidRPr="00F81326" w:rsidRDefault="00E113A8" w:rsidP="00F81326">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="312"/>
         </w:tabs>
         <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E113A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
@@ -4563,59 +4563,59 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Card Payment</w:t>
       </w:r>
       <w:r w:rsidR="00B2021B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00B2021B" w:rsidRPr="00B2021B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>£3</w:t>
       </w:r>
-      <w:r w:rsidR="004568BB">
+      <w:r w:rsidR="00094412">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>53</w:t>
+        <w:t>68</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -4664,59 +4664,59 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cheque</w:t>
       </w:r>
       <w:r w:rsidR="00B2021B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00B2021B" w:rsidRPr="00B2021B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>£3</w:t>
       </w:r>
-      <w:r w:rsidR="004568BB">
+      <w:r w:rsidR="00094412">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>53</w:t>
+        <w:t>68</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65811">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -4765,59 +4765,59 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Purchase Order</w:t>
       </w:r>
       <w:r w:rsidR="00B2021B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00B2021B" w:rsidRPr="00B2021B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>£3</w:t>
       </w:r>
-      <w:r w:rsidR="004568BB">
+      <w:r w:rsidR="00094412">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>53</w:t>
+        <w:t>68</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5961039B" w14:textId="39FBC0FD" w:rsidR="00F65811" w:rsidRDefault="004431A6" w:rsidP="00F65811">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="312"/>
         </w:tabs>
         <w:spacing w:after="180" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004431A6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Card Payment:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -4933,71 +4933,90 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provided</w:t>
       </w:r>
       <w:r w:rsidRPr="00B2021B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to enable it to be matched up with the application.</w:t>
       </w:r>
       <w:r w:rsidR="00F344CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7630BB96" w14:textId="01DE485F" w:rsidR="00A13816" w:rsidRDefault="00F81326" w:rsidP="00F557BF">
+    <w:p w14:paraId="01A23DDB" w14:textId="68D7DB5F" w:rsidR="00F93A77" w:rsidRPr="00F93A77" w:rsidRDefault="00F81326" w:rsidP="00F93A77">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3604">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>NB: The Purchase Order must be addressed to the IBMS only (not IBMS Professional Services Ltd).</w:t>
+        <w:t>NB: The Purchase Order must be addressed to the IBMS only (not IBMS Professional Services Ltd)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047055FE" w14:textId="11627378" w:rsidR="00D20714" w:rsidRPr="00AC5858" w:rsidRDefault="00D20714" w:rsidP="00195247">
+    <w:p w14:paraId="35B00BCD" w14:textId="77777777" w:rsidR="00094412" w:rsidRDefault="00094412" w:rsidP="00F93A77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047055FE" w14:textId="52202173" w:rsidR="00D20714" w:rsidRPr="00AC5858" w:rsidRDefault="00D20714" w:rsidP="00F93A77">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5858">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -7101,51 +7120,51 @@
       </w:rPr>
       <w:t xml:space="preserve">Application </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>for Assessment of Non-Accredited Qualifications</w:t>
     </w:r>
     <w:r w:rsidR="00561F88">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Part A</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5365EB18" w14:textId="1F03DBB3" w:rsidR="0076457A" w:rsidRPr="000A5E64" w:rsidRDefault="0076457A" w:rsidP="0076457A">
+  <w:p w14:paraId="5365EB18" w14:textId="395E0D23" w:rsidR="0076457A" w:rsidRPr="000A5E64" w:rsidRDefault="0076457A" w:rsidP="0076457A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8822"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000A5E64">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="000A5E64">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
@@ -7244,94 +7263,94 @@
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="000A5E64">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00867963">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="004568BB">
+    <w:r w:rsidR="00AA4DAA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>8.0</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00867963">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="004568BB">
+    <w:r w:rsidR="00AA4DAA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00867963">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="004568BB">
+    <w:r w:rsidR="00AA4DAA">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="000A5E64">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="07F8DE86" w14:textId="77777777" w:rsidR="0076457A" w:rsidRDefault="0076457A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="004F87EA" w14:textId="77777777" w:rsidR="0067471E" w:rsidRDefault="0067471E" w:rsidP="0076457A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7359,126 +7378,133 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D20714"/>
     <w:rsid w:val="000563CF"/>
     <w:rsid w:val="00080253"/>
     <w:rsid w:val="00087700"/>
+    <w:rsid w:val="00094412"/>
     <w:rsid w:val="00105308"/>
     <w:rsid w:val="00156272"/>
     <w:rsid w:val="00195247"/>
     <w:rsid w:val="001D188D"/>
     <w:rsid w:val="001F23ED"/>
     <w:rsid w:val="002029A9"/>
     <w:rsid w:val="00286BBC"/>
     <w:rsid w:val="002A14FD"/>
     <w:rsid w:val="0030336F"/>
     <w:rsid w:val="00304325"/>
     <w:rsid w:val="00334210"/>
+    <w:rsid w:val="00362AF0"/>
     <w:rsid w:val="003852F6"/>
     <w:rsid w:val="003A3428"/>
     <w:rsid w:val="00410AB7"/>
     <w:rsid w:val="004431A6"/>
     <w:rsid w:val="004568BB"/>
     <w:rsid w:val="004C2E09"/>
     <w:rsid w:val="00510063"/>
     <w:rsid w:val="00516116"/>
     <w:rsid w:val="005516BB"/>
     <w:rsid w:val="005618A7"/>
     <w:rsid w:val="00561F88"/>
     <w:rsid w:val="00564B23"/>
     <w:rsid w:val="00587997"/>
     <w:rsid w:val="005E3E5D"/>
     <w:rsid w:val="0067471E"/>
     <w:rsid w:val="00684AF7"/>
     <w:rsid w:val="006B5169"/>
     <w:rsid w:val="007021F9"/>
     <w:rsid w:val="0076457A"/>
     <w:rsid w:val="007836DC"/>
     <w:rsid w:val="007A3D6E"/>
     <w:rsid w:val="007D59E4"/>
     <w:rsid w:val="00817E32"/>
     <w:rsid w:val="00846AF7"/>
     <w:rsid w:val="00867963"/>
     <w:rsid w:val="008826A6"/>
+    <w:rsid w:val="008A5D74"/>
+    <w:rsid w:val="008C2CFD"/>
     <w:rsid w:val="008E740C"/>
     <w:rsid w:val="00926281"/>
     <w:rsid w:val="0097006F"/>
     <w:rsid w:val="009836A9"/>
     <w:rsid w:val="00986B8A"/>
     <w:rsid w:val="009D2254"/>
     <w:rsid w:val="00A13816"/>
     <w:rsid w:val="00A41DAD"/>
     <w:rsid w:val="00A73434"/>
     <w:rsid w:val="00A87031"/>
+    <w:rsid w:val="00AA4DAA"/>
     <w:rsid w:val="00AC319A"/>
     <w:rsid w:val="00AC5858"/>
     <w:rsid w:val="00B2021B"/>
     <w:rsid w:val="00B6220F"/>
     <w:rsid w:val="00B91E36"/>
     <w:rsid w:val="00BB16DC"/>
     <w:rsid w:val="00BC50F3"/>
+    <w:rsid w:val="00BE7EA4"/>
     <w:rsid w:val="00C46830"/>
     <w:rsid w:val="00CA674D"/>
     <w:rsid w:val="00CD787B"/>
     <w:rsid w:val="00D20714"/>
     <w:rsid w:val="00D31B84"/>
     <w:rsid w:val="00D3208E"/>
     <w:rsid w:val="00D36CFE"/>
     <w:rsid w:val="00D464D8"/>
     <w:rsid w:val="00E017D4"/>
     <w:rsid w:val="00E05825"/>
     <w:rsid w:val="00E113A8"/>
     <w:rsid w:val="00E202AB"/>
     <w:rsid w:val="00E31FF4"/>
     <w:rsid w:val="00E9227C"/>
     <w:rsid w:val="00EA27A6"/>
     <w:rsid w:val="00EB010D"/>
     <w:rsid w:val="00F10443"/>
     <w:rsid w:val="00F344CD"/>
     <w:rsid w:val="00F557BF"/>
     <w:rsid w:val="00F65811"/>
     <w:rsid w:val="00F66A77"/>
     <w:rsid w:val="00F81326"/>
+    <w:rsid w:val="00F93A77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1ADF3819"/>
@@ -8381,66 +8407,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8EBF36C-7840-400F-8B3D-5B6BDE1AC175}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1202</Words>
-  <Characters>6854</Characters>
+  <Words>1254</Words>
+  <Characters>6802</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>16</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>170</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8040</CharactersWithSpaces>
+  <CharactersWithSpaces>7948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Karim Bhawan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>