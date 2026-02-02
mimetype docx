--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -4,395 +4,420 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="24CE139D" w14:textId="77777777" w:rsidR="00281997" w:rsidRDefault="001851A8" w:rsidP="003B3539">
-[...16 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24CE139D" w14:textId="1B3EBE2A" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="001851A8" w:rsidP="003B3539">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0CF6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="511204CF" wp14:editId="3B4F51D7">
+            <wp:extent cx="613124" cy="1344743"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="8" name="Picture 8" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="L:\IBMS Logos\CORPORATE LOGOS\IBMS LOGOS\JPEGS - WEB-WORD-POWERPOINT\IBMS Logo 2011_WEB.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="613534" cy="1345643"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="073955A6" wp14:editId="3D977947">
             <wp:extent cx="1421812" cy="1352981"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="7" name="Picture 7" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 0" descr="sciencecouncil_logo_rgbLARGE.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1421860" cy="1353027"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-[...3 lines deleted...]
-          <w:szCs w:val="32"/>
+      <w:r w:rsidR="003B3539" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003B3539">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="10D32470" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="00281997" w:rsidP="0044678D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F298B39" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="00281997" w:rsidP="00987B1D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CEB577" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="00D5348E" w:rsidRDefault="001851A8" w:rsidP="00A571EB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:drawing>
-[...72 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>Chartered</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Chartered</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t xml:space="preserve"> Scientist</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Scientist</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00537A63" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:t>Sci</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Sci</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60147311" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="009B1EC8" w:rsidRDefault="00696E93" w:rsidP="0044678D">
+    <w:p w14:paraId="60147311" w14:textId="77777777" w:rsidR="00A571EB" w:rsidRPr="00D5348E" w:rsidRDefault="00696E93" w:rsidP="0044678D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Guidance f</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00781D66" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>Guidance f</w:t>
+      </w:r>
+      <w:r w:rsidR="0044678D" w:rsidRPr="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:color w:val="30A4DC"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>or applicants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8F2F0B" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="009B1EC8" w:rsidRDefault="003671EE" w:rsidP="0044678D">
+    <w:p w14:paraId="0B8F2F0B" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="009A0CF6" w:rsidRDefault="003671EE" w:rsidP="0044678D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="00B0F0"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44198FBF" wp14:editId="23AC77FE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>11430</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>212724</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5067300" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="AutoShape 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
@@ -423,6275 +448,6274 @@
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="561A9ED3" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="AutoShape 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.9pt;margin-top:16.75pt;width:399pt;height:0;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQfu7p0AEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGmXLhA1XaGU5bJA&#10;pV0+YGo7iYXtsWy3af+esbctK7ggxMXKeGae33szWd0drWEHFaJG1/L5rOZMOYFSu6Hl35/u37zn&#10;LCZwEgw61fKTivxu/frVavKNWuCIRqrACMTFZvItH1PyTVVFMSoLcYZeOUr2GCwkCsNQyQAToVtT&#10;Ler6tpowSB9QqBjpdvOc5OuC3/dKpG99H1VipuXELZUzlHOXz2q9gmYI4EctzjTgH1hY0I4evUJt&#10;IAHbB/0HlNUiYMQ+zQTaCvteC1U0kJp5/ZuaxxG8KlrInOivNsX/Byu+Hjq3DZm6OLpH/4DiR2QO&#10;uxHcoAqBp5Onwc2zVdXkY3NtyUH028B20xeUVAP7hMWFYx9shiR97FjMPl3NVsfEBF0u69t3NzXN&#10;RFxyFTSXRh9i+qzQsvzR8pgC6GFMHTpHI8UwL8/A4SGmTAuaS0N+1eG9NqZM1jg2tfzDcrEsDRGN&#10;ljmZy2IYdp0J7AC0Gzf1x7ebrmikzMuygHsnC9ioQH5ykqViiKN95hndKsmZUbT++atUJtDmbyqJ&#10;uHFnW7OTeW1js0N52oasK0c0+KLwvKR5s17GperXr7T+CQAA//8DAFBLAwQUAAYACAAAACEA0QjH&#10;3toAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOy07DMBBF90j8gzVI7KjTRjwS4lQIgShLClLL&#10;bhoPSdp4HMVuG/h6BrGA5X3o3lPMR9epAw2h9WxgOklAEVfetlwbeHt9vLgBFSKyxc4zGfikAPPy&#10;9KTA3Pojv9BhGWslIxxyNNDE2Odah6ohh2Hie2LJPvzgMIocam0HPMq46/QsSa60w5blocGe7huq&#10;dsu9MzD7ehp271vUi8W2XWUPU0/P6dqY87Px7hZUpDH+leEHX9ChFKaN37MNqhMt4NFAml6Ckvg6&#10;y8TY/Bq6LPR//vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUH7u6dABAACSAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0QjH3toAAAAHAQAA&#10;DwAAAAAAAAAAAAAAAAAqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#30a4dc"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0044678D" w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0044678D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0C60A3" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="009B1EC8" w:rsidRDefault="0044678D" w:rsidP="0068028C">
+    <w:p w14:paraId="0F0C60A3" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="009A0CF6" w:rsidRDefault="0044678D" w:rsidP="0068028C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This document provides information and details </w:t>
       </w:r>
-      <w:r w:rsidR="00A571EB" w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00A571EB" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">about how </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to apply and be maintained as a </w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chartered</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scientist (</w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sci).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E4040F" w14:textId="7C6D282A" w:rsidR="0044678D" w:rsidRPr="00D1105C" w:rsidRDefault="0044678D" w:rsidP="0068028C">
+    <w:p w14:paraId="68E4040F" w14:textId="79D0343F" w:rsidR="0044678D" w:rsidRPr="009A0CF6" w:rsidRDefault="0044678D" w:rsidP="0068028C">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="008000"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Should you have any questions regarding the process please contact </w:t>
       </w:r>
-      <w:r w:rsidR="00C859A2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D5348E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Professional Support Services Manager </w:t>
+      </w:r>
+      <w:r w:rsidR="00C859A2" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Christian Burt</w:t>
       </w:r>
-      <w:r w:rsidR="00D1105C" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00963B55">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by email</w:t>
       </w:r>
-      <w:r w:rsidR="00D1105C" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00F10FC3" w:rsidRPr="00413057">
+        <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>christianburt@ibms.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D1105C" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E7CB228" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="008D1D6E" w:rsidRDefault="00281997" w:rsidP="0068028C">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="0E7CB228" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="00281997" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60CB61ED" w14:textId="77777777" w:rsidR="00537A63" w:rsidRPr="009A0CF6" w:rsidRDefault="0044678D" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">About </w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D" w:rsidRPr="008D1D6E">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chartered</w:t>
       </w:r>
-      <w:r w:rsidR="00537A63" w:rsidRPr="008D1D6E">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00537A63" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scientist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7578A02E" w14:textId="77777777" w:rsidR="0008305F" w:rsidRPr="004C3DBC" w:rsidRDefault="0044678D" w:rsidP="0068028C">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="7578A02E" w14:textId="77777777" w:rsidR="0008305F" w:rsidRPr="009A0CF6" w:rsidRDefault="0044678D" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Institute</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Biomedical Science is proud to be one of the professional bodies </w:t>
       </w:r>
-      <w:r w:rsidR="001E351D" w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001E351D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>licenced by the Science Council to offer Chartered Scientist (CSci) registration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA5F1CF" w14:textId="77777777" w:rsidR="001E351D" w:rsidRPr="004C3DBC" w:rsidRDefault="001E351D" w:rsidP="0068028C">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2FA5F1CF" w14:textId="77777777" w:rsidR="001E351D" w:rsidRPr="009A0CF6" w:rsidRDefault="001E351D" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C3A57A9" w14:textId="77777777" w:rsidR="001E351D" w:rsidRPr="009A0CF6" w:rsidRDefault="004C3DBC" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chartering </w:t>
       </w:r>
-      <w:r w:rsidR="001E351D" w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001E351D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enables those</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> eligible</w:t>
       </w:r>
-      <w:r w:rsidR="001E351D" w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001E351D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Institute members </w:t>
       </w:r>
-      <w:r w:rsidRPr="004C3DBC">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to publicly demonstrate their commitment to professional standards, their profession and to use the designation CSci after their name.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3541B07B" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="001F2D5D" w:rsidRDefault="00717937" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Calibri" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3541B07B" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="009A0CF6" w:rsidRDefault="00717937" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341C4077" w14:textId="77777777" w:rsidR="0044678D" w:rsidRPr="009A0CF6" w:rsidRDefault="00781D66" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For our members with a Level 3 or </w:t>
       </w:r>
-      <w:r w:rsidR="00802C25" w:rsidRPr="00802C25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00802C25" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00802C25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> qualification and scope of practice we offer Registered Science Technician and </w:t>
       </w:r>
-      <w:r w:rsidR="00802C25" w:rsidRPr="00802C25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00802C25" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registered</w:t>
       </w:r>
-      <w:r w:rsidRPr="00802C25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Calibri" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Scientist respectively as benefits of membership. </w:t>
       </w:r>
-      <w:r w:rsidR="001C3736" w:rsidRPr="00802C25">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="001C3736" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
-      <w:r w:rsidR="0008305F" w:rsidRPr="00802C25">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="0008305F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ou can find our</w:t>
       </w:r>
-      <w:r w:rsidR="007424A4" w:rsidRPr="00802C25">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="007424A4" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> more on our website at</w:t>
       </w:r>
-      <w:r w:rsidR="007424A4" w:rsidRPr="001F2D5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="007424A4" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00AF4979" w:rsidRPr="009A376B">
+        <w:r w:rsidR="00AF4979" w:rsidRPr="009A0CF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
             <w:bCs/>
             <w:kern w:val="36"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.ibms.org</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AF4979">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00AF4979" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:bCs/>
           <w:kern w:val="36"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE1F0A5" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="009B1EC8" w:rsidRDefault="00281997" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="3AE1F0A5" w14:textId="77777777" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="00281997" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D9B480" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRDefault="00E552E7" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="08D9B480" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="00E552E7" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EE3BB6" w14:textId="7AAE4925" w:rsidR="00281997" w:rsidRDefault="0008305F" w:rsidP="0068028C">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="22EE3BB6" w14:textId="7AAE4925" w:rsidR="00281997" w:rsidRPr="009A0CF6" w:rsidRDefault="0008305F" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00281997" w:rsidRPr="009B1EC8">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00281997" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To become a </w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chartered</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D6759A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00D6759A" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Scientist</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF005A" w:rsidRPr="009B1EC8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidR="00BF005A" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">you </w:t>
       </w:r>
-      <w:r w:rsidR="00281997" w:rsidRPr="009B1EC8">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00281997" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>will need to</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B1EC8">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B38FE84" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009B1EC8" w:rsidRDefault="00976349" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="0B38FE84" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="28758B36" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28758B36" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The exemplifying educational requirement for CSci is a relevant qualification at QCF level 7 (Masters or M-Level). Candidates may also meet the requirement by a combination of work based learning and other qualifications and you may be required to complete an M-Level equivalence report as part of your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406A6524" w14:textId="0582DD15" w:rsidR="0058177D" w:rsidRDefault="00F75F46" w:rsidP="001F57A6">
+    <w:p w14:paraId="406A6524" w14:textId="0582DD15" w:rsidR="0058177D" w:rsidRPr="009A0CF6" w:rsidRDefault="00F75F46" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Have </w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D" w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at least four</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> years </w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D" w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">post-graduate </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">professional experience </w:t>
       </w:r>
-      <w:r w:rsidR="0058177D" w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0058177D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and be in current practice </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the field of biomedical </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>science.</w:t>
       </w:r>
-      <w:r w:rsidR="001F2D5D" w:rsidRPr="0058177D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001F2D5D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB6FDB4" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRDefault="00BF005A" w:rsidP="001F57A6">
+    <w:p w14:paraId="4CB6FDB4" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="00BF005A" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Demonstrate e</w:t>
       </w:r>
-      <w:r w:rsidR="00431DAB" w:rsidRPr="008D1D6E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00431DAB" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vidence of</w:t>
       </w:r>
-      <w:r w:rsidR="00730893" w:rsidRPr="008D1D6E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00730893" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cont</w:t>
       </w:r>
-      <w:r w:rsidR="006A5F8D" w:rsidRPr="008D1D6E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="006A5F8D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inuing </w:t>
       </w:r>
-      <w:r w:rsidR="00A5609D" w:rsidRPr="008D1D6E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A5609D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional Development</w:t>
       </w:r>
-      <w:r w:rsidR="0058177D" w:rsidRPr="008D1D6E">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0058177D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232FC440" w14:textId="4518E9E9" w:rsidR="00A5609D" w:rsidRPr="008D1D6E" w:rsidRDefault="00A5609D" w:rsidP="001F57A6">
+    <w:p w14:paraId="232FC440" w14:textId="75336740" w:rsidR="00A5609D" w:rsidRPr="009A0CF6" w:rsidRDefault="00A5609D" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5292A" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976349" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supporter</w:t>
       </w:r>
-      <w:r w:rsidR="00976349">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00976349" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A888744" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="009B1EC8" w:rsidRDefault="00696E93" w:rsidP="0068028C">
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="7A888744" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="009A0CF6" w:rsidRDefault="00696E93" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BA287F" w14:textId="77777777" w:rsidR="00696E93" w:rsidRPr="009A0CF6" w:rsidRDefault="00696E93" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Further details about these requirements are included further on in this document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB08673" w14:textId="77777777" w:rsidR="00781D66" w:rsidRDefault="00781D66" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="1AB08673" w14:textId="77777777" w:rsidR="00781D66" w:rsidRPr="009A0CF6" w:rsidRDefault="00781D66" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0122BC5A" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...30 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C6C598C" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CA0829E" w14:textId="5DBA3ABD" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00137065" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BFAA8A" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="00DD6BE7" w:rsidRDefault="00137065" w:rsidP="0068028C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="24BFAA8A" w14:textId="77777777" w:rsidR="007B2161" w:rsidRPr="009A0CF6" w:rsidRDefault="00137065" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00137065">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants are required to </w:t>
       </w:r>
-      <w:r w:rsidR="00E91074" w:rsidRPr="0058177D">
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00E91074" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least four years post-graduate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">professional experience within a biomedical science </w:t>
       </w:r>
-      <w:r w:rsidR="001B2610">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001B2610" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">related </w:t>
       </w:r>
-      <w:r w:rsidRPr="00137065">
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">setting. This does not just cover the NHS, but </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2610" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>those that work within Government, academia</w:t>
       </w:r>
-      <w:r w:rsidR="00D75D25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, the private sector and the armed forces</w:t>
       </w:r>
-      <w:r w:rsidR="00510F22">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00510F22" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and industry</w:t>
       </w:r>
-      <w:r w:rsidR="00D75D25">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D75D25" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FE2584" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRDefault="00D75D25" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="67FE2584" w14:textId="77777777" w:rsidR="00D75D25" w:rsidRPr="009A0CF6" w:rsidRDefault="00D75D25" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1BF2360C" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="00DD6BE7" w:rsidRDefault="008D1D6E" w:rsidP="00DD6BE7">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BF2360C" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="00DD6BE7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CONTINUING PROFESSIONAL DEVELOPMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36103A89" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="36103A89" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A25AE2" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Licensed Bodies are required to monitor the CPD of their registrants annually. Chartered Scientists must comply with the Science Council CPD Standards for Registrants which state that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A856406" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="008D1D6E" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="1A856406" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A5AFE71" w14:textId="77B08E4D" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5007AC" w14:textId="58433A4F" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="008D1D6E">
-[...26 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4B5007AC" w14:textId="58433A4F" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53EF0FA9" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2620C6F6" w14:textId="600191E8" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...76 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2620C6F6" w14:textId="600191E8" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A registrant must maintain a continuous, up-to-date, accurate and reflective record of their CPD activities and be able to provide supporting evidence if requested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37474B6C" w14:textId="4525356B" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D621BF" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED968E3" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="5ED968E3" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must demonstrate that their CPD activities are a mixture of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7F12C7" w14:textId="052B91E1" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3F7F12C7" w14:textId="052B91E1" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>learning activities relevant to current or future practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738816A3" w14:textId="46D96A5E" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...26 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="738816A3" w14:textId="46D96A5E" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EAA4B7B" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="761E9E4C" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="761E9E4C" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must seek to ensure that their CPD has benefited the quality of</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD27B6E" w14:textId="4C72A1FF" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="1DD27B6E" w14:textId="4C72A1FF" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>their practice and reflect upon this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BD8E99" w14:textId="5714710D" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...26 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="64BD8E99" w14:textId="5714710D" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="778E988D" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Standard 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347F4066" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="347F4066" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registrant must seek to ensure that their CPD has benefited the users of their</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4641E806" w14:textId="10D6678B" w:rsidR="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4641E806" w14:textId="10D6678B" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">work (employee, customer, student etc.) and reflect upon this. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00963B55">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72710DCB" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="00DD6BE7" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="72710DCB" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Learning activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762B0A32" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRDefault="00DD6BE7" w:rsidP="008D1D6E">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="762B0A32" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C331E44" w14:textId="77777777" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants’ CPD should be a mixture of learning activities relevant to current or future practice and should include activities in at least three (exceptionally two) of the following categories:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001D0B85" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="008D1D6E" w:rsidRDefault="00DD6BE7" w:rsidP="008D1D6E">
-[...9 lines deleted...]
-    <w:p w14:paraId="754FA7AF" w14:textId="669B8E44" w:rsidR="008D1D6E" w:rsidRPr="00DD6BE7" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
+    <w:p w14:paraId="001D0B85" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="008D1D6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="754FA7AF" w14:textId="669B8E44" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Work based learning (</w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> supervising staff / students, reflective practice)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE0D186" w14:textId="3B9085B0" w:rsidR="008D1D6E" w:rsidRPr="00DD6BE7" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
+    <w:p w14:paraId="0BE0D186" w14:textId="3B9085B0" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional activity (</w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> involvement in a professional body, mentoring)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD2C796" w14:textId="1B99E85A" w:rsidR="008D1D6E" w:rsidRPr="00DD6BE7" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
+    <w:p w14:paraId="4AD2C796" w14:textId="1B99E85A" w:rsidR="008D1D6E" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Formal / Educational (</w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> writing articles / papers, further education)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133FB164" w14:textId="1FA339B2" w:rsidR="00D75D25" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
+    <w:p w14:paraId="133FB164" w14:textId="1FA339B2" w:rsidR="00D75D25" w:rsidRPr="009A0CF6" w:rsidRDefault="008D1D6E" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Self-directed learning (</w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6BE7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reading journals, reviewing books / articles)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D851263" w14:textId="77777777" w:rsidR="00A96EAF" w:rsidRPr="00DD6BE7" w:rsidRDefault="00A96EAF" w:rsidP="001F57A6">
+    <w:p w14:paraId="0D851263" w14:textId="77777777" w:rsidR="00A96EAF" w:rsidRPr="009A0CF6" w:rsidRDefault="00A96EAF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Other (volunteering etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451F1743" w14:textId="77777777" w:rsidR="00717937" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="451F1743" w14:textId="77777777" w:rsidR="00717937" w:rsidRPr="009A0CF6" w:rsidRDefault="00717937" w:rsidP="009D4AD5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54CC4120" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Competence report – advice to applicants and mentors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEB5605" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...23 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3AEB5605" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714FDF25" w14:textId="1B31B3BB" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants for CSci will need to demonstrate competence across five areas.  Guidance on what the assessors will be looking for under each competence is provided below but the examples are just indicative – there will be many other valid examples you can </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="004B465C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>choose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20308CC6" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="20308CC6" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01954500" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Here are some tips you should bear in mind when compiling your application:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5684C5E6" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...9 lines deleted...]
-    <w:p w14:paraId="3EA8EB89" w14:textId="60391F19" w:rsidR="004B465C" w:rsidRPr="009943F6" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
+    <w:p w14:paraId="5684C5E6" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA8EB89" w14:textId="60391F19" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When you are thinking about how to structure your answers, you will need to think of examples of your experiences in terms of what you did, how you went about it and why you did </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7160CA0C" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="009943F6">
+    <w:p w14:paraId="7160CA0C" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="009943F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2934220D" w14:textId="539A006F" w:rsidR="004B465C" w:rsidRPr="009943F6" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2934220D" w14:textId="539A006F" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">You should think about using examples that are fairly recent </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i.e.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the last three years, although you can also draw on relevant experience from further back in your </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>career.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500B1195" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="009943F6">
+    <w:p w14:paraId="500B1195" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="009943F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7AB21DC8" w14:textId="108F2EC2" w:rsidR="00963B55" w:rsidRDefault="004B465C" w:rsidP="00963B55">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB21DC8" w14:textId="108F2EC2" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="00963B55">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You can use and refer to a particular example more than </w:t>
       </w:r>
-      <w:r w:rsidR="00963B55" w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>once but</w:t>
       </w:r>
-      <w:r w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> do ensure you make it clear how and why it applies to a </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="009943F6">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>competence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E2D7413" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="00963B55" w:rsidRDefault="00963B55" w:rsidP="00963B55">
+    <w:p w14:paraId="1E2D7413" w14:textId="77777777" w:rsidR="00963B55" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="00963B55">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="50072AF1" w14:textId="69EE6C00" w:rsidR="004B465C" w:rsidRPr="00963B55" w:rsidRDefault="004B465C" w:rsidP="00963B55">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50072AF1" w14:textId="69EE6C00" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="00963B55">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You can use examples from broad professional experiences, but you must be able to show how you have applied the skills developed in your job </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00963B55">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>role.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E073A84" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="3E073A84" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="365CA110" w14:textId="0875F42F" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="365CA110" w14:textId="0875F42F" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">We expect that in a typical application 200-300 words will be sufficient for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A80229">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B465C">
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> competence, although the level of detail required could be less if you are to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interviewed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9BA4C1" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...9 lines deleted...]
-    <w:p w14:paraId="600C2D98" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="1A9BA4C1" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600C2D98" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A: Application of knowledge &amp; understanding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E03DF" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4E3E03DF" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654A99F3" w14:textId="1C660558" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A1: Demonstrate how you use knowledge, experience, </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>skills,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and broader scientific understanding to optimise the application of existing and emerging science and technology.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD21380" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="6FD21380" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A00F762" w14:textId="69431720" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should provide sufficient detail here to show your deep understanding of your specialist scientific subject and how you have applied it. Further to this, include any examples of where your broader scientific understanding is applied to your area of practice. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDB09C1" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...10 lines deleted...]
-    <w:p w14:paraId="121F7153" w14:textId="4A9C6A7E" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
+    <w:p w14:paraId="4DDB09C1" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121F7153" w14:textId="4A9C6A7E" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Writing and presenting internal papers, </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>reports,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>standards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DD0F12" w14:textId="0D1ECF96" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
+    <w:p w14:paraId="02DD0F12" w14:textId="0D1ECF96" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conducting appropriate research to facilitate design and development of scientific </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>processes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2938F848" w14:textId="36C5C5A8" w:rsidR="004B465C" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
+    <w:p w14:paraId="2938F848" w14:textId="36C5C5A8" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Writing primary journal articles and patents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6676EE18" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="004B465C" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="6676EE18" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D33D34E" w14:textId="4DA7A8ED" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A2: Exercise sound judgement and understand principles of uncertainty in complex and unpredictable situations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34086BC8" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="34086BC8" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583E42B5" w14:textId="421BAFC6" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This competence is asking you to identify and be aware of the limit of your own knowledge and professional competence, to demonstrate an ability to manage your own strengths and weaknesses and to recognise the level of risk attached to your actions. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3309C9" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...10 lines deleted...]
-    <w:p w14:paraId="6791FEC1" w14:textId="4FCF2998" w:rsidR="00562DD6" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
+    <w:p w14:paraId="3B3309C9" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6791FEC1" w14:textId="4FCF2998" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When you have reacted and dealt with an unexpected </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>outcome.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39956C5D" w14:textId="75F1DB2A" w:rsidR="004B465C" w:rsidRPr="00562DD6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
+    <w:p w14:paraId="39956C5D" w14:textId="75F1DB2A" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">When you have approached a piece of work or project flexibly and in a novel or different </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>way or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00562DD6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reacted to an unexpected outcome.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3734B66B" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="004B465C" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3734B66B" w14:textId="77777777" w:rsidR="00562DD6" w:rsidRPr="009A0CF6" w:rsidRDefault="00562DD6" w:rsidP="00562DD6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E723D11" w14:textId="74FAE150" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A3: Demonstrate critical evaluation of relevant scientific information and concepts to propose solutions to problems.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A2AC07" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="57A2AC07" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F9D85F3" w14:textId="65AF26C5" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You should think of this competence in terms of selecting the best methodology, the subsequent data analysis, </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>evaluations,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and conclusions you draw and how you overcome any barriers or issues. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9948E9" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...10 lines deleted...]
-    <w:p w14:paraId="79288DC5" w14:textId="47976DA1" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="3C9948E9" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79288DC5" w14:textId="47976DA1" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Engaging in experimental design and </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>testing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D3BE3F" w14:textId="47B17E52" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="23D3BE3F" w14:textId="47B17E52" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...39 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewing relevant literature, databases, manuals or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>designs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE753E6" w14:textId="0C4C6887" w:rsidR="004B465C" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="6EE753E6" w14:textId="0C4C6887" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Statistical analysis and numerical modelling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E950ABB" w14:textId="77777777" w:rsidR="004B465C" w:rsidRDefault="004B465C" w:rsidP="002228AF">
-[...9 lines deleted...]
-    <w:p w14:paraId="16C99C26" w14:textId="77777777" w:rsidR="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="5E950ABB" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="002228AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F782D14" w14:textId="058EF7A5" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="00D5348E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...17 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B: Personal responsibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506638D9" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...27 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="506638D9" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="108E9CAB" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>B1: Work autonomously and take responsibility for the work of self and others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1D0118" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4A1D0118" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C639B11" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">It is important for this competence to ensure you describe your contribution, responsibility and impact on a certain task or project and make it clear what you personally have achieved i.e. “I” not “we”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BFDFAB" w14:textId="2440C01B" w:rsidR="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="55BFDFAB" w14:textId="2440C01B" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In formulating your answers and giving relevant examples, you should consider the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631698FC" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...10 lines deleted...]
-    <w:p w14:paraId="3CF476D1" w14:textId="0EBE764F" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="631698FC" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CF476D1" w14:textId="0EBE764F" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You will be expected to undertake your work without day-to-day supervision and so you should demonstrate that you are able to achieve </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>this.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="097F05A6" w14:textId="25249E07" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="097F05A6" w14:textId="25249E07" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You should demonstrate your understanding of when you may need to seek guidance from others and how you would obtain this </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>guidance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090EF634" w14:textId="562B3B5A" w:rsidR="004B465C" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="090EF634" w14:textId="562B3B5A" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you are responsible for managing the work of others, you should clearly describe how you discharge those responsibilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C705147" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4C705147" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C602C2" w14:textId="3EA2FFF2" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B2: Promote, </w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>implement,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and take responsibility for robust policies and protocols relating to health, </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>safety,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002228AF">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and sustainability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28001A0D" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="002228AF" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="28001A0D" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E64AA6F" w14:textId="011EA018" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should demonstrate that you understand the policies and protocols related to health, safety and sustainability that apply to the work you are undertaking</w:t>
       </w:r>
-      <w:r w:rsidR="00F10FC3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00F10FC3" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F10FC3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> giving examples where you have implemented and promoted them and describe any responsibilities that you have related to this. In formulating your answers, you should consider the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C93ABB" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="00F10FC3" w:rsidRDefault="002228AF" w:rsidP="002228AF">
-[...10 lines deleted...]
-    <w:p w14:paraId="26EB5BFD" w14:textId="1FD152BA" w:rsidR="002228AF" w:rsidRPr="00F10FC3" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="01C93ABB" w14:textId="77777777" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26EB5BFD" w14:textId="1FD152BA" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrate that you know where these policies and protocols are documented, and that you are able to apply them in your </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="00F10FC3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E34AF89" w14:textId="0C2D768C" w:rsidR="002228AF" w:rsidRPr="00F10FC3" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="2E34AF89" w14:textId="0C2D768C" w:rsidR="002228AF" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How your work contributes to the update and development of your departments/organisations policies and </w:t>
       </w:r>
-      <w:r w:rsidR="009943F6" w:rsidRPr="00F10FC3">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009943F6" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>procedures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3F7FB1" w14:textId="6A33D84E" w:rsidR="004B465C" w:rsidRPr="00F10FC3" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
+    <w:p w14:paraId="3A3F7FB1" w14:textId="6A33D84E" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="002228AF" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How you “promote” the awareness and application of these policies and protocols with others, especially peers and more junior colleagues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0F4C26" w14:textId="77777777" w:rsidR="00F10FC3" w:rsidRDefault="00F10FC3" w:rsidP="002228AF">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2C0F4C26" w14:textId="77777777" w:rsidR="00F10FC3" w:rsidRPr="009A0CF6" w:rsidRDefault="00F10FC3" w:rsidP="002228AF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681027D9" w14:textId="309A80AE" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B3: Promote and ensure compliance with all relevant regulatory requirements and quality standards. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32477358" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="32477358" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ED5ACBD" w14:textId="7A20D287" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should demonstrate that you understand which regulatory requirements and quality standards apply to your area of work including data integrity and privacy. In formulating your answers and giving examples, you should consider the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583983E5" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...10 lines deleted...]
-    <w:p w14:paraId="7650A0A1" w14:textId="05006530" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="583983E5" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7650A0A1" w14:textId="05006530" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Describe what you do to ensure that these requirements and standards are being followed for those activities for which you are responsible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2F35C1" w14:textId="754AC465" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="0E2F35C1" w14:textId="754AC465" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Describe how you “promote” the awareness of regulatory requirements and quality standards amongst peers and more junior colleagues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="690C95F4" w14:textId="1B1E3C58" w:rsidR="004B465C" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="690C95F4" w14:textId="1B1E3C58" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Describe how you safely store and handle data in line with national and international data protection and cyber security regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E1AE40" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="22E1AE40" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AFF03DC" w14:textId="0E223A0F" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B4: Oversee the implementation of solutions and demonstrate an understanding of potential and actual impacts of your work on your organisation, on the profession and on the wider community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521A1602" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="521A1602" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54440469" w14:textId="4DCB2C48" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should demonstrate an understanding of the potential and actual impacts of your work on your organisation, on the profession, on the general public and on the physical environment. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066EB308" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...10 lines deleted...]
-    <w:p w14:paraId="506A02CA" w14:textId="291C69BD" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="066EB308" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506A02CA" w14:textId="291C69BD" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Indicating that you are aware of the sensitivity of your work and show how this understanding translates into the ways in which you carry out your work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF9E6A3" w14:textId="29E6F5E9" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="0DF9E6A3" w14:textId="29E6F5E9" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Showing an awareness of how your profession is portrayed and viewed by the public at large, and how you take responsibility for recognising this in the work you do.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E8907E" w14:textId="45C9233B" w:rsidR="004B465C" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="78E8907E" w14:textId="45C9233B" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Describing how you seek to avoid reputational damage related to the work you carry out.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BBDCA7" w14:textId="77777777" w:rsidR="009943F6" w:rsidRDefault="009943F6" w:rsidP="004B465C">
+    <w:p w14:paraId="00BBDCA7" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="77A289E4" w14:textId="77777777" w:rsidR="009943F6" w:rsidRDefault="009943F6" w:rsidP="004B465C">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A289E4" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0CFC2744" w14:textId="420C9450" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CFC2744" w14:textId="420C9450" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C: Interpersonal skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407B07FC" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="407B07FC" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...21 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440DE979" w14:textId="54A34548" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C1: Demonstrate the ability to communicate effectively with specialist and non-specialist audiences.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A5ADBB" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="16A5ADBB" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C2A8D0" w14:textId="6D0698DA" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A non-specialist audience is anyone working outside of your particular area of expertise, so it would not necessarily be a non-scientist. Your example(s) should indicate how you have communicated in a way that is effective to each type of audience. In formulating your answers, you should consider the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3122CCB2" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...10 lines deleted...]
-    <w:p w14:paraId="1AD315F2" w14:textId="0E82B4A4" w:rsidR="009943F6" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="3122CCB2" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD315F2" w14:textId="0E82B4A4" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Not just the content of the message but also the mode or style of delivery that is adapted according to the audience.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10456093" w14:textId="0F6CAE69" w:rsidR="004B465C" w:rsidRPr="009943F6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
+    <w:p w14:paraId="10456093" w14:textId="0F6CAE69" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The feedback loop to gauge the understanding and improve future communications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDE1117" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="004B465C" w:rsidRDefault="009943F6" w:rsidP="009943F6">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="4DDE1117" w14:textId="77777777" w:rsidR="009943F6" w:rsidRPr="009A0CF6" w:rsidRDefault="009943F6" w:rsidP="009943F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A39B515" w14:textId="09CA0B96" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C2: Demonstrate effective leadership through the ability to guide, influence, inspire and empathise with others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272B3C8E" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="00E025E8" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="272B3C8E" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E49636" w14:textId="40BEDCDE" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This competence is about understanding your leadership skills and is not reserved for those in management roles, it is applicable to all. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752BFCD9" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="00E025E8" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
-[...10 lines deleted...]
-    <w:p w14:paraId="06635636" w14:textId="11660361" w:rsidR="00E025E8" w:rsidRPr="00E025E8" w:rsidRDefault="00E025E8" w:rsidP="001F57A6">
+    <w:p w14:paraId="752BFCD9" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06635636" w14:textId="11660361" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Experiences of mentoring or coaching you have had; you should consider how effective this was and the overall impact.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA462AD" w14:textId="73D60257" w:rsidR="004B465C" w:rsidRPr="00E025E8" w:rsidRDefault="00E025E8" w:rsidP="001F57A6">
+    <w:p w14:paraId="0EA462AD" w14:textId="73D60257" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Considering when you have managed change within your organisation or overseen the implementation of any new processes; you should consider how effective this was and the overall impact.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="375AC9EB" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="004B465C" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
-[...25 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="375AC9EB" w14:textId="77777777" w:rsidR="00E025E8" w:rsidRPr="009A0CF6" w:rsidRDefault="00E025E8" w:rsidP="00E025E8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="182113B8" w14:textId="42169CE6" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C3: Demonstrate the ability to mediate, develop and maintain positive working relationships.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788DFAC5" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="788DFAC5" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47FE37A9" w14:textId="79DA41E3" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should describe or define the “working relationship” and provide at least one example which focuses on your handling of a challenging interpersonal situation and demonstrates your ability to mediate and achieve a positive outcome. You should consider how through your approach you have changed or modified the behaviour or attitudes of others to positive effect. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451E9814" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...10 lines deleted...]
-    <w:p w14:paraId="7EAA229C" w14:textId="1CDFD9BC" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="451E9814" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EAA229C" w14:textId="1CDFD9BC" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How you have managed the merger or integration of different teams.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFEC12B" w14:textId="5F7E6853" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="5FFEC12B" w14:textId="5F7E6853" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managing working relationships across different departments or organisations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B456A42" w14:textId="1C8D28ED" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="4B456A42" w14:textId="1C8D28ED" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Interactions with committees, working groups or other professional body activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D1E08A" w14:textId="6AAD49E5" w:rsidR="004B465C" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="72D1E08A" w14:textId="6AAD49E5" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>How you have managed and resolved a difficult relationship situation between members of a team for which you are responsible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F8D712" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...10 lines deleted...]
-    <w:p w14:paraId="78A001E5" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="0046159F" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="14F8D712" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A001E5" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>D: Professional practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D75B763" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="2D75B763" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10F62EA9" w14:textId="430CB60E" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D1: Demonstrate how you scope and plan and manage projects.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B11BA3" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="59B11BA3" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F68C5A3" w14:textId="3251D657" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Describe an example where you have developed a project scope with clearly defined boundaries and project plans. Any problem-solving techniques used should be highlighted along with potential benefits of the project to the business. You should make it clear the level of autonomy you had while working on the project, especially when the project is large covering multiple areas and a significant time span. You should show how you contributed to determining the resulting courses of action. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5681F652" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...10 lines deleted...]
-    <w:p w14:paraId="0172D98E" w14:textId="2FB1783D" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="5681F652" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0172D98E" w14:textId="2FB1783D" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Lead an operational project utilising resource across several disciplines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E10E02C" w14:textId="4C74185C" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="2E10E02C" w14:textId="4C74185C" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A change management project aligning processes across sites.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630E639E" w14:textId="6DF7BE90" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="630E639E" w14:textId="6DF7BE90" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An industry-wide project establishing guidance on technical standards and requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="279966E2" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="279966E2" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F10D658" w14:textId="7214FEEF" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D2: Demonstrate the achievement of desired outcomes with the effective management of resources and risks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A850DD0" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="2A850DD0" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FBC0FE" w14:textId="4D6FA91F" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Using projects with which you have been involved as examples you should describe your roles and responsibilities in managing the activities to achieve the desired outcomes. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB7EBD1" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...10 lines deleted...]
-    <w:p w14:paraId="6C278DA3" w14:textId="794B6006" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="4FB7EBD1" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C278DA3" w14:textId="794B6006" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identifying the resources (people and/or money) needed to undertake the activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44719D5A" w14:textId="00159E0B" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="44719D5A" w14:textId="00159E0B" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Monitoring and surveillance of the progress of the activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AE5857" w14:textId="3CCFC418" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="55AE5857" w14:textId="3CCFC418" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identification, evaluation, and implementation of changes that may be needed to ensure the activities are successfully completed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1304A7F0" w14:textId="62656A56" w:rsidR="004B465C" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="1304A7F0" w14:textId="62656A56" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identification and management of risks that could impact on the successful completion of the activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67AD5735" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="004B465C" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="67AD5735" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F24778" w14:textId="3A25A525" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D3: Take responsibility for continuous improvement within a scientific or technical environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513D3CE1" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...26 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="513D3CE1" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AACACF2" w14:textId="355565AC" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Your examples should indicate what actions you take to make improvements to your organisation as a whole. This could be through encouraging the continuous development of junior staff or through improvements to processes within the organisation. Examples could include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282A3A79" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...10 lines deleted...]
-    <w:p w14:paraId="5D739E66" w14:textId="5704B8F7" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="282A3A79" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D739E66" w14:textId="5704B8F7" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="37908AC5" w14:textId="393EF76B" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Evaluation of the performance of specialist methods and tools used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37908AC5" w14:textId="393EF76B" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Development of recommendations for future enhancements or modifications to procedures or working practices in order to achieve performance improvements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2867A1" w14:textId="775BD102" w:rsidR="001F57A6" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="3F2867A1" w14:textId="775BD102" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Description of examples where your actions have led to performance improvement by yourself or others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2099C795" w14:textId="2A03B534" w:rsidR="004B465C" w:rsidRPr="001F57A6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+    <w:p w14:paraId="2099C795" w14:textId="2A03B534" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identification of lessons learned from activities undertaken by yourself or by others for whom you are responsible, such as what went well, went badly or was lacking</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F57A6">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4B6401" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="004B465C" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
-[...9 lines deleted...]
-    <w:p w14:paraId="468A6EED" w14:textId="77777777" w:rsidR="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="6B4B6401" w14:textId="77777777" w:rsidR="001F57A6" w:rsidRPr="009A0CF6" w:rsidRDefault="001F57A6" w:rsidP="001F57A6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468A6EED" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E: Professionalism</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47CE6518" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+    <w:p w14:paraId="47CE6518" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2624C38A" w14:textId="29FF491A" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E1: Comply with and promote relevant codes of conduct and practice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A429FC" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="41A429FC" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B6E59A6" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You should provide comprehensive examples of how you have applied and promoted the codes of conduct under which you practice and the outcome. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195D862E" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="195D862E" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA3800F" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Examples you may wish to include but are not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D6A3D6" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...10 lines deleted...]
-    <w:p w14:paraId="1B07FCB7" w14:textId="6F581A56" w:rsidR="004B465C" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="32D6A3D6" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B07FCB7" w14:textId="6F581A56" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>equality, diversity and inclusion, reliability and integrity and ethical practices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C76C6B5" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="004B465C" w:rsidRDefault="004B465C" w:rsidP="004B465C">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="1C76C6B5" w14:textId="77777777" w:rsidR="004B465C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B465C" w:rsidP="004B465C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02679F3E" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E2: Demonstrate a commitment to professional development through continuing advancement of your own knowledge, understanding and competence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C54CB56" w14:textId="5D887612" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...14 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="5C54CB56" w14:textId="5D887612" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your answer should provide specific examples of what you have already done in terms of continuing professional development (CPD) and your plans for the coming year. In your examples you must describe how your engagement in CPD has benefited your practice and the users of your work and reflect on its impact.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572674F1" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...25 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="572674F1" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C099CD4" w14:textId="6900F0E5" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Examples can be taken from any of the five categories of activity (work-based learning, professional activity, formal/educational, self-directed learning and other):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAF029F" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...21 lines deleted...]
-    <w:p w14:paraId="3832B4E1" w14:textId="5166EEA4" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="1FAF029F" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D241CA" w14:textId="26C0B77A" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3832B4E1" w14:textId="5166EEA4" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Application of knowledge acquired on an external course that has benefitted the business – how you acquired the knowledge of a new technology and how you planned, implemented, and reviewed its success in your organisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C51F50E" w14:textId="7DB1492D" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="0C51F50E" w14:textId="7DB1492D" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your work to promote careers in the STEM area including the design of materials and reflection on success.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F32E158" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="3F32E158" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">We are not looking for a list of courses here but evidence of how your CPD benefits your practice and benefits others.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD29B73" w14:textId="74DDEE5B" w:rsidR="00052ED2" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="4BD29B73" w14:textId="74DDEE5B" w:rsidR="00052ED2" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Note registrants will need to comply with the Science Council CPD Standards)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010DFEAA" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...10 lines deleted...]
-    <w:p w14:paraId="69A2606B" w14:textId="77777777" w:rsidR="00052ED2" w:rsidRDefault="00052ED2" w:rsidP="00052ED2">
+    <w:p w14:paraId="010DFEAA" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69A2606B" w14:textId="77777777" w:rsidR="00052ED2" w:rsidRPr="009A0CF6" w:rsidRDefault="00052ED2" w:rsidP="00052ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CODE OF CONDUCT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1559DA51" w14:textId="77777777" w:rsidR="00052ED2" w:rsidRPr="00052ED2" w:rsidRDefault="00052ED2" w:rsidP="00052ED2">
+    <w:p w14:paraId="1559DA51" w14:textId="77777777" w:rsidR="00052ED2" w:rsidRPr="009A0CF6" w:rsidRDefault="00052ED2" w:rsidP="00052ED2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="303898CF" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Registrants will agree to be bound by the code of professional conduct of their Licensed Body as well as by the Science Council Model Rules of Conduct for Registrants which state that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064B01C3" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="064B01C3" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="068F5109" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Registrants must:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43248CC7" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...9 lines deleted...]
-    <w:p w14:paraId="6C398535" w14:textId="0D40DDBD" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="43248CC7" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C398535" w14:textId="0D40DDBD" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Exercise their professional skills and judgement to the best of their ability and discharge their professional responsibilities with integrity, serving as an example to others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B83710" w14:textId="766C089D" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="75B83710" w14:textId="766C089D" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Have regard at all times to the public interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372567E9" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="372567E9" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do all in their power to ensure that their professional activities do not put the health and safety of others at risk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31101C4E" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="31101C4E" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>When called upon to give a professional opinion, do so with objectivity and reliability</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521A9AD3" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="521A9AD3" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Never engage in corrupt practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B27D39" w14:textId="1C915CAE" w:rsidR="00976349" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="61B27D39" w14:textId="1C915CAE" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Undertake appropriate Continuing Professional Development (CPD) and be able to demonstrate this to others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B20DF6" w14:textId="5E4E9878" w:rsidR="001064B8" w:rsidRPr="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
+    <w:p w14:paraId="37B20DF6" w14:textId="5E4E9878" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Further the interests of and maintain the dignity and welfare of their Licensed Body and profession.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083C12C2" w14:textId="77777777" w:rsidR="00976349" w:rsidRDefault="00976349" w:rsidP="00976349">
-[...24 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="083C12C2" w14:textId="77777777" w:rsidR="00976349" w:rsidRPr="009A0CF6" w:rsidRDefault="00976349" w:rsidP="00976349">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44CE61F8" w14:textId="6C1E915D" w:rsidR="0068028C" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
-      <w:r w:rsidR="00055C9E" w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00055C9E" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for y</w:t>
       </w:r>
-      <w:r w:rsidR="00DE291D" w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DE291D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>our</w:t>
       </w:r>
-      <w:r w:rsidR="0068028C" w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0068028C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00976349">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00976349" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supporter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C914B80" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="00DD6BE7" w:rsidRDefault="00DD6BE7" w:rsidP="0068028C">
-[...51 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3C914B80" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618142CA" w14:textId="5FE574D5" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of Chartered Scientist status (CSci) is required to identify a supporter.  The supporter must be familiar with </w:t>
+      </w:r>
+      <w:r w:rsidR="004B279C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB04C03" w14:textId="77777777" w:rsidR="004B279C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B279C" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36EC1793" w14:textId="77777777" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A51343A" w14:textId="34294FBB" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="004B279C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384D5609" w14:textId="2FE4897C" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="004B279C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C79844" w14:textId="77777777" w:rsidR="004B279C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B279C" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EA5D42" w14:textId="77777777" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F08531D" w14:textId="77777777" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why do applicants for registration need a supporter? After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73646A9F" w14:textId="77777777" w:rsidR="004B279C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B279C" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D696AD4" w14:textId="77777777" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50344B6A" w14:textId="77777777" w:rsidR="009A4F49" w:rsidRPr="009A0CF6" w:rsidRDefault="009A4F49" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4184D079" w14:textId="77777777" w:rsidR="004B279C" w:rsidRPr="009A0CF6" w:rsidRDefault="004B279C" w:rsidP="009A4F49">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09C364DD" w14:textId="64291EB0" w:rsidR="00055C9E" w:rsidRPr="009A0CF6" w:rsidRDefault="00055C9E" w:rsidP="00055C9E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The scope of practice for biomedical scientists applying to become Chartered should reflect the complex diverse nature of biomedical science and its application in healthcare. </w:t>
+      </w:r>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supporters must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be satisfied that a</w:t>
+      </w:r>
+      <w:r w:rsidR="0046159F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n applicant operates at the level commensurate with a Chartered Scientist and meets the CSci standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280119ED" w14:textId="77777777" w:rsidR="00055C9E" w:rsidRPr="009A0CF6" w:rsidRDefault="00055C9E" w:rsidP="00055C9E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E7AB4F" w14:textId="77777777" w:rsidR="00D5348E" w:rsidRDefault="00D5348E" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4647365F" w14:textId="77777777" w:rsidR="00D5348E" w:rsidRDefault="00D5348E" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0147F18A" w14:textId="77777777" w:rsidR="00D5348E" w:rsidRDefault="00D5348E" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03A3CF42" w14:textId="34FDA24B" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="00963B55" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The scope of practice for biomedical scientists applying to become Chartered should reflect the complex diverse nature of biomedical science and its application in healthcare. </w:t>
-[...63 lines deleted...]
-        </w:rPr>
         <w:t>Qualification’s</w:t>
       </w:r>
-      <w:r w:rsidR="007C0A75" w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007C0A75" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> validation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E52D05F" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="00DD6BE7" w:rsidRDefault="00DD6BE7" w:rsidP="007C0A75">
-[...59 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3E52D05F" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A10AB99" w14:textId="77777777" w:rsidR="00055C9E" w:rsidRPr="009A0CF6" w:rsidRDefault="00055C9E" w:rsidP="00055C9E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4582B98D" w14:textId="77777777" w:rsidR="0068028C" w:rsidRPr="009A0CF6" w:rsidRDefault="0068028C" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43153801" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
-      <w:r w:rsidRPr="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Assessment Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201259C7" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="00DD6BE7" w:rsidRDefault="00DD6BE7" w:rsidP="007C0A75">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="201259C7" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7B0AF1D8" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="007C0A75" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="7B0AF1D8" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your application will be acknowledged on receipt and will undergo a preliminary review to ascertain whether you have submitted all the required information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DECE167" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="007C0A75" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="6DECE167" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33902906" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If the information you supplied is incomplete, a letter will be sent requesting further details.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C82A7B7" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="007C0A75" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
-[...30 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w14:paraId="3C82A7B7" w14:textId="77777777" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B68FDD4" w14:textId="13520C0E" w:rsidR="007C0A75" w:rsidRPr="009A0CF6" w:rsidRDefault="007C0A75" w:rsidP="007C0A75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Completed applications are assigned </w:t>
+      </w:r>
+      <w:r w:rsidR="00482243" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to x2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assessor</w:t>
+      </w:r>
+      <w:r w:rsidR="00482243" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Following </w:t>
+      </w:r>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assessment,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007C0A75">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a letter confirming the outcome is sent to the applicant. A certificate showing your registration as a Chartered Scientist, for successful applicants, will subsequently be sent following the confirmatory letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DEB2DE" w14:textId="77777777" w:rsidR="00055C9E" w:rsidRPr="009A0CF6" w:rsidRDefault="00055C9E" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B80A412" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DE291D" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Appeals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212333F0" w14:textId="77777777" w:rsidR="00904D51" w:rsidRPr="0003653D" w:rsidRDefault="00DE291D" w:rsidP="0068028C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    <w:p w14:paraId="212333F0" w14:textId="77777777" w:rsidR="00904D51" w:rsidRPr="009A0CF6" w:rsidRDefault="00DE291D" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Should the Institute feel </w:t>
       </w:r>
-      <w:r w:rsidR="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that at this time, that unfortunately </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>you do not meet the criteria you will be advise</w:t>
       </w:r>
-      <w:r w:rsidR="00D1105C" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">d. If you wish to appeal this decision and have your </w:t>
       </w:r>
-      <w:r w:rsidR="00904D51" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00904D51" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>application reconsidered,</w:t>
       </w:r>
-      <w:r w:rsidR="0068028C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0068028C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> you</w:t>
       </w:r>
-      <w:r w:rsidR="00904D51" w:rsidRPr="00D1105C">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00904D51" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must </w:t>
       </w:r>
-      <w:r w:rsidR="0003653D">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0003653D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>notify the Institute in writing</w:t>
       </w:r>
-      <w:r w:rsidR="00D1105C">
-[...21 lines deleted...]
-    <w:p w14:paraId="44798B7F" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="0046159F" w:rsidP="001064B8">
+      <w:r w:rsidR="00D1105C" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within a month of receiving the correspondence from us. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8C3928" w14:textId="77777777" w:rsidR="00904D51" w:rsidRPr="009A0CF6" w:rsidRDefault="00904D51" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44798B7F" w14:textId="4AADD8EC" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="0046159F" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="05E96A6C" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="001064B8" w:rsidP="001064B8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Appeals letters should state how you meet the CSci standards and include evidence additional to your original submission, and be signed by both the original proposer and </w:t>
+      </w:r>
+      <w:r w:rsidR="006629CD" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E96A6C" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="001064B8" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="66A45832" w14:textId="4B308C8B" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="001064B8" w:rsidP="001064B8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A45832" w14:textId="4B308C8B" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="001064B8" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>All such appeals will be considered by Membership</w:t>
       </w:r>
-      <w:r w:rsidR="00963B55">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Marketing</w:t>
       </w:r>
-      <w:r w:rsidRPr="001064B8">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Committee, whose decision is final.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D86163" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="001064B8" w:rsidP="001064B8">
+    <w:p w14:paraId="49D86163" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="001064B8" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="0D1CEA09" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="001064B8" w:rsidP="001064B8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1CEA09" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="001064B8" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Full details of the appeals process may be obtained from the Chartered Scientist section of the </w:t>
       </w:r>
-      <w:r w:rsidR="0046159F">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0046159F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Institute of Biomedical Science website.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294B114B" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="001064B8" w:rsidRDefault="001064B8" w:rsidP="001064B8">
+    <w:p w14:paraId="294B114B" w14:textId="77777777" w:rsidR="001064B8" w:rsidRPr="009A0CF6" w:rsidRDefault="001064B8" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3FE342A9" w14:textId="22980248" w:rsidR="001776A7" w:rsidRDefault="0046159F" w:rsidP="001064B8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FE342A9" w14:textId="22980248" w:rsidR="001776A7" w:rsidRPr="009A0CF6" w:rsidRDefault="0046159F" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Tahoma"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please refer a</w:t>
       </w:r>
-      <w:r w:rsidR="001064B8" w:rsidRPr="001064B8">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001064B8" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ll other enquiries in respect of applications to the </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6BE7">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rofessional Support Services Manager Christian Burt </w:t>
       </w:r>
-      <w:r w:rsidR="00963B55">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="001064B8" w:rsidRPr="001064B8">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="001064B8" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6BE7" w:rsidRPr="00DD6BE7">
-[...44 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>christianburt@ibms.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C813420" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B96439" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="0046159F" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Application checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A46CC2E" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="008D1D6E" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
-[...46 lines deleted...]
-    <w:p w14:paraId="553A4B75" w14:textId="0929584C" w:rsidR="00DD6BE7" w:rsidRDefault="00DD6BE7" w:rsidP="001F57A6">
+    <w:p w14:paraId="0A46CC2E" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5913C2A6" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661F2E26" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553A4B75" w14:textId="0929584C" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...40 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete the Chartered Scientist application form </w:t>
+      </w:r>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>which must include all competences and have a Supporter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386DB7AC" w14:textId="7D66645B" w:rsidR="0046159F" w:rsidRDefault="0046159F" w:rsidP="001F57A6">
+    <w:p w14:paraId="386DB7AC" w14:textId="7D66645B" w:rsidR="0046159F" w:rsidRPr="009A0CF6" w:rsidRDefault="0046159F" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Attach any qualifications not already held on the IBMS </w:t>
       </w:r>
-      <w:r w:rsidR="00963B55">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00963B55" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>database.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="642C1819" w14:textId="77777777" w:rsidR="0046159F" w:rsidRPr="009B1EC8" w:rsidRDefault="0046159F" w:rsidP="001F57A6">
+    <w:p w14:paraId="642C1819" w14:textId="77777777" w:rsidR="0046159F" w:rsidRPr="009A0CF6" w:rsidRDefault="0046159F" w:rsidP="001F57A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Attach a chronological list of CPD activity with supporting evidence where appropriate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA57664" w14:textId="3A24E770" w:rsidR="00A80229" w:rsidRDefault="00DD6BE7" w:rsidP="001F57A6">
+    <w:p w14:paraId="08BB7EBF" w14:textId="04229AEC" w:rsidR="00A80229" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="000215E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...8 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Send </w:t>
       </w:r>
-      <w:r w:rsidR="00A80229">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A80229" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>all document</w:t>
       </w:r>
-      <w:r w:rsidR="0046159F">
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="0046159F" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="009C03CE" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by email to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="009C03CE" w:rsidRPr="009A0CF6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>christianburt@ibms.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="173DEF31" w14:textId="77777777" w:rsidR="009C03CE" w:rsidRPr="009A0CF6" w:rsidRDefault="009C03CE" w:rsidP="00C43AA8">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F7DCB5" w14:textId="2EB0C0F6" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Costs</w:t>
+      </w:r>
+      <w:r w:rsidR="0034073D" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A80229">
-[...118 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Science Council levies a fee for each Chartered Scientist on the register. In addition to Institute’s subscript</w:t>
+      </w:r>
+      <w:r w:rsidR="002E3C9B" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ion fee an annual payment </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43AA8" w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chartered Scientist registration will be payable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DAFCAD" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1C2223" w14:textId="77777777" w:rsidR="00DD6BE7" w:rsidRPr="009A0CF6" w:rsidRDefault="00DD6BE7" w:rsidP="00DD6BE7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:color w:val="30A4DC"/>
-          <w:sz w:val="20"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="44564F6A" w14:textId="77777777" w:rsidR="007E505E" w:rsidRDefault="007E505E" w:rsidP="001064B8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44564F6A" w14:textId="77777777" w:rsidR="007E505E" w:rsidRPr="009A0CF6" w:rsidRDefault="007E505E" w:rsidP="001064B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A0CF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E315FE9" w14:textId="77777777" w:rsidR="00CA006C" w:rsidRPr="00CA006C" w:rsidRDefault="00CA006C" w:rsidP="0068028C">
-[...10 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w14:paraId="3E315FE9" w14:textId="77777777" w:rsidR="00CA006C" w:rsidRPr="009A0CF6" w:rsidRDefault="00CA006C" w:rsidP="0068028C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00CA006C" w:rsidRPr="009A0CF6" w:rsidSect="00525C46">
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13A4E3A8" w14:textId="77777777" w:rsidR="00AA0ACB" w:rsidRDefault="00AA0ACB" w:rsidP="006D6753">
+    <w:p w14:paraId="580F223A" w14:textId="77777777" w:rsidR="008F63D9" w:rsidRDefault="008F63D9" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EFE8792" w14:textId="77777777" w:rsidR="00AA0ACB" w:rsidRDefault="00AA0ACB" w:rsidP="006D6753">
+    <w:p w14:paraId="51C29898" w14:textId="77777777" w:rsidR="008F63D9" w:rsidRDefault="008F63D9" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6702,139 +6726,146 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000067" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6C0452AA" w14:textId="4B2B05BE" w:rsidR="0046159F" w:rsidRPr="00F251F3" w:rsidRDefault="00976349">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="515972554"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4B8D6859" w14:textId="31E73ECB" w:rsidR="00D5348E" w:rsidRDefault="00D5348E">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6C0452AA" w14:textId="77E29C26" w:rsidR="0046159F" w:rsidRPr="00F251F3" w:rsidRDefault="0046159F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...40 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FF5C288" w14:textId="77777777" w:rsidR="00AA0ACB" w:rsidRDefault="00AA0ACB" w:rsidP="006D6753">
+    <w:p w14:paraId="39017936" w14:textId="77777777" w:rsidR="008F63D9" w:rsidRDefault="008F63D9" w:rsidP="006D6753">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E2D441C" w14:textId="77777777" w:rsidR="00AA0ACB" w:rsidRDefault="00AA0ACB" w:rsidP="006D6753">
+    <w:p w14:paraId="2B1FBDA5" w14:textId="77777777" w:rsidR="008F63D9" w:rsidRDefault="008F63D9" w:rsidP="006D6753">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A8693D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34FE4D7C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7757,50 +7788,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ED75DCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8B4A298"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="505C28D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="63927114"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7869,51 +8013,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533A1F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB241AC8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -7958,51 +8102,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5390766E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E1E47A6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8071,51 +8215,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="545516BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37AAFF04"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8184,51 +8328,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55822677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B55C3E96"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8297,51 +8441,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576A575B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3CA552A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8410,51 +8554,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C3B1800"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C338F03A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8523,51 +8667,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61FD6B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E10AED6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8636,51 +8780,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62CE5196"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BF09652"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8722,51 +8866,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A51054F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D06E91C0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8835,51 +8979,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74233DFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="657499DC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8948,51 +9092,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76531033"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="625A7C04"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9061,51 +9205,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FF652A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC46692E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9174,122 +9318,125 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="388261186">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1521313260">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="724067604">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2003047221">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1408959394">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="18822225">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1886328710">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1205796955">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1241061938">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="527721031">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="787285712">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="981234945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="389350578">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="204610469">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="338434048">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1410886053">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="17" w16cid:durableId="1320575304">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1788499942">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="19" w16cid:durableId="584999994">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4">
-[...47 lines deleted...]
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1120338233">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1384717873">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1237940429">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1921601002">
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="20"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B0625C"/>
     <w:rsid w:val="00005622"/>
@@ -9362,375 +9509,391 @@
     <w:rsid w:val="00260C88"/>
     <w:rsid w:val="00263FF2"/>
     <w:rsid w:val="002655EF"/>
     <w:rsid w:val="002755A6"/>
     <w:rsid w:val="00281997"/>
     <w:rsid w:val="00293DAF"/>
     <w:rsid w:val="002A5C09"/>
     <w:rsid w:val="002B0519"/>
     <w:rsid w:val="002C1ACE"/>
     <w:rsid w:val="002C5FEB"/>
     <w:rsid w:val="002C734C"/>
     <w:rsid w:val="002D225E"/>
     <w:rsid w:val="002D6C82"/>
     <w:rsid w:val="002D7B6B"/>
     <w:rsid w:val="002E3C9B"/>
     <w:rsid w:val="002F1B03"/>
     <w:rsid w:val="002F3180"/>
     <w:rsid w:val="002F3EEA"/>
     <w:rsid w:val="003128AB"/>
     <w:rsid w:val="003142B8"/>
     <w:rsid w:val="00322D55"/>
     <w:rsid w:val="003256DB"/>
     <w:rsid w:val="0032590C"/>
     <w:rsid w:val="00327192"/>
     <w:rsid w:val="0033001B"/>
+    <w:rsid w:val="00334B8E"/>
     <w:rsid w:val="0034073D"/>
     <w:rsid w:val="00341929"/>
     <w:rsid w:val="00350772"/>
     <w:rsid w:val="00354FF8"/>
     <w:rsid w:val="00355075"/>
     <w:rsid w:val="00360940"/>
     <w:rsid w:val="0036321E"/>
     <w:rsid w:val="003653C4"/>
     <w:rsid w:val="003671EE"/>
     <w:rsid w:val="00371304"/>
     <w:rsid w:val="003715C0"/>
     <w:rsid w:val="0037701B"/>
     <w:rsid w:val="003905C0"/>
     <w:rsid w:val="00392112"/>
     <w:rsid w:val="003A4400"/>
     <w:rsid w:val="003B3539"/>
     <w:rsid w:val="003B74DF"/>
     <w:rsid w:val="003C3961"/>
     <w:rsid w:val="003D4F8C"/>
     <w:rsid w:val="003E7A97"/>
     <w:rsid w:val="00404537"/>
     <w:rsid w:val="00405451"/>
     <w:rsid w:val="00417B30"/>
     <w:rsid w:val="00421EAB"/>
     <w:rsid w:val="00431DAB"/>
     <w:rsid w:val="0044678D"/>
     <w:rsid w:val="00447DC8"/>
     <w:rsid w:val="00450AC0"/>
     <w:rsid w:val="00453D94"/>
     <w:rsid w:val="00455C8A"/>
     <w:rsid w:val="004614D0"/>
     <w:rsid w:val="0046159F"/>
     <w:rsid w:val="004725C6"/>
     <w:rsid w:val="00473B22"/>
     <w:rsid w:val="004754F6"/>
     <w:rsid w:val="00475BA7"/>
     <w:rsid w:val="00480232"/>
     <w:rsid w:val="004806BC"/>
+    <w:rsid w:val="00482243"/>
     <w:rsid w:val="004A092E"/>
     <w:rsid w:val="004B00FA"/>
     <w:rsid w:val="004B1744"/>
+    <w:rsid w:val="004B279C"/>
     <w:rsid w:val="004B465C"/>
     <w:rsid w:val="004C139F"/>
     <w:rsid w:val="004C3DBC"/>
     <w:rsid w:val="004D39F1"/>
     <w:rsid w:val="004E1016"/>
     <w:rsid w:val="004F090B"/>
     <w:rsid w:val="004F479D"/>
     <w:rsid w:val="00505A68"/>
     <w:rsid w:val="00510F22"/>
     <w:rsid w:val="005163CF"/>
     <w:rsid w:val="005215AB"/>
     <w:rsid w:val="0052324E"/>
+    <w:rsid w:val="00523E5B"/>
     <w:rsid w:val="00525C46"/>
     <w:rsid w:val="00526CC7"/>
     <w:rsid w:val="00537046"/>
     <w:rsid w:val="005373C6"/>
     <w:rsid w:val="00537A63"/>
     <w:rsid w:val="005402F6"/>
     <w:rsid w:val="00550CC5"/>
     <w:rsid w:val="005534DC"/>
     <w:rsid w:val="005612DF"/>
     <w:rsid w:val="00562DD6"/>
     <w:rsid w:val="00572BF7"/>
     <w:rsid w:val="0058177D"/>
     <w:rsid w:val="00592B1B"/>
     <w:rsid w:val="00593C4D"/>
     <w:rsid w:val="005B259B"/>
     <w:rsid w:val="005B6DBC"/>
     <w:rsid w:val="005C1518"/>
     <w:rsid w:val="005C3622"/>
     <w:rsid w:val="005C65AE"/>
     <w:rsid w:val="005D02A3"/>
     <w:rsid w:val="005D0772"/>
     <w:rsid w:val="005F11C6"/>
     <w:rsid w:val="005F19DC"/>
     <w:rsid w:val="006015F6"/>
     <w:rsid w:val="006104D2"/>
     <w:rsid w:val="0061132E"/>
     <w:rsid w:val="0061173F"/>
     <w:rsid w:val="00622134"/>
     <w:rsid w:val="006238BB"/>
+    <w:rsid w:val="00635AD1"/>
     <w:rsid w:val="00640170"/>
     <w:rsid w:val="00645368"/>
     <w:rsid w:val="00645A22"/>
     <w:rsid w:val="006471AE"/>
     <w:rsid w:val="006526CF"/>
     <w:rsid w:val="00655194"/>
     <w:rsid w:val="006574E2"/>
     <w:rsid w:val="00657F6B"/>
+    <w:rsid w:val="006629CD"/>
     <w:rsid w:val="00663B2D"/>
     <w:rsid w:val="00673484"/>
     <w:rsid w:val="00673B23"/>
     <w:rsid w:val="00675BA6"/>
     <w:rsid w:val="0068028C"/>
     <w:rsid w:val="00682EE5"/>
     <w:rsid w:val="00696E93"/>
     <w:rsid w:val="006A1144"/>
     <w:rsid w:val="006A5F8D"/>
     <w:rsid w:val="006C1B35"/>
     <w:rsid w:val="006C29A0"/>
     <w:rsid w:val="006C2A4E"/>
     <w:rsid w:val="006C3D8C"/>
     <w:rsid w:val="006C63E7"/>
     <w:rsid w:val="006D0029"/>
     <w:rsid w:val="006D6753"/>
     <w:rsid w:val="006F1DED"/>
     <w:rsid w:val="006F2C74"/>
     <w:rsid w:val="007067CC"/>
     <w:rsid w:val="007162DD"/>
     <w:rsid w:val="00717937"/>
     <w:rsid w:val="0072127D"/>
     <w:rsid w:val="00730893"/>
     <w:rsid w:val="00732BC8"/>
     <w:rsid w:val="00735835"/>
     <w:rsid w:val="00736BA2"/>
     <w:rsid w:val="00737C8A"/>
     <w:rsid w:val="007424A4"/>
     <w:rsid w:val="007504C5"/>
     <w:rsid w:val="00750D6D"/>
     <w:rsid w:val="007523F5"/>
     <w:rsid w:val="007570DC"/>
     <w:rsid w:val="007613B8"/>
     <w:rsid w:val="00766C48"/>
     <w:rsid w:val="00772A52"/>
     <w:rsid w:val="0077451A"/>
     <w:rsid w:val="0077738D"/>
     <w:rsid w:val="00781D66"/>
+    <w:rsid w:val="00791722"/>
     <w:rsid w:val="00794162"/>
     <w:rsid w:val="007A40C2"/>
     <w:rsid w:val="007B007A"/>
     <w:rsid w:val="007B2161"/>
     <w:rsid w:val="007C0A3C"/>
     <w:rsid w:val="007C0A75"/>
     <w:rsid w:val="007C4C8E"/>
     <w:rsid w:val="007D15CE"/>
     <w:rsid w:val="007D3128"/>
     <w:rsid w:val="007D6A53"/>
     <w:rsid w:val="007E0B17"/>
     <w:rsid w:val="007E505E"/>
     <w:rsid w:val="007E5F37"/>
     <w:rsid w:val="007E7250"/>
     <w:rsid w:val="007E78E4"/>
     <w:rsid w:val="007F04E9"/>
     <w:rsid w:val="007F713C"/>
     <w:rsid w:val="00802C25"/>
     <w:rsid w:val="008044FD"/>
     <w:rsid w:val="00807F21"/>
     <w:rsid w:val="00841CD7"/>
     <w:rsid w:val="0084440A"/>
     <w:rsid w:val="00847698"/>
     <w:rsid w:val="00853C3A"/>
     <w:rsid w:val="0085672C"/>
     <w:rsid w:val="00856D3C"/>
     <w:rsid w:val="00860A25"/>
     <w:rsid w:val="00865464"/>
     <w:rsid w:val="00876D10"/>
     <w:rsid w:val="008809DE"/>
     <w:rsid w:val="008B0F9C"/>
     <w:rsid w:val="008C4D84"/>
     <w:rsid w:val="008D1D6E"/>
     <w:rsid w:val="008E129B"/>
     <w:rsid w:val="008E4DC2"/>
     <w:rsid w:val="008E4FB2"/>
     <w:rsid w:val="008E5C4D"/>
     <w:rsid w:val="008E6462"/>
     <w:rsid w:val="008F02F5"/>
     <w:rsid w:val="008F2E70"/>
     <w:rsid w:val="008F3F7A"/>
     <w:rsid w:val="008F5BE2"/>
+    <w:rsid w:val="008F63D9"/>
     <w:rsid w:val="008F715C"/>
     <w:rsid w:val="008F73F3"/>
     <w:rsid w:val="008F7B92"/>
     <w:rsid w:val="008F7F3C"/>
     <w:rsid w:val="009003B3"/>
     <w:rsid w:val="00903853"/>
     <w:rsid w:val="00904258"/>
     <w:rsid w:val="00904D51"/>
     <w:rsid w:val="009121B8"/>
     <w:rsid w:val="00915F8A"/>
     <w:rsid w:val="00920F78"/>
     <w:rsid w:val="00921C6D"/>
     <w:rsid w:val="00933DFC"/>
     <w:rsid w:val="00936724"/>
     <w:rsid w:val="00942615"/>
     <w:rsid w:val="009444FB"/>
     <w:rsid w:val="00946479"/>
     <w:rsid w:val="00951FFC"/>
     <w:rsid w:val="00954CED"/>
     <w:rsid w:val="00955D39"/>
     <w:rsid w:val="0095628E"/>
     <w:rsid w:val="00956977"/>
     <w:rsid w:val="00957A66"/>
     <w:rsid w:val="00960B08"/>
     <w:rsid w:val="00963B55"/>
     <w:rsid w:val="00976349"/>
     <w:rsid w:val="00982CFA"/>
     <w:rsid w:val="00986E99"/>
     <w:rsid w:val="00987B1D"/>
     <w:rsid w:val="009943F6"/>
+    <w:rsid w:val="009A0CF6"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009A4F49"/>
     <w:rsid w:val="009A53E1"/>
     <w:rsid w:val="009B1EC8"/>
     <w:rsid w:val="009B29CD"/>
+    <w:rsid w:val="009C03CE"/>
     <w:rsid w:val="009C26F0"/>
     <w:rsid w:val="009D4AD5"/>
     <w:rsid w:val="009E56F4"/>
     <w:rsid w:val="009E5B0A"/>
     <w:rsid w:val="009E6E88"/>
     <w:rsid w:val="009E7850"/>
     <w:rsid w:val="009F19E6"/>
     <w:rsid w:val="00A155EE"/>
     <w:rsid w:val="00A17774"/>
     <w:rsid w:val="00A17CE1"/>
     <w:rsid w:val="00A23506"/>
     <w:rsid w:val="00A3150C"/>
     <w:rsid w:val="00A44AAF"/>
     <w:rsid w:val="00A46B92"/>
     <w:rsid w:val="00A503E7"/>
     <w:rsid w:val="00A5609D"/>
     <w:rsid w:val="00A571EB"/>
     <w:rsid w:val="00A6756F"/>
     <w:rsid w:val="00A80229"/>
     <w:rsid w:val="00A87EC7"/>
     <w:rsid w:val="00A90BA3"/>
     <w:rsid w:val="00A96EAF"/>
     <w:rsid w:val="00AA0069"/>
     <w:rsid w:val="00AA0ACB"/>
     <w:rsid w:val="00AA456A"/>
     <w:rsid w:val="00AA7BCD"/>
     <w:rsid w:val="00AC0798"/>
     <w:rsid w:val="00AC742D"/>
     <w:rsid w:val="00AE5623"/>
     <w:rsid w:val="00AF15BA"/>
     <w:rsid w:val="00AF3F4F"/>
     <w:rsid w:val="00AF4979"/>
     <w:rsid w:val="00AF6D99"/>
     <w:rsid w:val="00B0625C"/>
     <w:rsid w:val="00B10C16"/>
+    <w:rsid w:val="00B229C2"/>
     <w:rsid w:val="00B24A9D"/>
     <w:rsid w:val="00B470A2"/>
     <w:rsid w:val="00B6217D"/>
     <w:rsid w:val="00B64FFF"/>
     <w:rsid w:val="00B80F76"/>
     <w:rsid w:val="00B940AF"/>
     <w:rsid w:val="00BA12E3"/>
     <w:rsid w:val="00BB10F8"/>
     <w:rsid w:val="00BB618D"/>
     <w:rsid w:val="00BD6DD7"/>
     <w:rsid w:val="00BF005A"/>
     <w:rsid w:val="00BF3C58"/>
     <w:rsid w:val="00C03C04"/>
     <w:rsid w:val="00C04839"/>
     <w:rsid w:val="00C05001"/>
     <w:rsid w:val="00C15A03"/>
     <w:rsid w:val="00C177A8"/>
     <w:rsid w:val="00C17FDE"/>
     <w:rsid w:val="00C219F5"/>
     <w:rsid w:val="00C267D8"/>
     <w:rsid w:val="00C322A0"/>
     <w:rsid w:val="00C326AD"/>
     <w:rsid w:val="00C32ED9"/>
     <w:rsid w:val="00C40864"/>
     <w:rsid w:val="00C40AE7"/>
+    <w:rsid w:val="00C43AA8"/>
     <w:rsid w:val="00C44CDB"/>
     <w:rsid w:val="00C46C88"/>
     <w:rsid w:val="00C50A21"/>
     <w:rsid w:val="00C61353"/>
     <w:rsid w:val="00C774A2"/>
     <w:rsid w:val="00C856A3"/>
     <w:rsid w:val="00C859A2"/>
     <w:rsid w:val="00C954E9"/>
     <w:rsid w:val="00CA006C"/>
     <w:rsid w:val="00CA6127"/>
     <w:rsid w:val="00CB2FE1"/>
     <w:rsid w:val="00CB34E2"/>
     <w:rsid w:val="00CC1C25"/>
     <w:rsid w:val="00CD6B31"/>
     <w:rsid w:val="00CE226F"/>
     <w:rsid w:val="00CF164C"/>
     <w:rsid w:val="00CF3CF6"/>
     <w:rsid w:val="00CF5B0F"/>
     <w:rsid w:val="00D032D5"/>
     <w:rsid w:val="00D1105C"/>
     <w:rsid w:val="00D13DF9"/>
     <w:rsid w:val="00D17796"/>
     <w:rsid w:val="00D243E5"/>
     <w:rsid w:val="00D26DBC"/>
     <w:rsid w:val="00D33C34"/>
     <w:rsid w:val="00D40900"/>
     <w:rsid w:val="00D44E3B"/>
     <w:rsid w:val="00D45569"/>
     <w:rsid w:val="00D52AFF"/>
     <w:rsid w:val="00D531D7"/>
+    <w:rsid w:val="00D5348E"/>
     <w:rsid w:val="00D66C1A"/>
     <w:rsid w:val="00D6759A"/>
     <w:rsid w:val="00D7060C"/>
     <w:rsid w:val="00D74C9A"/>
     <w:rsid w:val="00D7525B"/>
     <w:rsid w:val="00D75D25"/>
     <w:rsid w:val="00D762EA"/>
     <w:rsid w:val="00D83585"/>
     <w:rsid w:val="00D8434F"/>
     <w:rsid w:val="00D908B9"/>
     <w:rsid w:val="00D909B9"/>
     <w:rsid w:val="00D92846"/>
     <w:rsid w:val="00D93310"/>
     <w:rsid w:val="00DA160D"/>
     <w:rsid w:val="00DA3819"/>
     <w:rsid w:val="00DB3C21"/>
     <w:rsid w:val="00DB480F"/>
     <w:rsid w:val="00DB6B1E"/>
     <w:rsid w:val="00DC1138"/>
     <w:rsid w:val="00DC3C8A"/>
     <w:rsid w:val="00DC68C2"/>
     <w:rsid w:val="00DD6BE7"/>
     <w:rsid w:val="00DE291D"/>
     <w:rsid w:val="00DE3C61"/>
     <w:rsid w:val="00DE6DCD"/>
     <w:rsid w:val="00DF18E1"/>
     <w:rsid w:val="00E025E8"/>
     <w:rsid w:val="00E027B8"/>
     <w:rsid w:val="00E21FBE"/>
     <w:rsid w:val="00E27B62"/>
     <w:rsid w:val="00E33FEB"/>
     <w:rsid w:val="00E36E4D"/>
+    <w:rsid w:val="00E5292A"/>
     <w:rsid w:val="00E552E7"/>
     <w:rsid w:val="00E577C0"/>
     <w:rsid w:val="00E62A02"/>
     <w:rsid w:val="00E87869"/>
     <w:rsid w:val="00E91074"/>
     <w:rsid w:val="00E91163"/>
     <w:rsid w:val="00E919AF"/>
     <w:rsid w:val="00E91F67"/>
     <w:rsid w:val="00E95EAA"/>
     <w:rsid w:val="00ED7A35"/>
     <w:rsid w:val="00EE1BE3"/>
     <w:rsid w:val="00EE24BE"/>
     <w:rsid w:val="00EE3F01"/>
     <w:rsid w:val="00F014EF"/>
     <w:rsid w:val="00F025AE"/>
     <w:rsid w:val="00F10842"/>
     <w:rsid w:val="00F10FC3"/>
     <w:rsid w:val="00F251F3"/>
     <w:rsid w:val="00F27183"/>
     <w:rsid w:val="00F4357C"/>
     <w:rsid w:val="00F474D2"/>
     <w:rsid w:val="00F673A3"/>
     <w:rsid w:val="00F75F46"/>
     <w:rsid w:val="00F766FF"/>
     <w:rsid w:val="00F91E98"/>
@@ -9743,66 +9906,65 @@
     <w:rsid w:val="00FC42B6"/>
     <w:rsid w:val="00FC5004"/>
     <w:rsid w:val="00FC6061"/>
     <w:rsid w:val="00FE01DD"/>
     <w:rsid w:val="00FE156E"/>
     <w:rsid w:val="00FF137C"/>
     <w:rsid w:val="00FF1603"/>
     <w:rsid w:val="00FF4175"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="178C8DB2"/>
   <w15:docId w15:val="{76799162-3F34-4B0B-A723-B74650729C6E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10393,51 +10555,51 @@
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AF4979"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F10FC3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1459103759">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1701738206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10539,51 +10701,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1647856654">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ibms.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ibms.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christianburt@ibms.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10847,76 +11009,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89FBC0DB-4AE8-4A30-9ECA-54F2DDCC8D11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>16724</Characters>
+  <Pages>10</Pages>
+  <Words>3142</Words>
+  <Characters>17674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>139</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>456</Lines>
+  <Paragraphs>167</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guidance on Completing an</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Institute of Biomedical Science</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19619</CharactersWithSpaces>
+  <CharactersWithSpaces>20836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4063237</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:alicemadiwa@ibms.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>