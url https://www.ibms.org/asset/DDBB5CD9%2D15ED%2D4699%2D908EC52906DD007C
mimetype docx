--- v0 (2026-01-02)
+++ v1 (2026-01-26)
@@ -7011,215 +7011,105 @@
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressLineNumbers/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001435CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Payment Details</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5096DB82" w14:textId="3CDD7E58" w:rsidR="00AD6CF8" w:rsidRDefault="00AD6CF8" w:rsidP="00AD6CF8">
+    <w:p w14:paraId="21F394BD" w14:textId="30130B4B" w:rsidR="00D511CF" w:rsidRPr="008E1B81" w:rsidRDefault="00AD6CF8" w:rsidP="00AD6CF8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressLineNumbers/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8820"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001435CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Trainee portfolios are priced at </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF0BE9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>£1</w:t>
       </w:r>
-      <w:r w:rsidR="00367D4A" w:rsidRPr="00DF0BE9">
+      <w:r w:rsidR="008E1B81">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
-        <w:t>5</w:t>
-[...6 lines deleted...]
-        <w:t>8</w:t>
+        <w:t>65</w:t>
       </w:r>
       <w:r w:rsidRPr="001435CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (this </w:t>
       </w:r>
       <w:r w:rsidR="00F92594">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t>includes portfolio</w:t>
       </w:r>
       <w:r w:rsidRPr="001435CF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and administration fees).</w:t>
-      </w:r>
-[...101 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="277FC88E" w14:textId="4DCF11C5" w:rsidR="00367D4A" w:rsidRDefault="00AD6CF8" w:rsidP="00AD6CF8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:suppressLineNumbers/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -7278,97 +7168,79 @@
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Card payment to be made</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38EFC093" w14:textId="7320FF16" w:rsidR="00AD6CF8" w:rsidRPr="001435CF" w:rsidRDefault="00A779BE" w:rsidP="00DF0BE9">
+          <w:p w14:paraId="38EFC093" w14:textId="45D693E7" w:rsidR="00AD6CF8" w:rsidRPr="001435CF" w:rsidRDefault="00A779BE" w:rsidP="00DF0BE9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="00367D4A">
-[...9 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>65</w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> trainee copy</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -7389,73 +7261,61 @@
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00614590">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  £</w:t>
             </w:r>
             <w:r w:rsidR="00892C87">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00852974">
-[...3 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> swap copy</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> swap copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -7590,97 +7450,79 @@
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Chequ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>e e</w:t>
             </w:r>
             <w:r w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>nclosed for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7595AC" w14:textId="5BD255BD" w:rsidR="00BE338F" w:rsidRPr="001435CF" w:rsidRDefault="00BE338F" w:rsidP="00DF0BE9">
+          <w:p w14:paraId="0C7595AC" w14:textId="76EF892B" w:rsidR="00BE338F" w:rsidRPr="001435CF" w:rsidRDefault="00BE338F" w:rsidP="00DF0BE9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>65</w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> trainee copy</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -7701,73 +7543,61 @@
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00852974">
-[...3 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> swap copy</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> swap copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -8278,97 +8108,79 @@
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Purchase Order </w:t>
             </w:r>
             <w:r w:rsidR="00AD6CF8" w:rsidRPr="001435CF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3354" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="320F6775" w14:textId="61185DF5" w:rsidR="00AD6CF8" w:rsidRPr="001435CF" w:rsidRDefault="00A779BE" w:rsidP="00DF0BE9">
+          <w:p w14:paraId="320F6775" w14:textId="14D69171" w:rsidR="00AD6CF8" w:rsidRPr="001435CF" w:rsidRDefault="00A779BE" w:rsidP="00DF0BE9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="00367D4A">
-[...9 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>65</w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve"> trainee copy</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> trainee copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -8377,85 +8189,67 @@
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00614590">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
+            <w:r w:rsidR="008E1B81" w:rsidRPr="00A779BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+            <w:r w:rsidR="008E1B81">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>£</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> swap copy  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
@@ -8588,164 +8382,145 @@
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019633B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>For applicants applying for the Mary Macdonald Bursary</w:t>
             </w:r>
             <w:r w:rsidR="008F2954">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="799B4D48" w14:textId="7ED9586A" w:rsidR="00983D11" w:rsidRPr="001435CF" w:rsidRDefault="00983D11" w:rsidP="00DF0BE9">
+          <w:p w14:paraId="799B4D48" w14:textId="069655AD" w:rsidR="00983D11" w:rsidRPr="001435CF" w:rsidRDefault="008E1B81" w:rsidP="00DF0BE9">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressLineNumbers/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>£1</w:t>
             </w:r>
-            <w:r w:rsidR="00367D4A">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00A779BE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trainee copy  </w:t>
+            </w:r>
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A779BE">
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A779BE">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A779BE">
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A779BE">
+            <w:r w:rsidR="00983D11" w:rsidRPr="00A779BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C82AD80" w14:textId="12D7A745" w:rsidR="000D7D04" w:rsidRDefault="000D7D04" w:rsidP="00AE5FFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="772B6FA6" w14:textId="06F1298F" w:rsidR="00AD6CF8" w:rsidRPr="00E10AE1" w:rsidRDefault="00AD6CF8" w:rsidP="00AD6CF8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E10AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In providing IBMS with the information requested you are consenting to its use as indicated in the IBMS Privacy Notice. Further information can be found on the IBMS website at</w:t>
       </w:r>
       <w:r w:rsidR="00367D4A" w:rsidRPr="00E10AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E10AE1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00367D4A" w:rsidRPr="00E10AE1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:b/>
             <w:bCs/>
@@ -9040,51 +8815,51 @@
       </w:rPr>
       <w:t>for IBMS</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Training Portfolio for the Certificate of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Achievement Part </w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>I &amp; II</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="657FE376" w14:textId="2998CB78" w:rsidR="005D2448" w:rsidRPr="005D2448" w:rsidRDefault="005D2448" w:rsidP="005D2448">
+  <w:p w14:paraId="657FE376" w14:textId="7DDC6AE4" w:rsidR="005D2448" w:rsidRPr="005D2448" w:rsidRDefault="005D2448" w:rsidP="005D2448">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8822"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:bCs/>
@@ -9191,103 +8966,94 @@
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00315C51">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00220C3C">
+    <w:r w:rsidR="008E1B81">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>8.</w:t>
-[...8 lines deleted...]
-      <w:t>1</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00BE6CE1">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="003E331C">
+    <w:r w:rsidR="008E1B81">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>12</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00C5574F">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
-    <w:r w:rsidR="00220C3C">
+    <w:r w:rsidR="008E1B81">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2448">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="76460B2B" w14:textId="77777777" w:rsidR="005874B0" w:rsidRPr="005D2448" w:rsidRDefault="005874B0" w:rsidP="005D2448">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38F00196" w14:textId="77777777" w:rsidR="008C1EDA" w:rsidRDefault="008C1EDA" w:rsidP="005874B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9484,90 +9250,93 @@
     <w:rsid w:val="00254775"/>
     <w:rsid w:val="00265890"/>
     <w:rsid w:val="0028363B"/>
     <w:rsid w:val="00290BC7"/>
     <w:rsid w:val="002C680B"/>
     <w:rsid w:val="002C7142"/>
     <w:rsid w:val="002F6E4E"/>
     <w:rsid w:val="00315C51"/>
     <w:rsid w:val="00331DFB"/>
     <w:rsid w:val="00337701"/>
     <w:rsid w:val="00362AF0"/>
     <w:rsid w:val="00367D4A"/>
     <w:rsid w:val="00372577"/>
     <w:rsid w:val="003901D7"/>
     <w:rsid w:val="00391F7B"/>
     <w:rsid w:val="0039412F"/>
     <w:rsid w:val="00397719"/>
     <w:rsid w:val="003E3139"/>
     <w:rsid w:val="003E331C"/>
     <w:rsid w:val="004221D6"/>
     <w:rsid w:val="00491557"/>
     <w:rsid w:val="004A6754"/>
     <w:rsid w:val="004C2A34"/>
     <w:rsid w:val="004F7C8B"/>
     <w:rsid w:val="00514D41"/>
+    <w:rsid w:val="00523491"/>
     <w:rsid w:val="00573F12"/>
     <w:rsid w:val="005745D5"/>
     <w:rsid w:val="00582DF7"/>
     <w:rsid w:val="005874B0"/>
     <w:rsid w:val="005D2448"/>
     <w:rsid w:val="005F00BC"/>
     <w:rsid w:val="00614590"/>
     <w:rsid w:val="00622A58"/>
     <w:rsid w:val="00665E19"/>
     <w:rsid w:val="0067076D"/>
     <w:rsid w:val="0069510B"/>
     <w:rsid w:val="006D5EAE"/>
     <w:rsid w:val="00750D0C"/>
     <w:rsid w:val="007E051A"/>
     <w:rsid w:val="007F0F97"/>
     <w:rsid w:val="0080456C"/>
     <w:rsid w:val="00852974"/>
     <w:rsid w:val="008677ED"/>
     <w:rsid w:val="0087356D"/>
     <w:rsid w:val="00892C87"/>
     <w:rsid w:val="008A27C7"/>
     <w:rsid w:val="008C1EDA"/>
     <w:rsid w:val="008D2630"/>
+    <w:rsid w:val="008E1B81"/>
     <w:rsid w:val="008F02E6"/>
     <w:rsid w:val="008F2954"/>
     <w:rsid w:val="00925B86"/>
     <w:rsid w:val="00946510"/>
     <w:rsid w:val="00983D11"/>
     <w:rsid w:val="009928A3"/>
     <w:rsid w:val="009E222A"/>
     <w:rsid w:val="00A33F20"/>
     <w:rsid w:val="00A51691"/>
     <w:rsid w:val="00A609EF"/>
     <w:rsid w:val="00A779BE"/>
     <w:rsid w:val="00A77B7A"/>
     <w:rsid w:val="00AD6CF8"/>
     <w:rsid w:val="00AE5FFB"/>
     <w:rsid w:val="00AF6D1F"/>
     <w:rsid w:val="00B04709"/>
     <w:rsid w:val="00B554AB"/>
+    <w:rsid w:val="00B63074"/>
     <w:rsid w:val="00B74917"/>
     <w:rsid w:val="00B91E84"/>
     <w:rsid w:val="00BC6B30"/>
     <w:rsid w:val="00BE338F"/>
     <w:rsid w:val="00BE6CE1"/>
     <w:rsid w:val="00C03BAD"/>
     <w:rsid w:val="00C457DD"/>
     <w:rsid w:val="00C471A0"/>
     <w:rsid w:val="00C5574F"/>
     <w:rsid w:val="00C56CDB"/>
     <w:rsid w:val="00C579D6"/>
     <w:rsid w:val="00C61281"/>
     <w:rsid w:val="00C96ACD"/>
     <w:rsid w:val="00CB298E"/>
     <w:rsid w:val="00D511CF"/>
     <w:rsid w:val="00D758E1"/>
     <w:rsid w:val="00D77747"/>
     <w:rsid w:val="00D83828"/>
     <w:rsid w:val="00DB6E57"/>
     <w:rsid w:val="00DF0BE9"/>
     <w:rsid w:val="00E10AE1"/>
     <w:rsid w:val="00E1348A"/>
     <w:rsid w:val="00E202AB"/>
     <w:rsid w:val="00E27E32"/>
     <w:rsid w:val="00E47892"/>
@@ -10571,67 +10340,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7C3F429-C4B3-430E-AA70-4B98FD565E52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4550</Characters>
+  <Pages>3</Pages>
+  <Words>824</Words>
+  <Characters>4442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>227</Lines>
-  <Paragraphs>179</Paragraphs>
+  <Lines>222</Lines>
+  <Paragraphs>175</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5216</CharactersWithSpaces>
+  <CharactersWithSpaces>5091</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ben Rimmer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>