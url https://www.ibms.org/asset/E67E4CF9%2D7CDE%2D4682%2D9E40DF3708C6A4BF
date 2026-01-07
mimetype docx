--- v0 (2025-10-17)
+++ v1 (2026-01-07)
@@ -301,265 +301,287 @@
         <w:t>IN BLOCK CAPITALS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013708FD" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="001C5300" w:rsidRDefault="004338A7" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1728"/>
-        <w:gridCol w:w="1704"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="1703"/>
         <w:gridCol w:w="1722"/>
         <w:gridCol w:w="1741"/>
-        <w:gridCol w:w="3299"/>
+        <w:gridCol w:w="3298"/>
       </w:tblGrid>
       <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="1F8ACBB4" w14:textId="77777777" w:rsidTr="008025CE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37607248" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>First Names:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3493" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0CF99F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1767" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ED0EFF3" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2092170B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008025CE" w:rsidRPr="002A0134" w14:paraId="0D84CEFD" w14:textId="77777777" w:rsidTr="008025CE">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="8663" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB56F8A" w14:textId="77777777" w:rsidR="008025CE" w:rsidRPr="00945197" w:rsidRDefault="008025CE" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="321E81B8" w14:textId="77777777" w:rsidTr="008025CE">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B0568D2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Gender:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1740" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="599320DF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t xml:space="preserve">Male  </w:t>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C60EA04" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t xml:space="preserve">Female  </w:t>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1767" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFEA7F2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="407DB892" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C3266" w:rsidRPr="002A0134" w14:paraId="697B4CD8" w14:textId="77777777" w:rsidTr="008C3266">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="622"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57635106" w14:textId="7DC7B2EA" w:rsidR="008C3266" w:rsidRPr="00945197" w:rsidRDefault="00A27F3A" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Fees</w:t>
+          <w:p w14:paraId="57635106" w14:textId="77777777" w:rsidR="008C3266" w:rsidRPr="00945197" w:rsidRDefault="008C3266" w:rsidP="004338A7">
+            <w:r>
+              <w:t>Payment Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8663" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="008C3266" w:rsidRPr="00945197">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18284393" w14:textId="697AE6E6" w:rsidR="008C3266" w:rsidRDefault="008C3266" w:rsidP="008C3266">
+            <w:r>
+              <w:t>Cheque</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>made payable to IBMS for £</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD6DA5">
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00945197">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BB5238F" w14:textId="77777777" w:rsidR="008C3266" w:rsidRDefault="008C3266" w:rsidP="008C3266">
             <w:r>
               <w:t xml:space="preserve">Call to make payment by credit or debit card </w:t>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00945197">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -592,81 +614,79 @@
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="3326"/>
       </w:tblGrid>
       <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="4D3127CF" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43526C3A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="004759EF" w:rsidRDefault="004338A7" w:rsidP="008025CE">
             <w:r w:rsidRPr="004759EF">
               <w:t>IBMS Membership Grade</w:t>
             </w:r>
             <w:r w:rsidR="00CB7B04">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C0EBBAB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C427DB6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="004759EF" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="004759EF">
               <w:t>IBMS Membership Number</w:t>
             </w:r>
             <w:r w:rsidR="00CB7B04">
               <w:t xml:space="preserve"> (if known)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DDDB337" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71D12070" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00884E16" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -714,449 +734,431 @@
               <w:t>Employment Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="46406BC7" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096C5BF5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D108E76" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F361126" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="783C8ED5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="62454A2C" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30738870" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Address Line 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B45EDAE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24BC0082" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Company/Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B6C3BF7" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="00985C62"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="4C32B33D" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173B52DA" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Address Line 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E63901" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7025C3F6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r w:rsidRPr="00945197">
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73DBA415" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="0096344F" w:rsidP="004338A7">
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> MERGEFIELD "Firmline3" </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="300A42CD" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5012FD81" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03942F9C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66F31CCE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A50054" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="0783E637" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14B1735D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A375CC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77EB0A18" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EEF25A5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="6B0CA055" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A237317" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D033283" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB5C0C7" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DB16F6F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="1A899CEF" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E6FC0C2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0042B144" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19972891" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56FBF241" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="14BA8D2D" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C564967" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054AC053" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FC0E3B5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45EC4908" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="5F913589" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C6C5F2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA4C383" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AED2FF6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:r>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0855D320" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60BFAA79" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00884E16" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
     <w:p w14:paraId="33FBDEC4" w14:textId="77777777" w:rsidR="00CC2B9F" w:rsidRDefault="00CC2B9F" w:rsidP="004C0394">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="609DD3E0" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="004C0394" w:rsidRDefault="00CC2B9F" w:rsidP="004C0394">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1346,420 +1348,400 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Awarding </w:t>
             </w:r>
             <w:r w:rsidR="004338A7" w:rsidRPr="002A0134">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="185C5A42" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29FF43E9" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DD0262" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B1410A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20191BDD" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC2B9F" w:rsidRPr="002A0134" w14:paraId="28C4AB4D" w14:textId="77777777" w:rsidTr="00CC2B9F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF28E10" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="00CC2B9F" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Subject(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1340BD14" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35A263C2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D9EBDC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="103A1D5C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2084FC02" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC2B9F" w:rsidRPr="002A0134" w14:paraId="75BD0CC2" w14:textId="77777777" w:rsidTr="00CC2B9F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BEC62E5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="00CC2B9F" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grade (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569AAE53" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="071E9CC5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C70D349" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F666751" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2696796D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC2B9F" w:rsidRPr="002A0134" w14:paraId="78C6A412" w14:textId="77777777" w:rsidTr="00CC2B9F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1749" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="709F5739" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="00CC2B9F" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE22383" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D793188" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1715" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D6DF92F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EFD648E" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A076551" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="779149F6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
     <w:p w14:paraId="1BCF5349" w14:textId="77777777" w:rsidR="00CC2B9F" w:rsidRDefault="00CC2B9F" w:rsidP="004338A7"/>
     <w:p w14:paraId="7BBAE72A" w14:textId="77777777" w:rsidR="00AA5CE0" w:rsidRDefault="00AA5CE0" w:rsidP="004338A7"/>
     <w:p w14:paraId="4C4339AE" w14:textId="77777777" w:rsidR="00AA5CE0" w:rsidRDefault="00AA5CE0" w:rsidP="004338A7"/>
     <w:p w14:paraId="4A08B921" w14:textId="77777777" w:rsidR="00AA5CE0" w:rsidRPr="00884E16" w:rsidRDefault="00AA5CE0" w:rsidP="004338A7"/>
     <w:p w14:paraId="4BB2F690" w14:textId="77777777" w:rsidR="001C5300" w:rsidRDefault="001C5300"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3Deffects1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2215,82 +2197,80 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>CONTINUING PROFESSIONAL DEVELOPMENT</w:t>
             </w:r>
             <w:r w:rsidR="0003155F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="2F56AFF6" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9825" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79FBE09B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="00735792" w:rsidP="003C6C08">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="20"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">I have enclosed a chronological list of CPD activity for the last </w:t>
             </w:r>
             <w:r w:rsidR="003C6C08">
               <w:t xml:space="preserve">12 months </w:t>
             </w:r>
             <w:r>
               <w:t>with appropriate supporting evidence</w:t>
             </w:r>
             <w:r w:rsidR="004338A7">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE481DC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check6"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
@@ -2353,51 +2333,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>SUPPORTER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE60FA" w14:paraId="0D0AF983" w14:textId="77777777" w:rsidTr="004D133F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="238" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="3175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10416" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34C03A60" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D8C3251" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1673252B" w14:textId="111401DF" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">I, the undersigned, support this application and consider that the applicant has the required professional experience and qualifications to be a Registered Science Technician.  I have signed copies of certificates to indicate that I have seen the originals.  I have read their personal statement and confirm that the applicant </w:t>
             </w:r>
             <w:r w:rsidRPr="00654818">
@@ -2442,408 +2421,388 @@
                 <w:tab w:val="left" w:pos="1590"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE60FA" w14:paraId="68769A70" w14:textId="77777777" w:rsidTr="004D133F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="238" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7912C1E5" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Sign:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3982" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FA56DF1" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6877AB36" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51F02FB3" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>IBMS membership number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0662D440" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18755625" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE60FA" w14:paraId="091B7F48" w14:textId="77777777" w:rsidTr="004D133F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="238" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290FA217" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57CA194E" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F39B414" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BE4EF0" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E727C7" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CEDC7EC" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE60FA" w14:paraId="0CF2F9B1" w14:textId="77777777" w:rsidTr="004D133F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1364" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EEE98C3" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2267661B" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73C4D79F" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6190E958" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F54B51B" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FB48202" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4377" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AEC5F38" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="238" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="290DAEAD" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A6113A4" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004338A7"/>
     <w:p w14:paraId="13024496" w14:textId="3662203A" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
     <w:p w14:paraId="6D7B1913" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004338A7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10654" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2884,559 +2843,528 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>APPLICANT’S UNDERTAKING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="0415F0CE" w14:textId="77777777" w:rsidTr="003727F0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10418" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B338232" w14:textId="0154FDBF" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          </w:tcPr>
+          <w:p w14:paraId="10FE3A79" w14:textId="6B88D7E5" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">I wish to apply for registration as a </w:t>
             </w:r>
             <w:r w:rsidR="004C0394" w:rsidRPr="004C0394">
               <w:t>Registered Science Technician</w:t>
             </w:r>
             <w:r>
               <w:t>. I have enclosed my personal statement.  I declare that the information I have given with this application is, to the best of my knowledge accurate and true.</w:t>
             </w:r>
             <w:r w:rsidR="003727F0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003727F0" w:rsidRPr="003727F0">
-              <w:t xml:space="preserve">In providing IBMS with the information requested you are consenting to its use as indicated in the IBMS Privacy Notice. Further information can be found on the IBMS website at </w:t>
+              <w:t xml:space="preserve">In providing IBMS with the information requested you are consenting to its use as indicated in the IBMS Privacy Notice. Further information can be found on the IBMS website at  </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="00685038" w:rsidRPr="00151AB4">
+              <w:r w:rsidR="003727F0" w:rsidRPr="003727F0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>https://www.ibms.org/privacy-notice/</w:t>
+                <w:t>https://www.ibms.org/privacy/</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="27CDA565" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58C3AED4" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6616EA5B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1829A21E" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="103D1272" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4538" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11F96613" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="407EE5D7" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="174ED9E7" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Sign:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3982" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="470A2DF6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C92154D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B480A22" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>IBMS Membership Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55B98833" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49AB022A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="2A7D464D" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F44481D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="598F66A9" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D625156" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD73851" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3973" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E9860CE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26C68F89" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="6A43B60B" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22FEAF0C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F8E263E" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B5DEBEC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D307694" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5741EE4C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="175FADFB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4378" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CA23DE4" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="072D2727" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42ABAAA6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="001C5300">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3466,224 +3394,237 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>DATA PROTECTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="3E212095" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10420" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A321375" w14:textId="3127D28D" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          </w:tcPr>
+          <w:p w14:paraId="0A321375" w14:textId="3F602797" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>If your application is successful, the Institute of Biomedical Science will transfer the information submitted to The Science Council register. The publicly available register will include your name, Licen</w:t>
+              <w:t xml:space="preserve">If your application is successful, the </w:t>
+            </w:r>
+            <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
+                <w:r w:rsidRPr="002A0134">
+                  <w:rPr>
+                    <w:bCs/>
+                  </w:rPr>
+                  <w:t>Institute</w:t>
+                </w:r>
+              </w:smartTag>
+              <w:r w:rsidRPr="002A0134">
+                <w:rPr>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t xml:space="preserve"> of </w:t>
+              </w:r>
+              <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
+                <w:r w:rsidRPr="002A0134">
+                  <w:rPr>
+                    <w:bCs/>
+                  </w:rPr>
+                  <w:t>Biomedical Science</w:t>
+                </w:r>
+              </w:smartTag>
+            </w:smartTag>
+            <w:r w:rsidRPr="002A0134">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will transfer the information submitted to The Science Council register. The publicly available register will include your name, Licen</w:t>
             </w:r>
             <w:r w:rsidR="00701692">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>sed Body and Registered Science Technician</w:t>
             </w:r>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> number. The Science Council may wish to use the information you supply </w:t>
             </w:r>
             <w:r w:rsidR="00AE60FA" w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> communicate directly with r</w:t>
             </w:r>
             <w:r w:rsidR="00701692">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">egistrants. Registered Science </w:t>
-[...11 lines deleted...]
-              <w:t>echnicians</w:t>
+              <w:t>egistrants. Registered Science technicians</w:t>
             </w:r>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> have the right to access the personal data held on them by The Science Council. The Science Council may, from time to time, execute mailings on behalf of suppliers of goods and services considered to be relevant to professional interests.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="1F7DFC04" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17EBCCFF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>If you wish to receive such information, please tick this box</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C241672" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="774A5DD0" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F39EECF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A3A4C">
               <w:t xml:space="preserve">Tick this box </w:t>
             </w:r>
             <w:r>
               <w:t>if you do not wish your name to appear on the Science Council Public Register</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C8B4E5F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
@@ -3733,95 +3674,94 @@
           </w:tcPr>
           <w:p w14:paraId="790BD2BF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0134">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>RETURN ADDRESS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w14:paraId="04CAF23E" w14:textId="77777777" w:rsidTr="002A0134">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10420" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="180EA48A" w14:textId="34EC626E" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Institute of Biomedical Science, 12 Coldbath Square, London, EC1R 5HL</w:t>
             </w:r>
             <w:r w:rsidR="00AE60FA">
               <w:t xml:space="preserve"> Email: christianburt@ibms.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="78BBD929" w14:textId="77777777" w:rsidR="00AE7922" w:rsidRDefault="00AE7922" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AE7922" w:rsidSect="001C5300">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="454" w:right="851" w:bottom="680" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DB6FDFC" w14:textId="77777777" w:rsidR="00A831D4" w:rsidRDefault="00A831D4">
+    <w:p w14:paraId="183E99D7" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06021380" w14:textId="77777777" w:rsidR="00A831D4" w:rsidRDefault="00A831D4">
+    <w:p w14:paraId="0C0D0A55" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3842,66 +3782,66 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D952857" w14:textId="77777777" w:rsidR="00A831D4" w:rsidRDefault="00A831D4">
+    <w:p w14:paraId="2F654C9A" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E234BD5" w14:textId="77777777" w:rsidR="00A831D4" w:rsidRDefault="00A831D4">
+    <w:p w14:paraId="7E8F46C2" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="035C2249"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="086A1CFE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4448,63 +4388,63 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1390693121">
+  <w:num w:numId="1" w16cid:durableId="1414862688">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="521475504">
+  <w:num w:numId="2" w16cid:durableId="434636805">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1006205020">
+  <w:num w:numId="3" w16cid:durableId="1313682601">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1503400165">
+  <w:num w:numId="4" w16cid:durableId="1145857408">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="577859424">
+  <w:num w:numId="5" w16cid:durableId="1451896057">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
@@ -4531,192 +4471,189 @@
     <w:rsid w:val="00133EE7"/>
     <w:rsid w:val="00157BB1"/>
     <w:rsid w:val="00195902"/>
     <w:rsid w:val="001975FA"/>
     <w:rsid w:val="001C1DE7"/>
     <w:rsid w:val="001C5300"/>
     <w:rsid w:val="001D0857"/>
     <w:rsid w:val="001D38C5"/>
     <w:rsid w:val="001E1915"/>
     <w:rsid w:val="001E5D1C"/>
     <w:rsid w:val="002157FE"/>
     <w:rsid w:val="00240AF3"/>
     <w:rsid w:val="00262D38"/>
     <w:rsid w:val="00264E85"/>
     <w:rsid w:val="00287FBF"/>
     <w:rsid w:val="002A0134"/>
     <w:rsid w:val="002A5E40"/>
     <w:rsid w:val="002D03A9"/>
     <w:rsid w:val="002E1DDD"/>
     <w:rsid w:val="002E3593"/>
     <w:rsid w:val="002E389F"/>
     <w:rsid w:val="002E4C57"/>
     <w:rsid w:val="00315952"/>
     <w:rsid w:val="00316608"/>
     <w:rsid w:val="0033096E"/>
-    <w:rsid w:val="00363D67"/>
     <w:rsid w:val="003719DF"/>
     <w:rsid w:val="00371FAC"/>
     <w:rsid w:val="003727F0"/>
     <w:rsid w:val="003837C8"/>
     <w:rsid w:val="00396239"/>
     <w:rsid w:val="003C14C1"/>
     <w:rsid w:val="003C6C08"/>
     <w:rsid w:val="003D744E"/>
     <w:rsid w:val="003F0919"/>
     <w:rsid w:val="003F4E50"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00417E8B"/>
     <w:rsid w:val="00432F82"/>
     <w:rsid w:val="004338A7"/>
     <w:rsid w:val="00441A23"/>
     <w:rsid w:val="00446219"/>
     <w:rsid w:val="00476AE7"/>
     <w:rsid w:val="004A25D9"/>
     <w:rsid w:val="004A54D2"/>
     <w:rsid w:val="004C0394"/>
     <w:rsid w:val="004C14FC"/>
     <w:rsid w:val="004E43CF"/>
     <w:rsid w:val="004F5488"/>
     <w:rsid w:val="00507D2C"/>
     <w:rsid w:val="0051163C"/>
     <w:rsid w:val="00552AD9"/>
     <w:rsid w:val="00553080"/>
     <w:rsid w:val="00567EE9"/>
     <w:rsid w:val="00584C97"/>
     <w:rsid w:val="005959D4"/>
     <w:rsid w:val="005979DC"/>
     <w:rsid w:val="005B5665"/>
     <w:rsid w:val="005D0560"/>
     <w:rsid w:val="005F0318"/>
     <w:rsid w:val="005F4847"/>
     <w:rsid w:val="005F705C"/>
     <w:rsid w:val="00600F31"/>
     <w:rsid w:val="00637C81"/>
     <w:rsid w:val="00643EFF"/>
     <w:rsid w:val="00682FD1"/>
-    <w:rsid w:val="00685038"/>
     <w:rsid w:val="00694E4B"/>
     <w:rsid w:val="006C4FC4"/>
     <w:rsid w:val="006E46C6"/>
     <w:rsid w:val="006E79E5"/>
     <w:rsid w:val="00701692"/>
     <w:rsid w:val="00703C15"/>
     <w:rsid w:val="00713211"/>
     <w:rsid w:val="007213EC"/>
     <w:rsid w:val="00721CC4"/>
     <w:rsid w:val="00735792"/>
     <w:rsid w:val="00740CDD"/>
     <w:rsid w:val="007413C3"/>
     <w:rsid w:val="0075036B"/>
     <w:rsid w:val="0076216A"/>
     <w:rsid w:val="00766666"/>
     <w:rsid w:val="00776E33"/>
     <w:rsid w:val="007B5A8D"/>
     <w:rsid w:val="008025CE"/>
     <w:rsid w:val="00824C1F"/>
     <w:rsid w:val="008306A5"/>
     <w:rsid w:val="0085402F"/>
+    <w:rsid w:val="008543E5"/>
     <w:rsid w:val="00871D1A"/>
     <w:rsid w:val="00873763"/>
     <w:rsid w:val="00876DDC"/>
     <w:rsid w:val="00891E20"/>
     <w:rsid w:val="008A04A2"/>
     <w:rsid w:val="008B15CA"/>
     <w:rsid w:val="008B4B06"/>
     <w:rsid w:val="008B7190"/>
     <w:rsid w:val="008B7FC7"/>
     <w:rsid w:val="008C3266"/>
     <w:rsid w:val="008D1DB7"/>
     <w:rsid w:val="008D2165"/>
     <w:rsid w:val="008D6218"/>
     <w:rsid w:val="008E03E4"/>
     <w:rsid w:val="008E1130"/>
     <w:rsid w:val="0090522D"/>
     <w:rsid w:val="009112E6"/>
     <w:rsid w:val="00925250"/>
     <w:rsid w:val="009321E7"/>
     <w:rsid w:val="009361FE"/>
     <w:rsid w:val="00950DF6"/>
     <w:rsid w:val="00962417"/>
     <w:rsid w:val="0096344F"/>
     <w:rsid w:val="00972AA6"/>
     <w:rsid w:val="009737E8"/>
     <w:rsid w:val="00976447"/>
     <w:rsid w:val="00984E13"/>
     <w:rsid w:val="00985C62"/>
     <w:rsid w:val="009867A7"/>
     <w:rsid w:val="009B0619"/>
     <w:rsid w:val="009C3FFB"/>
     <w:rsid w:val="009E0F8C"/>
     <w:rsid w:val="009E49D7"/>
     <w:rsid w:val="009F2882"/>
     <w:rsid w:val="009F63C2"/>
     <w:rsid w:val="00A02A06"/>
     <w:rsid w:val="00A06787"/>
-    <w:rsid w:val="00A27F3A"/>
     <w:rsid w:val="00A373BC"/>
     <w:rsid w:val="00A722CB"/>
     <w:rsid w:val="00A82F34"/>
-    <w:rsid w:val="00A831D4"/>
     <w:rsid w:val="00A83445"/>
     <w:rsid w:val="00A9511A"/>
     <w:rsid w:val="00AA5CE0"/>
     <w:rsid w:val="00AC5AD6"/>
     <w:rsid w:val="00AE60FA"/>
     <w:rsid w:val="00AE7922"/>
     <w:rsid w:val="00B340A1"/>
     <w:rsid w:val="00B42BA3"/>
     <w:rsid w:val="00B44F2E"/>
     <w:rsid w:val="00B452A7"/>
     <w:rsid w:val="00B50D9E"/>
     <w:rsid w:val="00B51113"/>
     <w:rsid w:val="00B558F5"/>
     <w:rsid w:val="00B56DB6"/>
     <w:rsid w:val="00B64225"/>
     <w:rsid w:val="00B7772D"/>
     <w:rsid w:val="00BC2DC7"/>
     <w:rsid w:val="00BC7F1F"/>
     <w:rsid w:val="00BE0FDF"/>
     <w:rsid w:val="00C54EF2"/>
     <w:rsid w:val="00C77CA0"/>
     <w:rsid w:val="00C8553D"/>
     <w:rsid w:val="00C90D77"/>
     <w:rsid w:val="00C933F1"/>
     <w:rsid w:val="00C94FE9"/>
     <w:rsid w:val="00CB7B04"/>
     <w:rsid w:val="00CC1663"/>
     <w:rsid w:val="00CC2B9F"/>
     <w:rsid w:val="00CD135E"/>
-    <w:rsid w:val="00CF18F4"/>
     <w:rsid w:val="00CF6AD5"/>
     <w:rsid w:val="00CF72D3"/>
     <w:rsid w:val="00D02D41"/>
     <w:rsid w:val="00D40734"/>
     <w:rsid w:val="00D74473"/>
     <w:rsid w:val="00D8040A"/>
     <w:rsid w:val="00DD39E3"/>
+    <w:rsid w:val="00DD6DA5"/>
     <w:rsid w:val="00DE06C0"/>
     <w:rsid w:val="00E07F8B"/>
     <w:rsid w:val="00E1328E"/>
     <w:rsid w:val="00E46082"/>
     <w:rsid w:val="00E5300D"/>
     <w:rsid w:val="00E574F5"/>
     <w:rsid w:val="00E63D2E"/>
     <w:rsid w:val="00E719B5"/>
     <w:rsid w:val="00E74A89"/>
     <w:rsid w:val="00E9296E"/>
     <w:rsid w:val="00E93C65"/>
     <w:rsid w:val="00EA082C"/>
     <w:rsid w:val="00EA4194"/>
     <w:rsid w:val="00EB48E2"/>
     <w:rsid w:val="00EC0646"/>
     <w:rsid w:val="00EC1A9D"/>
     <w:rsid w:val="00EC6357"/>
     <w:rsid w:val="00EC7F8D"/>
     <w:rsid w:val="00ED74CF"/>
     <w:rsid w:val="00EE054A"/>
     <w:rsid w:val="00EE4B51"/>
     <w:rsid w:val="00EE66FD"/>
     <w:rsid w:val="00EF481C"/>
     <w:rsid w:val="00F10E6E"/>
     <w:rsid w:val="00F134E1"/>
@@ -4724,50 +4661,53 @@
     <w:rsid w:val="00F5676C"/>
     <w:rsid w:val="00F664ED"/>
     <w:rsid w:val="00F94463"/>
     <w:rsid w:val="00FA33BC"/>
     <w:rsid w:val="00FB5E71"/>
     <w:rsid w:val="00FE3E42"/>
     <w:rsid w:val="00FE7F68"/>
     <w:rsid w:val="00FF4156"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E9F6A9F"/>
   <w15:docId w15:val="{98F51F56-EF5B-41D7-A844-B81C2A96BF8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -4895,51 +4835,50 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5485,51 +5424,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="22364443">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5782,87 +5721,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BDF1AD4-B8D6-D640-B7F0-CD777FA3091F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{617120C7-9823-4527-A636-5EC11520390D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>690</Words>
-  <Characters>4451</Characters>
+  <Words>696</Words>
+  <Characters>4476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miss S J Smith</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBMS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5131</CharactersWithSpaces>
+  <CharactersWithSpaces>5162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Miss S J Smith</dc:title>
   <dc:creator>mike</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>