--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -1,4820 +1,8623 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="7492A3DC" w14:textId="714A2B88" w:rsidR="00326FD0" w:rsidRDefault="00326FD0" w:rsidP="00126741">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30DA80B2" wp14:editId="20BA31B1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>6805613</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1420495" cy="1353185"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21286"/>
+                <wp:lineTo x="21436" y="21286"/>
+                <wp:lineTo x="21436" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 3" descr="A logo for a science council&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1420495" cy="1353185"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE72EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4574F61E" wp14:editId="3E9FACA4">
+            <wp:extent cx="1712751" cy="1342797"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+            <wp:docPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="393289716" name="Picture 1" descr="A logo for the institute of biomedical sciences&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1731828" cy="1357754"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35454D42" w14:textId="2A11E8FC" w:rsidR="00485099" w:rsidRPr="00126741" w:rsidRDefault="00752127">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00126741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6126">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="008A116A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cience Technician </w:t>
+      </w:r>
+      <w:r w:rsidR="00255DC0" w:rsidRPr="00126741">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Application form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79845B24" w14:textId="418B898B" w:rsidR="00255DC0" w:rsidRDefault="00255DC0">
+      <w:r>
+        <w:t xml:space="preserve">This form is for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA49EB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IBMS members</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t xml:space="preserve">are at the Associate class of membership and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t xml:space="preserve">are applying to be admitted to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t xml:space="preserve">ce Technician </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA49EB">
+        <w:t>register.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">The fee rates for </w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t>Registered S</w:t>
+      </w:r>
+      <w:r w:rsidR="00834F3D">
+        <w:t>cience Technician</w:t>
+      </w:r>
+      <w:r w:rsidR="00354E3A">
+        <w:t xml:space="preserve"> are £</w:t>
+      </w:r>
+      <w:r w:rsidR="008414CF">
+        <w:t>24.50</w:t>
+      </w:r>
+      <w:r w:rsidR="00917EE2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D14642">
+        <w:t>The fee is only applicable if you are successful and is then applied on an annual basis.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C6C6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041C2121" w14:textId="77777777" w:rsidR="00255DC0" w:rsidRPr="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00255DC0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eligibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64191E97" w14:textId="3B7FB08B" w:rsidR="00201854" w:rsidRDefault="00255DC0" w:rsidP="00201854">
+      <w:r>
+        <w:t xml:space="preserve">To become a </w:t>
+      </w:r>
+      <w:r w:rsidR="00784DAA">
+        <w:t>Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="008414CF">
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> you will need to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B7778C" w14:textId="260FC2A7" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Have Associate membership of the IBMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE50B4A" w14:textId="629A67A6" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00115591">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Hold a Level 3 qualification </w:t>
+      </w:r>
+      <w:r w:rsidR="00115591">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> demonstrate equivalent level experience in your role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEEBCEC" w14:textId="77777777" w:rsidR="00201854" w:rsidRDefault="00201854" w:rsidP="00201854">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Demonstrate evidence of Continuing Professional Development (CPD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="477133A7" w14:textId="049F6B70" w:rsidR="00255DC0" w:rsidRDefault="00255DC0" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Have </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53F05">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Supporter for the application</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20D2AEC1" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897745">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Applicant details</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2466"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1912"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="11259"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00925250" w14:paraId="23EB370D" w14:textId="77777777" w:rsidTr="00ED74CF">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00897745" w14:paraId="23F78823" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DA4ED6" w14:textId="77777777" w:rsidR="00925250" w:rsidRDefault="008D6218" w:rsidP="00ED74CF">
+          <w:p w14:paraId="4D86F343" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...5 lines deleted...]
-                <w:u w:val="none"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...49 lines deleted...]
-              </w:drawing>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6565" w:type="dxa"/>
+            <w:tcW w:w="11259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="490F549D" w14:textId="77777777" w:rsidR="00ED74CF" w:rsidRDefault="00ED74CF" w:rsidP="00ED74CF">
+          <w:p w14:paraId="4D2F2050" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...5 lines deleted...]
-                <w:u w:val="none"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C2DE1F3" w14:textId="77777777" w:rsidR="00925250" w:rsidRPr="00925250" w:rsidRDefault="00925250" w:rsidP="00ED74CF">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="29DC14C0" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2E6FD8" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...25 lines deleted...]
-                <w:u w:val="none"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...28 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Current Job Title</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcW w:w="11259" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A7E439" w14:textId="77777777" w:rsidR="00925250" w:rsidRDefault="008D6218" w:rsidP="00ED74CF">
+          <w:p w14:paraId="1285961A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...5 lines deleted...]
-                <w:u w:val="none"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="2E40F855" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B14D127" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:noProof/>
-[...51 lines deleted...]
-          </w:p>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Job Band (if NHS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A8C957" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="1C3340D1" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8393AC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Membership number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC4E935" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="756F7C45" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754A4BFE" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Member class</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:id w:val="-189613637"/>
+            <w:placeholder>
+              <w:docPart w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Associate" w:value="Associate"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="11259" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3E5246B6" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+                <w:pPr>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3ADD3946" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50FF6032" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Contact Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A4530" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3605533D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EB0F91" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Postcode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC0FF0B" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="66B8E6A8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055729F3" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF0FA22" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="0CD8DFB9" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E75A20E" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Mobile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D6E9EC" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="3E6A8B10" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770B7FA4" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Applicants undertaking</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2CA2B4" w14:textId="64D01A9A" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">I wish to apply for registration as a </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4A6F">
+              <w:t>Registered</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Scien</w:t>
+            </w:r>
+            <w:r w:rsidR="00A722AB">
+              <w:t>ce Technician</w:t>
+            </w:r>
+            <w:r>
+              <w:t>. I have enclosed my personal statement.  I declare that the information I have given with this application is, to the best of my knowledge accurate and true</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="114AD94B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1865BD15" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1213810F" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00897745" w14:paraId="37AE9CBA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7ED89A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11259" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40487B4A" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="11ABA71F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00884E16" w:rsidRDefault="004338A7" w:rsidP="00925250">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="40BF530D" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00884E16">
+    </w:p>
+    <w:p w14:paraId="06E1FE81" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
+      <w:pPr>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">PLEASE </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F94463">
+      </w:pPr>
+      <w:r w:rsidRPr="00897745">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">READ ‘GUIDANCE FOR APPLICANTS’ BEFORE COMPLETING THIS FORM </w:t>
-[...5 lines deleted...]
-        <w:t>IN BLOCK CAPITALS</w:t>
+        <w:t xml:space="preserve">Qualifications </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013708FD" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="001C5300" w:rsidRDefault="004338A7" w:rsidP="004338A7">
+    <w:p w14:paraId="26ED5A1B" w14:textId="77777777" w:rsidR="00897745" w:rsidRPr="00897745" w:rsidRDefault="00897745" w:rsidP="00897745">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00897745">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Where applicants are submitting copies of qualifications certificates or confirmation letters, proposers must see the original documents. Once satisfied, any copies from an original document must be annotated ‘certified copy’ with proposer’s signature beside.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1730"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3298"/>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="1665"/>
+        <w:gridCol w:w="1761"/>
+        <w:gridCol w:w="2964"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="1F8ACBB4" w14:textId="77777777" w:rsidTr="008025CE">
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="76F32F34" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:hRule="exact" w:val="648"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA67CF8" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Level</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60153B04" w14:textId="414A424A" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate of Achievement I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2985EB49" w14:textId="289A1CF4" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate of Achievement II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BD765" w14:textId="785A6201" w:rsidR="00110E3B" w:rsidRPr="00153E5D" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>relevant q</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153E5D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ualification</w:t>
+            </w:r>
+            <w:r w:rsidR="001901E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="644A0D26" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37607248" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>First Names:</w:t>
+          <w:p w14:paraId="6A66E535" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3493" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1665" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0CF99F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="08742442" w14:textId="5366A9D5" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="1761" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED0EFF3" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="6A9FB112" w14:textId="5A548AB7" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:tcW w:w="2964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2092170B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="6135B412" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008025CE" w:rsidRPr="002A0134" w14:paraId="0D84CEFD" w14:textId="77777777" w:rsidTr="008025CE">
-[...19 lines deleted...]
-      <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="321E81B8" w14:textId="77777777" w:rsidTr="008025CE">
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="363236D6" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0568D2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Gender:</w:t>
+          <w:p w14:paraId="07E75941" w14:textId="3590207D" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1740" w:type="dxa"/>
+            <w:tcW w:w="1665" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599320DF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...25 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5157BC0C" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1753" w:type="dxa"/>
+            <w:tcW w:w="1761" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C60EA04" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...25 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2DD6035C" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1767" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFEA7F2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...10 lines deleted...]
-          <w:p w14:paraId="407DB892" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="57DF8D07" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C3266" w:rsidRPr="002A0134" w14:paraId="697B4CD8" w14:textId="77777777" w:rsidTr="008C3266">
-[...200 lines deleted...]
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="777CCA5D" w14:textId="77777777" w:rsidTr="002A0134">
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="6CE94B3F" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5493" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED66CA2" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...4 lines deleted...]
-              <w:t>Home Address</w:t>
+          <w:p w14:paraId="3F6E7BCB" w14:textId="2D324D4A" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Subject</w:t>
+            </w:r>
+            <w:r w:rsidR="00955B6D">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="1665" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03127E1D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...6 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="0C90029A" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1761" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC077FC" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2964" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1280A93D" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="46406BC7" w14:textId="77777777" w:rsidTr="002A0134">
+      <w:tr w:rsidR="00110E3B" w:rsidRPr="002A0134" w14:paraId="249F6EB1" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB" w:themeFill="text2" w:themeFillTint="40"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096C5BF5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Address Line 1</w:t>
+          <w:p w14:paraId="4CF891AB" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5">
+            <w:r w:rsidRPr="00D26423">
+              <w:t>Class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3662" w:type="dxa"/>
+            <w:tcW w:w="1665" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D108E76" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="76F9289B" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:tcW w:w="1761" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F361126" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="4F97BA31" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3664" w:type="dxa"/>
+            <w:tcW w:w="2964" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="783C8ED5" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="7BFC99A6" w14:textId="77777777" w:rsidR="00110E3B" w:rsidRPr="00D26423" w:rsidRDefault="00110E3B" w:rsidP="00351CD5"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="62454A2C" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+    </w:tbl>
+    <w:p w14:paraId="6852E520" w14:textId="77777777" w:rsidR="00897745" w:rsidRDefault="00897745" w:rsidP="00897745"/>
+    <w:p w14:paraId="6BB49490" w14:textId="348565BE" w:rsidR="00F26431" w:rsidRPr="00533B5B" w:rsidRDefault="00F26431" w:rsidP="00F26431">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533B5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GDPR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2142714E" w14:textId="77777777" w:rsidR="00CA035E" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">If your application is successful, the Institute of Biomedical Science will transfer the information submitted to The Science Council register. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2357BBFE" w14:textId="20ABA2C3" w:rsidR="00551A29" w:rsidRDefault="00533B5B" w:rsidP="00533B5B">
+      <w:r>
+        <w:t xml:space="preserve">The publicly available register will include your name, Licensed Body and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00511FC4">
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> number. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126741">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The Science Council may wish to use the information you supply in order to communicate directly with registrants. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="00511FC4">
+        <w:t>ce Technicians</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> have the right to access the personal data held on them by The Science Council. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8075"/>
+        <w:gridCol w:w="5873"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE49CE" w14:paraId="6667AB71" w14:textId="400D060B" w:rsidTr="00AE49CE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="8075" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30738870" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Address Line 2</w:t>
+          <w:p w14:paraId="12CD3B46" w14:textId="55A807A1" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+            <w:r>
+              <w:t>Do you wish your name to appear on the Science Council Public Register?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:id w:val="-1356957197"/>
+            <w:placeholder>
+              <w:docPart w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Choose an item."/>
+              <w:listItem w:displayText="Yes" w:value="Yes"/>
+              <w:listItem w:displayText="No" w:value="No"/>
+            </w:dropDownList>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="5873" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="4EADB567" w14:textId="2F9AB067" w:rsidR="00AE49CE" w:rsidRDefault="00AE49CE" w:rsidP="00533B5B">
+                <w:r w:rsidRPr="006B4C23">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Choose an item.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14590E8D" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2753E4E4" w14:textId="77777777" w:rsidR="002E4A6F" w:rsidRDefault="002E4A6F" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441406B2" w14:textId="378FEBC0" w:rsidR="00255DC0" w:rsidRPr="00BB3086" w:rsidRDefault="006C41DF" w:rsidP="00255DC0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Supporter Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD63662" w14:textId="1D7ABD0F" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Each applicant for the award of </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4A6F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="0052388F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ce Technician </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>status</w:t>
+      </w:r>
+      <w:r w:rsidR="0052388F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">is required to identify a supporter. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3086" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Wherever possible supporters should hold membership of a professional body and professional registration where it exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F134B3" w14:textId="4069D5DE" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your role as a supporter is to consider the candidate’s application for the award and to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077FB4D6" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provide supporting comments that the candidate meets or exceeds the standard for each competence areas, where appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49492852" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sign to confirm that, to the best of your knowledge, the information the candidate has provided is correct and accurate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169C9C92" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Frequently Asked Questions by Supporters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E630742" w14:textId="2C9F58D1" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Why do applicants for registration need a supporter?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">After a candidate submits their application, it’s important that an individual who knows the applicant and their work well can verify that they have represented themselves accurately. This will involve reading the applicants competence report and completing the supporter review form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181A64FE" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Why have I been chosen to support the application? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FECBBEB" w14:textId="22E8671C" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Applicants nominate their own supporters. Each of the registers has a requirement of one supporter. They have picked you because, in their opinion, you are well-placed to know about their work and their background. You aren’t expected to know the applicant’s entire work history, but you should be someone who can verify, particularly for their more recent work, that they work in the field they say they do, and that their achievements, academically and professionally are genuine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F22B12" w14:textId="205C956A" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Supporter section</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A00E9B" w14:textId="66E4034F" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor. Wherever possible supporters should hold membership of a professional body (i.e. IBMS or RCPath) and professional registration where it exists (i.e. Science Council, GMC, HCPC)</w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6585" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, the undersigned, support this application and consider that the applicant has the required professional experience and qualifications to be a </w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="0056218C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  I have read their personal statement and confirm that the applicant operates at the level commensurate with a </w:t>
+      </w:r>
+      <w:r w:rsidR="0093227A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Registered</w:t>
+      </w:r>
+      <w:r w:rsidR="00793DE9" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="0056218C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and meets the standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5D0A86" w14:textId="7B440DF6" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00354ED4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In providing </w:t>
+      </w:r>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">IBMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with the information requested you are consenting to its use as indicated in the Privacy Notice. Further information can be found on the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00E059CB" w:rsidRPr="00BB3086">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>IBMS</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BB3086">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve"> website</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2878"/>
+        <w:gridCol w:w="11070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="317288C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F69BC0E" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Supporter name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3662" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="11696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B45EDAE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="066024DB" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="17B444C7" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F5FC02" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Supporter comments</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="11696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BC0082" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Company/Hospital</w:t>
+          <w:p w14:paraId="735275C5" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F82506F" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59EABDE6" w14:textId="77777777" w:rsidR="003B0768" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24D197AB" w14:textId="77777777" w:rsidR="003B0768" w:rsidRPr="00BB3086" w:rsidRDefault="003B0768" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="757168AE" w14:textId="77777777" w:rsidTr="00510A02">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BF4EF8" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3664" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="11696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6C3BF7" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="00985C62"/>
+          <w:p w14:paraId="3B4587A4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE66FD" w:rsidRPr="002A0134" w14:paraId="4C32B33D" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00354ED4" w:rsidRPr="00BB3086" w14:paraId="570F631C" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1831" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="173B52DA" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7">
-[...1 lines deleted...]
-              <w:t>Address Line 3</w:t>
+          <w:p w14:paraId="1AC9CDB4" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB3086">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3662" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="11696" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E63901" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
-[...292 lines deleted...]
-          <w:p w14:paraId="0855D320" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00945197" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+          <w:p w14:paraId="4AE53AD9" w14:textId="77777777" w:rsidR="00354ED4" w:rsidRPr="00BB3086" w:rsidRDefault="00354ED4" w:rsidP="00510A02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="60BFAA79" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00884E16" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1F8BD858" w14:textId="77777777" w:rsidR="006C41DF" w:rsidRDefault="006C41DF" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="41A80C54" w14:textId="7F786A26" w:rsidR="005C6C6D" w:rsidRPr="005C6C6D" w:rsidRDefault="005C6C6D" w:rsidP="00255DC0">
+      <w:pPr>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="005C6C6D">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Your personal statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4795938B" w14:textId="7635E6FE" w:rsidR="005C6C6D" w:rsidRDefault="00B40CFD" w:rsidP="00255DC0">
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve">You must demonstrate how you meet each standard by providing clear, practical examples and referring to the applicant guidance. This statement should focus on your own experience and how you meet the requirements for the </w:t>
+      </w:r>
+      <w:r w:rsidR="006A19F6">
+        <w:t>Registered Scien</w:t>
+      </w:r>
+      <w:r w:rsidR="008257FF">
+        <w:t>ce Technician</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> award. Although not mandatory, a typical response for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">PLEASE INDICATE WHICH QUALIFICATIONS YOU HOLD AND INCLUDE A COPY OF YOUR CERTIFICATE(S) WITH YOUR APPLICATION </w:t>
+        <w:t>each standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t xml:space="preserve"> is around </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB691E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>250 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B40CFD">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D62DF1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="00884E16" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1716"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1738"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC2B9F" w:rsidRPr="002A0134" w14:paraId="1DDF4143" w14:textId="77777777" w:rsidTr="00CC2B9F">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="785CF36D" w14:textId="77777777" w:rsidTr="00DD0E2F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1749" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="30AD29CE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          <w:p w14:paraId="3413813F" w14:textId="3660A3D2" w:rsidR="00E02C1D" w:rsidRPr="00E02C1D" w:rsidRDefault="00E02C1D" w:rsidP="00E02C1D">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E02C1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A1: Apply knowledge of underlying concepts and principles associated with area of work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7775AC39" w14:textId="13E1ADBA" w:rsidR="00ED6E7B" w:rsidRDefault="00E02C1D" w:rsidP="00B83344">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E02C1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example of how you apply your knowledge in your day-to-day work</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB7FEA" w:rsidRPr="006A19F6">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1407C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED6E7B" w14:paraId="3A4F5330" w14:textId="77777777" w:rsidTr="00ED6E7B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1765" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E298099" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004C0394" w:rsidP="002A0134">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="20F38C05" w14:textId="1CED6621" w:rsidR="00ED6E7B" w:rsidRDefault="00CE4171" w:rsidP="00255DC0">
             <w:r>
-              <w:rPr>
-[...503 lines deleted...]
-            </w:pPr>
+              <w:t>Applicant</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD0E2F">
+              <w:t xml:space="preserve"> response:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="779149F6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4BB2F690" w14:textId="77777777" w:rsidR="001C5300" w:rsidRDefault="001C5300"/>
+    <w:p w14:paraId="0B7869EE" w14:textId="77777777" w:rsidR="00FC1BF6" w:rsidRDefault="00FC1BF6" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3Deffects1"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10194"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F10E6E" w:rsidRPr="00F22E65" w14:paraId="4B3A0639" w14:textId="77777777" w:rsidTr="008D2165">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00CE4171" w14:paraId="3DB91AE9" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10420" w:type="dxa"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA9C868" w14:textId="77777777" w:rsidR="00F10E6E" w:rsidRDefault="00F10E6E" w:rsidP="008D2165">
+          <w:p w14:paraId="747B8B3A" w14:textId="77777777" w:rsidR="00146D79" w:rsidRPr="00146D79" w:rsidRDefault="00146D79" w:rsidP="00146D79">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:color w:val="auto"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="2B7A0C4F" w14:textId="77777777" w:rsidR="00F10E6E" w:rsidRPr="00F22E65" w:rsidRDefault="003C6C08" w:rsidP="008D2165">
+            <w:r w:rsidRPr="00146D79">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A2: Review and select appropriate scientific techniques, procedures and methods to undertake tasks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="077F67AD" w14:textId="095E73FD" w:rsidR="00BD5F9B" w:rsidRPr="00790F2B" w:rsidRDefault="00146D79" w:rsidP="00790F2B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:color w:val="auto"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...36 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00146D79">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This means that you can explain the underlying reasons for undertaking tasks and why a particular procedure, technique, or process is appropriate.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F10E6E" w14:paraId="4E9FD844" w14:textId="77777777" w:rsidTr="008D2165">
+      <w:tr w:rsidR="00CE4171" w14:paraId="149DC14D" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0D9B17" w14:textId="77777777" w:rsidR="00F10E6E" w:rsidRDefault="00F10E6E" w:rsidP="008D2165"/>
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="014A25EE" w14:textId="77777777" w:rsidR="00CE4171" w:rsidRDefault="00CE4171" w:rsidP="00510A02">
             <w:r>
-              <w:rPr>
-[...312 lines deleted...]
-          <w:p w14:paraId="1CA059C0" w14:textId="77777777" w:rsidR="00F10E6E" w:rsidRDefault="00F10E6E" w:rsidP="008D2165"/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44AFB7C3" w14:textId="4205F896" w:rsidR="008C3266" w:rsidRDefault="008C3266"/>
-    <w:p w14:paraId="24298DE8" w14:textId="77777777" w:rsidR="009B0619" w:rsidRDefault="009B0619"/>
+    <w:p w14:paraId="07F7F17E" w14:textId="77777777" w:rsidR="00DD0E2F" w:rsidRDefault="00DD0E2F" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="73E96E81" w14:textId="77777777" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="2B17F1E0" w14:textId="77777777" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9603"/>
-        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w14:paraId="4DB37E2A" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00857C9E" w14:paraId="396B7CFA" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="6935BD7E" w14:textId="107C462D" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          <w:p w14:paraId="16A1E10A" w14:textId="77777777" w:rsidR="00381A43" w:rsidRPr="00381A43" w:rsidRDefault="00381A43" w:rsidP="00381A43">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0134">
-              <w:rPr>
+            <w:r w:rsidRPr="00381A43">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A3: Interpret and evaluate data and make sound judgements in relation to scientific concepts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239AD72E" w14:textId="1C943BC5" w:rsidR="00381A43" w:rsidRDefault="00381A43" w:rsidP="00381A43">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00381A43">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>This means you can explain how you recognise when your activity appears to have been successfully carried out, or not, and what data, observations, or measurements you are evaluating mean, relating it to the underlying principles. You should also be able describe how you present information in an appropriate manner in order to explain your judgement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E6487E" w14:textId="77777777" w:rsidR="00A4473D" w:rsidRPr="00A4473D" w:rsidRDefault="00A4473D" w:rsidP="00A4473D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4473D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples may include where you have stated whether the activity has worked well or not: if successful, your example should describe the rationale/scientific basis behind this conclusion and why the data, observations, or measurements might mean this.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5289D822" w14:textId="126C9AD5" w:rsidR="00A4473D" w:rsidRPr="00381A43" w:rsidRDefault="00A4473D" w:rsidP="00A4473D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4473D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>If not, how you gave reasons why the activity ‘failed’ and what you proposed to do next time to address this. Your example should also include how you explained/demonstrated the results of the activity. This could include comparing it with results from a number of different activities.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CC473ED" w14:textId="259B1F57" w:rsidR="00F471F8" w:rsidRPr="00F471F8" w:rsidRDefault="00F471F8" w:rsidP="00381A43">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75D9A3BD" w14:textId="05631F02" w:rsidR="008062CC" w:rsidRDefault="008062CC" w:rsidP="008062CC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w14:paraId="2F56AFF6" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00857C9E" w14:paraId="65A2AF11" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9825" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79FBE09B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="00735792" w:rsidP="003C6C08">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6BA64B46" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00510A02">
             <w:r>
-              <w:t xml:space="preserve">I have enclosed a chronological list of CPD activity for the last </w:t>
-[...47 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BA93E72" w14:textId="7E8AB57A" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="004338A7"/>
+    <w:p w14:paraId="319E259A" w14:textId="77777777" w:rsidR="00857C9E" w:rsidRDefault="00857C9E" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10654" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="644"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="238"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE60FA" w:rsidRPr="002A0134" w14:paraId="202E8C11" w14:textId="77777777" w:rsidTr="004D133F">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="317341E4" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10416" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="693B3A0A" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRPr="002A0134" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
+          <w:p w14:paraId="06D26C28" w14:textId="77777777" w:rsidR="003E2F1D" w:rsidRPr="003E2F1D" w:rsidRDefault="003E2F1D" w:rsidP="003E2F1D">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="003E2F1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>SUPPORTER</w:t>
+              <w:t>B1: Work consistently and effectively with minimal supervision to appropriate standards and protocols and know when to escalate appropriately.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152EAB0F" w14:textId="77777777" w:rsidR="003E2F1D" w:rsidRPr="003E2F1D" w:rsidRDefault="003E2F1D" w:rsidP="003E2F1D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E2F1D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>We are looking for an example of how you carry out work with minimal input from your supervisor for certain key tasks, experiments or procedures associated with your role and completing them to the appropriate standards and time frame.  We are also looking for evidence that you know when to escalate appropriately and that you are able to make a judgement on when to escalate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02AC1827" w14:textId="77777777" w:rsidR="00530D6D" w:rsidRDefault="00530D6D" w:rsidP="00530D6D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="094EDCA4" w14:textId="04B72FA9" w:rsidR="00B33FFD" w:rsidRDefault="00530D6D" w:rsidP="00530D6D">
+            <w:r w:rsidRPr="00530D6D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Your example should illustrate how, after you discussed the work with your supervisor and established a time frame, you then carried out the work with no or little further input, until discussing the outcome with your supervisor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE60FA" w14:paraId="0D0AF983" w14:textId="77777777" w:rsidTr="004D133F">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00B33FFD" w14:paraId="5DE0DF37" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10416" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34C03A60" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004D133F">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DB39827" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00510A02">
             <w:r>
-              <w:t>As the applicant’s supporter you must be familiar with their work and will be a senior colleague, usually a line manager or supervisor.</w:t>
-[...423 lines deleted...]
-            </w:pPr>
+              <w:t>Applicant response:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A6113A4" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004338A7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D7B1913" w14:textId="77777777" w:rsidR="00AE60FA" w:rsidRDefault="00AE60FA" w:rsidP="004338A7"/>
+    <w:p w14:paraId="7B71891A" w14:textId="77777777" w:rsidR="00B33FFD" w:rsidRDefault="00B33FFD" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="2DE636E4" w14:textId="77777777" w:rsidR="00694C13" w:rsidRDefault="00694C13" w:rsidP="00255DC0"/>
+    <w:p w14:paraId="3EC1F3AF" w14:textId="77777777" w:rsidR="00694C13" w:rsidRDefault="00694C13" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10654" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="645"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="0543B187" w14:textId="77777777" w:rsidTr="002A0134">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002C015C" w14:paraId="1C3333D9" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10418" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="590DE62A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          <w:p w14:paraId="24168C26" w14:textId="77777777" w:rsidR="00694C13" w:rsidRPr="00694C13" w:rsidRDefault="00694C13" w:rsidP="00694C13">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0134">
-              <w:rPr>
+            <w:r w:rsidRPr="00694C13">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>APPLICANT’S UNDERTAKING</w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>B2: Demonstrate how you apply safe working practices.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E0AFD4E" w14:textId="592DC942" w:rsidR="00694C13" w:rsidRPr="00694C13" w:rsidRDefault="00694C13" w:rsidP="00694C13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00694C13">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can explain the safe working practices applicable to your area of work and describe how you follow them</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F736027" w14:textId="522FE3D2" w:rsidR="00C376DF" w:rsidRPr="005C0BEE" w:rsidRDefault="006E3BA0" w:rsidP="005C0BEE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your examples could include risk assessments associated with your work, relevant Health and Safety regulations, e.g., COSHH, Noise, Manual Handling and any safety training courses you have successfully completed for your laboratory role, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C376DF" w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>safety equipment and control measures necessary to work safely and protect others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783C94DA" w14:textId="77777777" w:rsidR="00C376DF" w:rsidRPr="005C0BEE" w:rsidRDefault="00C376DF" w:rsidP="005C0BEE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C0BEE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carrying out safety inspections of premises and equipment, producing reports and making recommendations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E50D13" w14:textId="66065A1D" w:rsidR="00637FD9" w:rsidRDefault="00637FD9" w:rsidP="00637FD9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w14:paraId="0415F0CE" w14:textId="77777777" w:rsidTr="003727F0">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="002C015C" w14:paraId="3050D89F" w14:textId="77777777" w:rsidTr="00510A02">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10418" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10FE3A79" w14:textId="6B88D7E5" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7358CA2B" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00510A02">
             <w:r>
-              <w:t xml:space="preserve">I wish to apply for registration as a </w:t>
-[...475 lines deleted...]
-            </w:pPr>
+              <w:t>Applicant response:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42ABAAA6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="001C5300">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="3453A72C" w14:textId="77777777" w:rsidR="002C015C" w:rsidRDefault="002C015C" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9427"/>
-        <w:gridCol w:w="767"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="7BCD3333" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00205694" w14:paraId="115C9203" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBE764C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          <w:p w14:paraId="188679D8" w14:textId="77777777" w:rsidR="00E71BC3" w:rsidRPr="00E71BC3" w:rsidRDefault="00E71BC3" w:rsidP="00E71BC3">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0134">
-              <w:rPr>
+            <w:r w:rsidRPr="00E71BC3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>DATA PROTECTION</w:t>
-            </w:r>
+              <w:t>B3: Take responsibility for the quality of your work and the impact on others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413029ED" w14:textId="77777777" w:rsidR="00135690" w:rsidRDefault="00E71BC3" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E71BC3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can describe how you take responsibility for the quality of the work that you undertake and its impact on others within defined parameters and timelines – including if an activity does not work in the way that you expect.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5144E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FFBA7F5" w14:textId="77777777" w:rsidR="00B176D1" w:rsidRDefault="00F5144E" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F5144E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>For instance, your example could include how you: ensure that an activity is carried out to the agreed standard or protocol (e.g., good laboratory/workshop/design practice) and your example should provide evidence for this. Or understand when something might not have been carried out quite correctly and what impact it could have on the quality and reliability of the outcome.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52368A18" w14:textId="0C33FAFB" w:rsidR="00135690" w:rsidRPr="00F5144E" w:rsidRDefault="00135690" w:rsidP="00F5144E">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w14:paraId="3E212095" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00205694" w14:paraId="4D89B3DE" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A321375" w14:textId="3F602797" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...124 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="275A4805" w14:textId="77777777" w:rsidR="00205694" w:rsidRDefault="00205694" w:rsidP="00351CD5">
             <w:r>
-              <w:fldChar w:fldCharType="begin">
-[...87 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>Applicant response:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AFDE374" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="001C5300">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="1E8A1943" w14:textId="77777777" w:rsidR="00E82284" w:rsidRDefault="00E82284" w:rsidP="00255DC0"/>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...7 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10194"/>
+        <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002A0134" w14:paraId="55A0E218" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0080429F" w14:paraId="237A62E0" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="790BD2BF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="002A0134" w:rsidRDefault="004338A7" w:rsidP="002A0134">
+          <w:p w14:paraId="47997576" w14:textId="77777777" w:rsidR="005E265D" w:rsidRPr="005E265D" w:rsidRDefault="005E265D" w:rsidP="005E265D">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A0134">
-              <w:rPr>
+            <w:r w:rsidRPr="005E265D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>RETURN ADDRESS</w:t>
-            </w:r>
+              <w:t>C1: Demonstrate effective and appropriate communication skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC07F0F" w14:textId="2F41F75F" w:rsidR="005E265D" w:rsidRPr="005E265D" w:rsidRDefault="005E265D" w:rsidP="005E265D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E265D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example that you are an effective communicator.  The example can be through appropriate oral, written or electronic means.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB6063">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examples might include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21034216" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="00BB6063" w:rsidRDefault="00BB6063" w:rsidP="00BB6063">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB6063">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you discuss and agree objectives with your supervisor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150B1100" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>how you discuss and agree objectives in team meetings</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6497D9A8" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you describe or present your work or other aspects of lab, workshop, or section work (e.g., safety updates, method updates) to your supervisor or colleagues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3085E5C3" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you prepare written reports on your work</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BCC3A9D" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you train students or staff in the use of equipment or processes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F16B89" w14:textId="77777777" w:rsidR="00BB6063" w:rsidRPr="004A4969" w:rsidRDefault="00BB6063" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you demonstrate the processes or systems the part that you play in induction of new staff or students</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E68022" w14:textId="77777777" w:rsidR="00675AF1" w:rsidRPr="004A4969" w:rsidRDefault="00675AF1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>carry out induction training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="222FEBEB" w14:textId="0B501963" w:rsidR="00A7263E" w:rsidRDefault="00A7263E" w:rsidP="00A7263E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w14:paraId="04CAF23E" w14:textId="77777777" w:rsidTr="002A0134">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0080429F" w14:paraId="30DC20E2" w14:textId="77777777" w:rsidTr="00351CD5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10420" w:type="dxa"/>
+            <w:tcW w:w="13948" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="180EA48A" w14:textId="34EC626E" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
-[...3 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="292FFBD0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00351CD5">
             <w:r>
-              <w:t>Institute of Biomedical Science, 12 Coldbath Square, London, EC1R 5HL</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Email: christianburt@ibms.org</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78BBD929" w14:textId="77777777" w:rsidR="00AE7922" w:rsidRDefault="00AE7922" w:rsidP="004338A7">
-[...8 lines deleted...]
-      <w:pgMar w:top="454" w:right="851" w:bottom="680" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w14:paraId="2C61FFF0" w14:textId="77777777" w:rsidR="0080429F" w:rsidRDefault="0080429F" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00151908" w14:paraId="1B69F9F4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C28B022" w14:textId="77777777" w:rsidR="0049507D" w:rsidRPr="0049507D" w:rsidRDefault="0049507D" w:rsidP="0049507D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0049507D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C2: Demonstrate effective interpersonal and behavioural skills.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365E7884" w14:textId="32552819" w:rsidR="0049507D" w:rsidRPr="0049507D" w:rsidRDefault="0049507D" w:rsidP="0049507D">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0049507D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can demonstrate skills that you use to interact with colleagues in a constructive way within the work setting. In these situations, it may be appropriate to discuss these with your supervisor, as an external perspective is often very useful in this regard.</w:t>
+            </w:r>
+            <w:r w:rsidR="000119E1">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examples you might wish to consider:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585E8598" w14:textId="77777777" w:rsidR="004A4969" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with researchers, technicians, or other members of staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CA2153A" w14:textId="77777777" w:rsidR="004A4969" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with students or trainees face to face</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BED800" w14:textId="796C5913" w:rsidR="006F0AD1" w:rsidRPr="004A4969" w:rsidRDefault="006F0AD1" w:rsidP="004A4969">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A4969">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>interacting with external colleagues (such as suppliers, couriers etc)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454C4E70" w14:textId="18EE20BD" w:rsidR="0001097D" w:rsidRDefault="0001097D" w:rsidP="003177FE">
+            <w:pPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00151908" w14:paraId="577735CB" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA6C242" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4484ACDE" w14:textId="77777777" w:rsidR="00151908" w:rsidRDefault="00151908" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00881683" w14:paraId="4BBBE867" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="160666C3" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>C3: Demonstrate an ability to work effectively with others.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7084BF06" w14:textId="08A007DE" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means ‘team work’, which can be in a large team or on a 1:1 basis. Your example should illustrate how you worked collectively with others, what your specific role was within the team, and what the outcome was.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00883472" w:rsidRPr="00883472">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Examples could include but are not limited to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA147CF" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you work with researchers, technicians, or other members of staff</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="594CA923" w14:textId="77777777" w:rsidR="00DC49B8" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>how you work with students or trainees face to face</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D23498D" w14:textId="5C7E5110" w:rsidR="0012010A" w:rsidRPr="00DC49B8" w:rsidRDefault="00DC49B8" w:rsidP="00DC49B8">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC49B8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>how you work as part of a team, working group, or committee</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E83166" w14:textId="19D5BDD5" w:rsidR="00883472" w:rsidRDefault="00883472" w:rsidP="00883472">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00881683" w14:paraId="6DD99B9B" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CF82CD" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="39BCA682" w14:textId="77777777" w:rsidR="00881683" w:rsidRDefault="00881683" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A6F48" w14:paraId="3B05D5AC" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE936E1" w14:textId="07C02350" w:rsidR="00393C62" w:rsidRPr="00393C62" w:rsidRDefault="00393C62" w:rsidP="00393C62">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393C62">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D1: Recognise problems and apply appropriate scientific methods to identify causes and achieve solutions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E05F98" w14:textId="77777777" w:rsidR="00393C62" w:rsidRPr="00393C62" w:rsidRDefault="00393C62" w:rsidP="00393C62">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393C62">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for here is an example of where you have problem solved or attempted to problem solve.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F02E58D" w14:textId="77777777" w:rsidR="003801B3" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Your example should describe your understanding why this might have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>‘failed’ and how you identified how you might alter your approach to address the problem. (Note: this does not mean altering a methodology that is sound when an unexpected result is achieved, only when the proper controls indicate the method is not working correctly).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F7E480" w14:textId="01E5BD49" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A6F48" w14:paraId="4288F7EA" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E2F2C9" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DB93368" w14:textId="77777777" w:rsidR="005A6F48" w:rsidRDefault="005A6F48" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B26A2" w14:paraId="7F7E3F00" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0A5A4E" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D2: Demonstrate how you use resources effectively.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A81ADDD" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give examples of work that you have undertaken where the method, procedure, programme, equipment, or materials used was chosen as the best (or most relevant) to use. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B7E00C1" w14:textId="6AE26676" w:rsidR="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your example should describe how you planned and organised these to complete the task, and also how you reviewed choices – why the one you selected was the best compared to others that are available.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="553E550F" w14:textId="77949DFE" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Your example should describe how you planned and organised these to complete the task, and also how you reviewed choices – why the one you selected was the best compared to others that are available</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF5BACD" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This might include:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ADE14C" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>cost effectiveness</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="034DAA4F" w14:textId="5180C90D" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>time taken</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EA7520" w14:textId="463843FA" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>IT considerations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="684022A7" w14:textId="53AD4D3D" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00D96C5B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B26A2" w14:paraId="2AA14889" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2943D724" w14:textId="77777777" w:rsidR="009B26A2" w:rsidRDefault="009B26A2" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="095EF905" w14:textId="77777777" w:rsidR="003801B3" w:rsidRDefault="003801B3" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1C7EB37D" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="414FCAFA" w14:textId="77777777" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>D3: Participate in continuous process improvement.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4EC602" w14:textId="3A8D6DDE" w:rsidR="00D96C5B" w:rsidRPr="00D96C5B" w:rsidRDefault="00D96C5B" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>What we are looking for is an example of how you have improved the efficiency of a way of working</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>or example</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D96C5B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this could include maintenance of stock levels, improved methods, new ways to increase throughput, health and safety or ways to increase cost-effectiveness.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6183E896" w14:textId="651DB992" w:rsidR="007B7F91" w:rsidRDefault="007B7F91" w:rsidP="00D96C5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="1080"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC446A" w14:paraId="1610DCD4" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B87297" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4BBAF815" w14:textId="77777777" w:rsidR="00EC446A" w:rsidRDefault="00EC446A" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00475193" w14:paraId="26232595" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6B5BBE" w14:textId="77777777" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E1: Comply with relevant codes of conduct and practice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A9B67E" w14:textId="77777777" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>This means that you can give examples of how you comply with a code of conduct (e.g. of your professional Body) or how you work within all relevant legislative, regulatory and local requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28296B3B" w14:textId="666C2B1F" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>comply with your professional body’s code of conduct</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580389AE" w14:textId="6908EE0A" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>manage your work within all relevant legislative, regulatory, and local requirements,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A56F1A2" w14:textId="77777777" w:rsidR="003B3534" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="39"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D117FE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>frameworks such as Health and Safety Legislation, Good Laboratory Practice (GLP), local Codes of Practice, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E971C3D" w14:textId="375D2BEA" w:rsidR="00D117FE" w:rsidRPr="00D117FE" w:rsidRDefault="00D117FE" w:rsidP="00D117FE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00475193" w14:paraId="29381F54" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D657B4E" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00351CD5">
+            <w:r>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1CF52CF5" w14:textId="77777777" w:rsidR="00475193" w:rsidRDefault="00475193" w:rsidP="00255DC0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13948"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D6427D" w14:paraId="081261C8" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="83CAEB" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="451D6923" w14:textId="77777777" w:rsidR="00413E45" w:rsidRPr="00413E45" w:rsidRDefault="00413E45" w:rsidP="00413E45">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>E2: Maintain and enhance competence in own area of practice through professional development activity.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4382B2CE" w14:textId="14573A43" w:rsidR="00750E24" w:rsidRPr="00413E45" w:rsidRDefault="00413E45" w:rsidP="00413E45">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">This means that you can give an example of an activity you have undertaken to enhance your competence in your own area of practice i.e. Continuing Professional Development (CPD) and reflect on its impact on you and others. We are not looking for a list of courses here but evidence </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00413E45">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>of how your CPD benefits your practice and benefits others.  Your CPD may include work-based learning, professional activity, formal/educational, self-directed learning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D6427D" w14:paraId="13E3C905" w14:textId="77777777" w:rsidTr="00351CD5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13948" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="443DDA12" w14:textId="77777777" w:rsidR="00D6427D" w:rsidRDefault="00D6427D" w:rsidP="00351CD5">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Applicant response:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13CEB121" w14:textId="77777777" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00255DC0"/>
+    <w:sectPr w:rsidR="00657A4B" w:rsidSect="00E97859">
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="183E99D7" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
+    <w:p w14:paraId="7093C77B" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C0D0A55" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
+    <w:p w14:paraId="12709E39" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13893CBB" w14:textId="1FDC731F" w:rsidR="004332F2" w:rsidRDefault="002E4A6F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Registered Scien</w:t>
+    </w:r>
+    <w:r w:rsidR="00A722AB">
+      <w:t>ce Technician</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:t xml:space="preserve"> Application form</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:t>January 2026</w:t>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="004332F2">
+      <w:t>Author: Christian Burt</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F654C9A" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
+    <w:p w14:paraId="234E5B2C" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E8F46C2" w14:textId="77777777" w:rsidR="00FF4156" w:rsidRDefault="00FF4156">
+    <w:p w14:paraId="48EDE4E3" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="035C2249"/>
+    <w:nsid w:val="024D6618"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="086A1CFE"/>
+    <w:tmpl w:val="CA7EEA44"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="427430CE"/>
+    <w:nsid w:val="0CB657F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABCE9142"/>
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+    <w:tmpl w:val="F77E5FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
-[...29 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
-[...43 lines deleted...]
-    </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="507604F5"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="15FF7D17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5540FFE2"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5AE728A3"/>
+    <w:nsid w:val="17B25013"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D685E6C"/>
-[...12 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:tmpl w:val="7E86756A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5E0A6672"/>
+    <w:nsid w:val="18F106DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FDF67424"/>
-[...12 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:tmpl w:val="ACBACEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B0000EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9F008F2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D5046A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD4E1D4C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D5A29F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3628F7B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E2E019F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F3AF72C"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21DA5550"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35C075A8"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22D02E44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="571E9CF8"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28156371"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41801652"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28B2743A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="626673CE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A757D1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D05294A4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D292DA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="93047ECE"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3606321A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75942F64"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="393F6A61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2982E132"/>
+    <w:lvl w:ilvl="0" w:tplc="65B659AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BB30198"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87485738"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FB2408A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F9E421C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="405D5F0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4A8362E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42AA48E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D96218BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D1867F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A8AF8AA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51DD5FAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB1633C6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="529D1E1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="499EAEB6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53E710B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A754C1BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57661982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B1628492"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="577736CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C4A6142"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D9A1B2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D52C77AA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E9F3A3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE4C9828"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C81802"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7DF6DE6A"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68CC1BDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F3E093C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DF51353"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="393C2F68"/>
+    <w:lvl w:ilvl="0" w:tplc="65B659AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ECF55DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="469661D4"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090009">
-[...7 lines deleted...]
-        </w:tabs>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1414862688">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77390F3A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88C4451E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="799109CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBBEF2EE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D7F3CF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9B7424AE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D8F27FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="716A716E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EE14F1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8260736"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EED14C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157A51B6"/>
+    <w:lvl w:ilvl="0" w:tplc="17B82DF0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1819953456">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="723257412">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1602570773">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1402021490">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1200976420">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="87391469">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1156992366">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1590500020">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1005354722">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2116441257">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="434636805">
+  <w:num w:numId="11" w16cid:durableId="822157138">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="400448523">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1640913407">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="168065669">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1114250864">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1831750438">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2146308975">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="553930987">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1313682601">
+  <w:num w:numId="19" w16cid:durableId="723336897">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1232353429">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1910773220">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="2073232492">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1854226296">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="116921619">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="2096634411">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="84962944">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1758794595">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="421222399">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="866524814">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="507213660">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="624697069">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1145857408">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="32" w16cid:durableId="2095130634">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1451896057">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="33" w16cid:durableId="611284909">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1954551746">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="363756137">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1643315220">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1486630336">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1584683027">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1585990943">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AE7922"/>
-[...208 lines deleted...]
-    <w:rsid w:val="00FF4156"/>
+    <w:rsidRoot w:val="00255DC0"/>
+    <w:rsid w:val="000012BD"/>
+    <w:rsid w:val="0001097D"/>
+    <w:rsid w:val="000119E1"/>
+    <w:rsid w:val="000440C3"/>
+    <w:rsid w:val="00086B74"/>
+    <w:rsid w:val="000927B0"/>
+    <w:rsid w:val="000A2932"/>
+    <w:rsid w:val="000C6B28"/>
+    <w:rsid w:val="000D4322"/>
+    <w:rsid w:val="000E16FA"/>
+    <w:rsid w:val="000F1416"/>
+    <w:rsid w:val="000F213A"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="00110E3B"/>
+    <w:rsid w:val="00115591"/>
+    <w:rsid w:val="0012010A"/>
+    <w:rsid w:val="00124167"/>
+    <w:rsid w:val="00126741"/>
+    <w:rsid w:val="00135690"/>
+    <w:rsid w:val="00143558"/>
+    <w:rsid w:val="00146D79"/>
+    <w:rsid w:val="001479F0"/>
+    <w:rsid w:val="00151908"/>
+    <w:rsid w:val="00153E5D"/>
+    <w:rsid w:val="001901E4"/>
+    <w:rsid w:val="001A5D31"/>
+    <w:rsid w:val="001C4DE2"/>
+    <w:rsid w:val="001C50CA"/>
+    <w:rsid w:val="001C6FE5"/>
+    <w:rsid w:val="001D5A08"/>
+    <w:rsid w:val="001F497B"/>
+    <w:rsid w:val="00201854"/>
+    <w:rsid w:val="002018CD"/>
+    <w:rsid w:val="00205694"/>
+    <w:rsid w:val="002068CB"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rsid w:val="00270A26"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="002B23CF"/>
+    <w:rsid w:val="002B43C6"/>
+    <w:rsid w:val="002C015C"/>
+    <w:rsid w:val="002C6C31"/>
+    <w:rsid w:val="002E4A6F"/>
+    <w:rsid w:val="0031612A"/>
+    <w:rsid w:val="003177FE"/>
+    <w:rsid w:val="00326FD0"/>
+    <w:rsid w:val="00327895"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="00354E3A"/>
+    <w:rsid w:val="00354ED4"/>
+    <w:rsid w:val="003639D9"/>
+    <w:rsid w:val="003752DB"/>
+    <w:rsid w:val="003779E8"/>
+    <w:rsid w:val="003801B3"/>
+    <w:rsid w:val="00381A43"/>
+    <w:rsid w:val="00393C62"/>
+    <w:rsid w:val="003B0768"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003B3534"/>
+    <w:rsid w:val="003E2F1D"/>
+    <w:rsid w:val="003E3C30"/>
+    <w:rsid w:val="003E75AC"/>
+    <w:rsid w:val="00413E45"/>
+    <w:rsid w:val="004332F2"/>
+    <w:rsid w:val="004633DB"/>
+    <w:rsid w:val="00464E50"/>
+    <w:rsid w:val="00472285"/>
+    <w:rsid w:val="00475193"/>
+    <w:rsid w:val="004836BA"/>
+    <w:rsid w:val="00485099"/>
+    <w:rsid w:val="0049507D"/>
+    <w:rsid w:val="004A18B7"/>
+    <w:rsid w:val="004A4969"/>
+    <w:rsid w:val="004B4D76"/>
+    <w:rsid w:val="004E7297"/>
+    <w:rsid w:val="00511FC4"/>
+    <w:rsid w:val="00521486"/>
+    <w:rsid w:val="0052388F"/>
+    <w:rsid w:val="00530D6D"/>
+    <w:rsid w:val="00533B5B"/>
+    <w:rsid w:val="00551A29"/>
+    <w:rsid w:val="00555750"/>
+    <w:rsid w:val="0056218C"/>
+    <w:rsid w:val="005A6F48"/>
+    <w:rsid w:val="005C0BEE"/>
+    <w:rsid w:val="005C189B"/>
+    <w:rsid w:val="005C34FC"/>
+    <w:rsid w:val="005C6C6D"/>
+    <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="005D3EE7"/>
+    <w:rsid w:val="005E265D"/>
+    <w:rsid w:val="006011A0"/>
+    <w:rsid w:val="00616F37"/>
+    <w:rsid w:val="00637FD9"/>
+    <w:rsid w:val="00650A41"/>
+    <w:rsid w:val="00657A4B"/>
+    <w:rsid w:val="006731E5"/>
+    <w:rsid w:val="00675AF1"/>
+    <w:rsid w:val="00694C13"/>
+    <w:rsid w:val="006A19F6"/>
+    <w:rsid w:val="006B7616"/>
+    <w:rsid w:val="006C41DF"/>
+    <w:rsid w:val="006C6E32"/>
+    <w:rsid w:val="006E049E"/>
+    <w:rsid w:val="006E3BA0"/>
+    <w:rsid w:val="006F0AD1"/>
+    <w:rsid w:val="006F3AA8"/>
+    <w:rsid w:val="00702DA1"/>
+    <w:rsid w:val="00721CAA"/>
+    <w:rsid w:val="00724F2B"/>
+    <w:rsid w:val="00732922"/>
+    <w:rsid w:val="00750E24"/>
+    <w:rsid w:val="00752127"/>
+    <w:rsid w:val="00784DAA"/>
+    <w:rsid w:val="007907C0"/>
+    <w:rsid w:val="00790F2B"/>
+    <w:rsid w:val="00793DE9"/>
+    <w:rsid w:val="007B7F91"/>
+    <w:rsid w:val="0080429F"/>
+    <w:rsid w:val="008062CC"/>
+    <w:rsid w:val="00823EE9"/>
+    <w:rsid w:val="008257FF"/>
+    <w:rsid w:val="00833401"/>
+    <w:rsid w:val="00834F3D"/>
+    <w:rsid w:val="008414CF"/>
+    <w:rsid w:val="00850C39"/>
+    <w:rsid w:val="00857C9E"/>
+    <w:rsid w:val="00863542"/>
+    <w:rsid w:val="00881683"/>
+    <w:rsid w:val="00882276"/>
+    <w:rsid w:val="00883472"/>
+    <w:rsid w:val="00897745"/>
+    <w:rsid w:val="008A116A"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="008B2B38"/>
+    <w:rsid w:val="008F5D9D"/>
+    <w:rsid w:val="00917EE2"/>
+    <w:rsid w:val="00930F53"/>
+    <w:rsid w:val="0093227A"/>
+    <w:rsid w:val="00955B6D"/>
+    <w:rsid w:val="00975CCE"/>
+    <w:rsid w:val="00985225"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009A5061"/>
+    <w:rsid w:val="009B26A2"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="009F624F"/>
+    <w:rsid w:val="009F7353"/>
+    <w:rsid w:val="00A1463A"/>
+    <w:rsid w:val="00A21706"/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rsid w:val="00A40E4D"/>
+    <w:rsid w:val="00A4473D"/>
+    <w:rsid w:val="00A53F05"/>
+    <w:rsid w:val="00A722AB"/>
+    <w:rsid w:val="00A7263E"/>
+    <w:rsid w:val="00AB7A66"/>
+    <w:rsid w:val="00AC2804"/>
+    <w:rsid w:val="00AD1110"/>
+    <w:rsid w:val="00AE49CE"/>
+    <w:rsid w:val="00AF3E47"/>
+    <w:rsid w:val="00AF4393"/>
+    <w:rsid w:val="00B176D1"/>
+    <w:rsid w:val="00B20DE1"/>
+    <w:rsid w:val="00B33FFD"/>
+    <w:rsid w:val="00B40CFD"/>
+    <w:rsid w:val="00B75FAE"/>
+    <w:rsid w:val="00B83344"/>
+    <w:rsid w:val="00BA15F9"/>
+    <w:rsid w:val="00BB3086"/>
+    <w:rsid w:val="00BB6063"/>
+    <w:rsid w:val="00BD3CAF"/>
+    <w:rsid w:val="00BD5F9B"/>
+    <w:rsid w:val="00BD6585"/>
+    <w:rsid w:val="00BE72EE"/>
+    <w:rsid w:val="00C03D40"/>
+    <w:rsid w:val="00C14FF9"/>
+    <w:rsid w:val="00C376DF"/>
+    <w:rsid w:val="00C86E2B"/>
+    <w:rsid w:val="00C97590"/>
+    <w:rsid w:val="00CA035E"/>
+    <w:rsid w:val="00CA70AF"/>
+    <w:rsid w:val="00CA78DA"/>
+    <w:rsid w:val="00CB43C8"/>
+    <w:rsid w:val="00CC3D1D"/>
+    <w:rsid w:val="00CC67BE"/>
+    <w:rsid w:val="00CD6022"/>
+    <w:rsid w:val="00CE4171"/>
+    <w:rsid w:val="00CE58BD"/>
+    <w:rsid w:val="00CF6126"/>
+    <w:rsid w:val="00D0382B"/>
+    <w:rsid w:val="00D05B79"/>
+    <w:rsid w:val="00D05D5A"/>
+    <w:rsid w:val="00D117FE"/>
+    <w:rsid w:val="00D13273"/>
+    <w:rsid w:val="00D14642"/>
+    <w:rsid w:val="00D26423"/>
+    <w:rsid w:val="00D6427D"/>
+    <w:rsid w:val="00D72037"/>
+    <w:rsid w:val="00D96C5B"/>
+    <w:rsid w:val="00DA2539"/>
+    <w:rsid w:val="00DA72A6"/>
+    <w:rsid w:val="00DC49B8"/>
+    <w:rsid w:val="00DD0E2F"/>
+    <w:rsid w:val="00E00145"/>
+    <w:rsid w:val="00E02829"/>
+    <w:rsid w:val="00E02C1D"/>
+    <w:rsid w:val="00E059CB"/>
+    <w:rsid w:val="00E71BC3"/>
+    <w:rsid w:val="00E82284"/>
+    <w:rsid w:val="00E97859"/>
+    <w:rsid w:val="00EA2E93"/>
+    <w:rsid w:val="00EA4FDA"/>
+    <w:rsid w:val="00EB7FEA"/>
+    <w:rsid w:val="00EC446A"/>
+    <w:rsid w:val="00ED6E7B"/>
+    <w:rsid w:val="00EE124C"/>
+    <w:rsid w:val="00EF1209"/>
+    <w:rsid w:val="00EF1BE4"/>
+    <w:rsid w:val="00F1407C"/>
+    <w:rsid w:val="00F26431"/>
+    <w:rsid w:val="00F471F8"/>
+    <w:rsid w:val="00F5144E"/>
+    <w:rsid w:val="00FA49EB"/>
+    <w:rsid w:val="00FB3D33"/>
+    <w:rsid w:val="00FB691E"/>
+    <w:rsid w:val="00FC1BF6"/>
+    <w:rsid w:val="00FC55EC"/>
+    <w:rsid w:val="00FD1BB5"/>
+    <w:rsid w:val="00FD2BEB"/>
+    <w:rsid w:val="00FE0DDF"/>
+    <w:rsid w:val="00FF4954"/>
+    <w:rsid w:val="00FF71A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-[...2 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4E9F6A9F"/>
-  <w15:docId w15:val="{98F51F56-EF5B-41D7-A844-B81C2A96BF8A}"/>
+  <w14:docId w14:val="757CA021"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{AFE33A03-DF88-4E92-ADAE-214A7FC07DAB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4835,74 +8638,76 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5051,757 +8856,1661 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004338A7"/>
+    <w:rsid w:val="00255DC0"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00255DC0"/>
     <w:rPr>
-      <w:kern w:val="18"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
-    <w:name w:val="Date"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="00E07F8B"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00255DC0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="004338A7"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00270A26"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...136 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="003727F0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00354ED4"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE60FA"/>
+    <w:rsid w:val="00AC2804"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A36BA1"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004332F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004332F2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004332F2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...99 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ibms.org/privacy-notice.html?_gl=1*sfveaf*_up*MQ..*_ga*NDIxMjI2MjI4LjE3NjQzMjA3NjQ.*_ga_T45DN47XW6*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw*_ga_L7LGEKCBYL*czE3NjQzMzA2MDckbzMkZzAkdDE3NjQzMzA2MDckajYwJGwwJGgw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1AEE9B8C-1539-4F5C-B87C-3E666A783254}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003E11B9" w:rsidRDefault="00165054" w:rsidP="00165054">
+          <w:pPr>
+            <w:pStyle w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E0D1D7E4-E6F3-412D-8AFE-F4D323863F00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="007750CB" w:rsidRDefault="003E11B9" w:rsidP="003E11B9">
+          <w:pPr>
+            <w:pStyle w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B4C23">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00165054"/>
+    <w:rsid w:val="000F3CB5"/>
+    <w:rsid w:val="00165054"/>
+    <w:rsid w:val="001C22DE"/>
+    <w:rsid w:val="002A12AF"/>
+    <w:rsid w:val="00302AB9"/>
+    <w:rsid w:val="00330D49"/>
+    <w:rsid w:val="003752DB"/>
+    <w:rsid w:val="003B1088"/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rsid w:val="003E6753"/>
+    <w:rsid w:val="005B418A"/>
+    <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="006E049E"/>
+    <w:rsid w:val="00722B21"/>
+    <w:rsid w:val="00732922"/>
+    <w:rsid w:val="007750CB"/>
+    <w:rsid w:val="008B05E6"/>
+    <w:rsid w:val="008B2B38"/>
+    <w:rsid w:val="00942B27"/>
+    <w:rsid w:val="009A1B74"/>
+    <w:rsid w:val="009F44EF"/>
+    <w:rsid w:val="00CF5010"/>
+    <w:rsid w:val="00DD519A"/>
+    <w:rsid w:val="00F43616"/>
+    <w:rsid w:val="00FB685C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003E11B9"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="54C862E2C8394324ACD9DD9487A06E78">
+    <w:name w:val="54C862E2C8394324ACD9DD9487A06E78"/>
+    <w:rsid w:val="003E11B9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F35336967CAF409AA45A05A0C8C96CCC">
+    <w:name w:val="F35336967CAF409AA45A05A0C8C96CCC"/>
+    <w:rsid w:val="00165054"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{617120C7-9823-4527-A636-5EC11520390D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B75C251A-F881-4DDC-ABCA-2C17EFE3CA83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4476</Characters>
+  <Pages>10</Pages>
+  <Words>2018</Words>
+  <Characters>11507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Miss S J Smith</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>IBMS</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5162</CharactersWithSpaces>
+  <CharactersWithSpaces>13499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Miss S J Smith</dc:title>
-  <dc:creator>mike</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Christian Burt</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>