--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -3530,61 +3530,61 @@
           </w:tcPr>
           <w:p w14:paraId="443DDA12" w14:textId="77777777" w:rsidR="00D6427D" w:rsidRDefault="00D6427D" w:rsidP="00351CD5">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Applicant response:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13CEB121" w14:textId="77777777" w:rsidR="00657A4B" w:rsidRDefault="00657A4B" w:rsidP="00255DC0"/>
     <w:sectPr w:rsidR="00657A4B" w:rsidSect="00E97859">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7093C77B" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+    <w:p w14:paraId="78418ED8" w14:textId="77777777" w:rsidR="008D6D09" w:rsidRDefault="008D6D09" w:rsidP="004332F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12709E39" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+    <w:p w14:paraId="7796F6D1" w14:textId="77777777" w:rsidR="008D6D09" w:rsidRDefault="008D6D09" w:rsidP="004332F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3638,61 +3638,61 @@
     <w:r w:rsidR="00A722AB">
       <w:t>ce Technician</w:t>
     </w:r>
     <w:r w:rsidR="004332F2">
       <w:t xml:space="preserve"> Application form</w:t>
     </w:r>
     <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="004332F2">
       <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidR="004332F2">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="004332F2">
       <w:t>Author: Christian Burt</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="234E5B2C" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+    <w:p w14:paraId="3401AEEB" w14:textId="77777777" w:rsidR="008D6D09" w:rsidRDefault="008D6D09" w:rsidP="004332F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48EDE4E3" w14:textId="77777777" w:rsidR="00EA4FDA" w:rsidRDefault="00EA4FDA" w:rsidP="004332F2">
+    <w:p w14:paraId="02CD34CF" w14:textId="77777777" w:rsidR="008D6D09" w:rsidRDefault="008D6D09" w:rsidP="004332F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024D6618"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA7EEA44"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -8226,50 +8226,51 @@
     <w:rsidRoot w:val="00255DC0"/>
     <w:rsid w:val="000012BD"/>
     <w:rsid w:val="0001097D"/>
     <w:rsid w:val="000119E1"/>
     <w:rsid w:val="000440C3"/>
     <w:rsid w:val="00086B74"/>
     <w:rsid w:val="000927B0"/>
     <w:rsid w:val="000A2932"/>
     <w:rsid w:val="000C6B28"/>
     <w:rsid w:val="000D4322"/>
     <w:rsid w:val="000E16FA"/>
     <w:rsid w:val="000F1416"/>
     <w:rsid w:val="000F213A"/>
     <w:rsid w:val="000F3CB5"/>
     <w:rsid w:val="00110E3B"/>
     <w:rsid w:val="00115591"/>
     <w:rsid w:val="0012010A"/>
     <w:rsid w:val="00124167"/>
     <w:rsid w:val="00126741"/>
     <w:rsid w:val="00135690"/>
     <w:rsid w:val="00143558"/>
     <w:rsid w:val="00146D79"/>
     <w:rsid w:val="001479F0"/>
     <w:rsid w:val="00151908"/>
     <w:rsid w:val="00153E5D"/>
+    <w:rsid w:val="001745D2"/>
     <w:rsid w:val="001901E4"/>
     <w:rsid w:val="001A5D31"/>
     <w:rsid w:val="001C4DE2"/>
     <w:rsid w:val="001C50CA"/>
     <w:rsid w:val="001C6FE5"/>
     <w:rsid w:val="001D5A08"/>
     <w:rsid w:val="001F497B"/>
     <w:rsid w:val="00201854"/>
     <w:rsid w:val="002018CD"/>
     <w:rsid w:val="00205694"/>
     <w:rsid w:val="002068CB"/>
     <w:rsid w:val="00255DC0"/>
     <w:rsid w:val="00270A26"/>
     <w:rsid w:val="002A12AF"/>
     <w:rsid w:val="002B23CF"/>
     <w:rsid w:val="002B43C6"/>
     <w:rsid w:val="002C015C"/>
     <w:rsid w:val="002C6C31"/>
     <w:rsid w:val="002E4A6F"/>
     <w:rsid w:val="0031612A"/>
     <w:rsid w:val="003177FE"/>
     <w:rsid w:val="00326FD0"/>
     <w:rsid w:val="00327895"/>
     <w:rsid w:val="00330D49"/>
     <w:rsid w:val="00354E3A"/>
@@ -8291,96 +8292,98 @@
     <w:rsid w:val="004633DB"/>
     <w:rsid w:val="00464E50"/>
     <w:rsid w:val="00472285"/>
     <w:rsid w:val="00475193"/>
     <w:rsid w:val="004836BA"/>
     <w:rsid w:val="00485099"/>
     <w:rsid w:val="0049507D"/>
     <w:rsid w:val="004A18B7"/>
     <w:rsid w:val="004A4969"/>
     <w:rsid w:val="004B4D76"/>
     <w:rsid w:val="004E7297"/>
     <w:rsid w:val="00511FC4"/>
     <w:rsid w:val="00521486"/>
     <w:rsid w:val="0052388F"/>
     <w:rsid w:val="00530D6D"/>
     <w:rsid w:val="00533B5B"/>
     <w:rsid w:val="00551A29"/>
     <w:rsid w:val="00555750"/>
     <w:rsid w:val="0056218C"/>
     <w:rsid w:val="005A6F48"/>
     <w:rsid w:val="005C0BEE"/>
     <w:rsid w:val="005C189B"/>
     <w:rsid w:val="005C34FC"/>
     <w:rsid w:val="005C6C6D"/>
     <w:rsid w:val="005D2F1E"/>
+    <w:rsid w:val="005D307D"/>
     <w:rsid w:val="005D3EE7"/>
     <w:rsid w:val="005E265D"/>
     <w:rsid w:val="006011A0"/>
     <w:rsid w:val="00616F37"/>
     <w:rsid w:val="00637FD9"/>
     <w:rsid w:val="00650A41"/>
     <w:rsid w:val="00657A4B"/>
     <w:rsid w:val="006731E5"/>
     <w:rsid w:val="00675AF1"/>
     <w:rsid w:val="00694C13"/>
     <w:rsid w:val="006A19F6"/>
     <w:rsid w:val="006B7616"/>
     <w:rsid w:val="006C41DF"/>
     <w:rsid w:val="006C6E32"/>
     <w:rsid w:val="006E049E"/>
     <w:rsid w:val="006E3BA0"/>
     <w:rsid w:val="006F0AD1"/>
     <w:rsid w:val="006F3AA8"/>
     <w:rsid w:val="00702DA1"/>
     <w:rsid w:val="00721CAA"/>
     <w:rsid w:val="00724F2B"/>
     <w:rsid w:val="00732922"/>
     <w:rsid w:val="00750E24"/>
     <w:rsid w:val="00752127"/>
     <w:rsid w:val="00784DAA"/>
     <w:rsid w:val="007907C0"/>
     <w:rsid w:val="00790F2B"/>
     <w:rsid w:val="00793DE9"/>
     <w:rsid w:val="007B7F91"/>
     <w:rsid w:val="0080429F"/>
     <w:rsid w:val="008062CC"/>
     <w:rsid w:val="00823EE9"/>
     <w:rsid w:val="008257FF"/>
     <w:rsid w:val="00833401"/>
     <w:rsid w:val="00834F3D"/>
     <w:rsid w:val="008414CF"/>
     <w:rsid w:val="00850C39"/>
     <w:rsid w:val="00857C9E"/>
     <w:rsid w:val="00863542"/>
     <w:rsid w:val="00881683"/>
     <w:rsid w:val="00882276"/>
     <w:rsid w:val="00883472"/>
     <w:rsid w:val="00897745"/>
     <w:rsid w:val="008A116A"/>
     <w:rsid w:val="008B05E6"/>
     <w:rsid w:val="008B2B38"/>
+    <w:rsid w:val="008D6D09"/>
     <w:rsid w:val="008F5D9D"/>
     <w:rsid w:val="00917EE2"/>
     <w:rsid w:val="00930F53"/>
     <w:rsid w:val="0093227A"/>
     <w:rsid w:val="00955B6D"/>
     <w:rsid w:val="00975CCE"/>
     <w:rsid w:val="00985225"/>
     <w:rsid w:val="009A1B74"/>
     <w:rsid w:val="009A5061"/>
     <w:rsid w:val="009B26A2"/>
     <w:rsid w:val="009F44EF"/>
     <w:rsid w:val="009F624F"/>
     <w:rsid w:val="009F7353"/>
     <w:rsid w:val="00A1463A"/>
     <w:rsid w:val="00A21706"/>
     <w:rsid w:val="00A36BA1"/>
     <w:rsid w:val="00A40E4D"/>
     <w:rsid w:val="00A4473D"/>
     <w:rsid w:val="00A53F05"/>
     <w:rsid w:val="00A722AB"/>
     <w:rsid w:val="00A7263E"/>
     <w:rsid w:val="00AB7A66"/>
     <w:rsid w:val="00AC2804"/>
     <w:rsid w:val="00AD1110"/>
     <w:rsid w:val="00AE49CE"/>
@@ -9631,64 +9634,66 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00165054"/>
     <w:rsid w:val="000F3CB5"/>
     <w:rsid w:val="00165054"/>
+    <w:rsid w:val="001745D2"/>
     <w:rsid w:val="001C22DE"/>
     <w:rsid w:val="002A12AF"/>
     <w:rsid w:val="00302AB9"/>
     <w:rsid w:val="00330D49"/>
     <w:rsid w:val="003752DB"/>
     <w:rsid w:val="003B1088"/>
     <w:rsid w:val="003E11B9"/>
     <w:rsid w:val="003E6753"/>
     <w:rsid w:val="005B418A"/>
     <w:rsid w:val="005D2F1E"/>
     <w:rsid w:val="006E049E"/>
     <w:rsid w:val="00722B21"/>
     <w:rsid w:val="00732922"/>
     <w:rsid w:val="007750CB"/>
+    <w:rsid w:val="007F7DCB"/>
     <w:rsid w:val="008B05E6"/>
     <w:rsid w:val="008B2B38"/>
     <w:rsid w:val="00942B27"/>
     <w:rsid w:val="009A1B74"/>
     <w:rsid w:val="009F44EF"/>
     <w:rsid w:val="00CF5010"/>
     <w:rsid w:val="00DD519A"/>
     <w:rsid w:val="00F43616"/>
     <w:rsid w:val="00FB685C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>