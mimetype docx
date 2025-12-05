--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -216,200 +216,195 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26D5F418" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>First Names:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7901FE6D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8AA743" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Surname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E3FA55B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w:rsidRPr="007B255C" w14:paraId="40D4570D" w14:textId="77777777" w:rsidTr="00F35652">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D2D5DA0" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3662" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="006DB399" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="00C24240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8F9A6D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Suffix:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F23F0A9" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="1EFC8AAE" w14:textId="77777777" w:rsidTr="00F35652">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D1C7324" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3779ECF8" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Male  </w:t>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -424,51 +419,50 @@
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B84A51B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Female  </w:t>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -503,51 +497,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1831" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ABEF3CC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3664" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A9B9DAB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5960FBB8" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -593,51 +586,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00214C79">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DA111A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>if current member</w:t>
             </w:r>
             <w:r w:rsidR="00214C79">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3447" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03E23F4B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1785" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19A2DA9E" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
@@ -653,51 +645,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00214C79">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00DA111A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>if current member</w:t>
             </w:r>
             <w:r w:rsidR="00214C79">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A9A5FC" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68ABB8DE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
@@ -780,241 +771,235 @@
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AC3C782" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33C9992C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="580609BF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Job Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AB0B947" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="00D812B0" w:rsidP="00D812B0">
             <w:pPr>
               <w:ind w:right="-675"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="12701197" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48296DA1" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Address Line 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="785F9559" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05F16BB3" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Company/Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19BD68F4" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="00D812B0">
             <w:pPr>
               <w:ind w:left="-108" w:right="-675" w:firstLine="108"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="14171CBC" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705F8320" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Address Line 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B366873" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1151C724" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Address Line 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09516EDF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="0096344F" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD "Firmline3" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
@@ -1028,307 +1013,299 @@
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55B602DB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42986BFE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C73C058" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Town</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FA6DE57" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="283BDAB1" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06980951" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11AA2618" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47842D00" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BF4160" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="006E6D26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="2F3A4D35" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B417179" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38AAF923" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="122486D0" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E549DE6" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="401BD0FA" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AB0BD1F" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19544A6C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51B7C3E3" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11E2AD37" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD "Firmcountry_descr" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
@@ -1342,165 +1319,161 @@
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="062CD0EE" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0057E03B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4641D987" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="00D812B0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone </w:t>
             </w:r>
             <w:r w:rsidR="00D812B0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6742DC52" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE66FD" w:rsidRPr="007B255C" w14:paraId="00D3D167" w14:textId="77777777" w:rsidTr="002511C9">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44071247" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E551352" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00D30F5A" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C00AC03" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="004338A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="591500FB" w14:textId="77777777" w:rsidR="001A7D0A" w:rsidRDefault="001A7D0A" w:rsidP="004338A7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15D38F9A" w14:textId="77777777" w:rsidR="001A7D0A" w:rsidRPr="00102C99" w:rsidRDefault="001A7D0A" w:rsidP="00102C99">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
@@ -4822,50 +4795,51 @@
           <w:trHeight w:val="78"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10365" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="14EEBCCC" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="008D0BDE" w:rsidRDefault="008D0BDE" w:rsidP="00355C30">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00955297">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Explain</w:t>
             </w:r>
             <w:r w:rsidR="00504D28">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>, with examples,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> how you have </w:t>
             </w:r>
             <w:r w:rsidR="00355C30">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>obtained</w:t>
@@ -4876,51 +4850,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D23992">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">high level of specialist knowledge and crititcal awareness of current issues relevant to the delivery of your service </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475D6B" w:rsidRPr="00E179BD" w14:paraId="397AD8AF" w14:textId="77777777" w:rsidTr="00475D6B">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10365" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E05CEBE" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FD945C9" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D570609" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
@@ -5144,51 +5117,50 @@
               </w:rPr>
               <w:t xml:space="preserve">you have worked as an </w:t>
             </w:r>
             <w:r w:rsidR="001D69A7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>advanced level scientist or senior</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> manager within a clinical laboratory setting </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475D6B" w:rsidRPr="00E179BD" w14:paraId="44FA097B" w14:textId="77777777" w:rsidTr="00475D6B">
         <w:trPr>
           <w:trHeight w:val="588"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10352" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="367CA45A" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66B9DF11" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03AF8F3B" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
@@ -5358,51 +5330,50 @@
               </w:rPr>
               <w:t>you have worked in an autonomous role requir</w:t>
             </w:r>
             <w:r w:rsidR="00A27135">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>ng judgement and leadership</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475D6B" w:rsidRPr="00E179BD" w14:paraId="186AAD8F" w14:textId="77777777" w:rsidTr="00475D6B">
         <w:trPr>
           <w:trHeight w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10389" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36148D6F" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D829D69" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26DDA6EE" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
@@ -5626,51 +5597,50 @@
               </w:rPr>
               <w:t xml:space="preserve">a continual advancement of knowledge and </w:t>
             </w:r>
             <w:r w:rsidR="005176D6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>your input into its</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> application to service improvement and delivery </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475D6B" w:rsidRPr="00E179BD" w14:paraId="5F8E4962" w14:textId="77777777" w:rsidTr="00475D6B">
         <w:trPr>
           <w:trHeight w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10401" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="398184F5" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38D68E6F" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A231397" w14:textId="77777777" w:rsidR="00475D6B" w:rsidRPr="00E179BD" w:rsidRDefault="00475D6B" w:rsidP="00475D6B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
@@ -5924,51 +5894,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00504D28">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">with examples, </w:t>
             </w:r>
             <w:r w:rsidR="008D0BDE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>how you have made a wider contribution to the development and promotion of your profession</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A21ACA" w:rsidRPr="00E179BD" w14:paraId="1BD72E5D" w14:textId="77777777" w:rsidTr="002420D9">
         <w:trPr>
           <w:trHeight w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10401" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18A5EF5C" w14:textId="77777777" w:rsidR="00A21ACA" w:rsidRPr="00E179BD" w:rsidRDefault="00A21ACA" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30DC5033" w14:textId="77777777" w:rsidR="00A21ACA" w:rsidRPr="00E179BD" w:rsidRDefault="00A21ACA" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0EFD7BB6" w14:textId="77777777" w:rsidR="00A21ACA" w:rsidRPr="00E179BD" w:rsidRDefault="00A21ACA" w:rsidP="002420D9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5385"/>
@@ -6266,95 +6235,94 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10313" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06538C8D" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00355C30" w:rsidRDefault="00D56257" w:rsidP="00D56257">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00355C30">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Declarations </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="1932979F" w14:textId="77777777" w:rsidTr="00D56257">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="7029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10313" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B3A227" w14:textId="77777777" w:rsidR="00D56257" w:rsidRDefault="00404603" w:rsidP="00DA0EAD">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1533"/>
               </w:tabs>
               <w:spacing w:before="94"/>
               <w:ind w:left="93"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B01741E" wp14:editId="01D0AEA5">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>292735</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>281940</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="273050" cy="205740"/>
                       <wp:effectExtent l="0" t="0" r="12700" b="22860"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Rectangle 2"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="273050" cy="205740"/>
                               </a:xfrm>
@@ -7670,51 +7638,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">statements are correct.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="5B9513AD" w14:textId="77777777" w:rsidTr="00D56257">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44EF69F5" w14:textId="77777777" w:rsidR="00DA0EAD" w:rsidRDefault="00DA0EAD" w:rsidP="00D56257">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
@@ -7809,99 +7776,96 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature __________________________________________ Date ______________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C275283" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00D56257">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="120F801E" w14:textId="77777777" w:rsidTr="00D56257">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="68"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0120B482" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00771E84" w:rsidRDefault="00D56257" w:rsidP="00D56257">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EB99ED7" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00D56257">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="8191"/>
         <w:tblW w:w="10654" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7947,624 +7911,598 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Applicant  Signature </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="0A921B63" w14:textId="77777777" w:rsidTr="00462BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10418" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A3912C6" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF43C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>I wish to apply for Fellowship via the IBMS Experiential Route.  I declare that the information I have given with this application is, to the best of my knowledge accurate and true.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="13CFFA6D" w14:textId="77777777" w:rsidTr="00462BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22315632" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59C47C9A" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61ED01E0" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C6DD7B9" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4538" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CF9BCE1" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="7FF11616" w14:textId="77777777" w:rsidTr="00462BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CC6F6A6" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF43C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Sign:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3982" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67F109FB" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2518CD8F" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4392A597" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF43C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>IBMS Membership Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2173" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BE765FF" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2740E72B" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="4FE0C61E" w14:textId="77777777" w:rsidTr="00462BED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="236" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE95668" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF43C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38A4BCE8" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22EFE40E" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="680CA368" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF43C1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3973" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47E5C112" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="00BF43C1" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="405" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="542CA5C8" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D56257" w:rsidRPr="007B255C" w14:paraId="56B32653" w14:textId="77777777" w:rsidTr="00462BED">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D1D4C47" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="680448C2" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07683C2E" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44D9744C" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="654F5B4D" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="306E950E" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4378" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D590C23" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C334A37" w14:textId="77777777" w:rsidR="00D56257" w:rsidRPr="007B255C" w:rsidRDefault="00D56257" w:rsidP="00462BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31D23238" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRDefault="00D94F58" w:rsidP="00424B88">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67DD4FAE" w14:textId="77777777" w:rsidR="008C5250" w:rsidRDefault="008C5250" w:rsidP="004338A7">
       <w:pPr>
@@ -8639,51 +8577,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Signature </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004338A7" w:rsidRPr="007B255C" w14:paraId="622A761C" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="235" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10395" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33278A37" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="008C5250">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="008C5250">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>confirm that information as provided in this application is</w:t>
             </w:r>
             <w:r w:rsidR="0083276B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>, to the best of my knowledge</w:t>
@@ -8712,605 +8649,580 @@
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D94F58" w:rsidRPr="007B255C" w14:paraId="265CD066" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="235" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1201F255" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FBA5867" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ADE6A17" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2198EC2B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3069" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02A8F21C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D94F58" w:rsidRPr="007B255C" w14:paraId="512CBDBC" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="235" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="812" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51B3A3AF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Sign:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="739B5E1E" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A76942B" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="221F056C" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="00183ABD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-919"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B1FC4DF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CD0612D" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D94F58" w:rsidRPr="007B255C" w14:paraId="5A3D0D6A" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="235" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C77AC97" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B255C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4403" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5624E7C8" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60DCD612" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130D5865" w14:textId="77777777" w:rsidR="00102C99" w:rsidRPr="00D94F58" w:rsidRDefault="00D94F58" w:rsidP="00D94F58">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-1152"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Email/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0204C4BB" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BFBE997" w14:textId="77777777" w:rsidR="004338A7" w:rsidRPr="007B255C" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D94F58" w:rsidRPr="007B255C" w14:paraId="47A5B0F4" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="681"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1352" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="733877E2" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Relationship to Applicant ---</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="585C0898" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="00DA0EAD" w:rsidRDefault="00D94F58" w:rsidP="002420D9">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="287" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DC293D9" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CAEC380" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="278ECCE9" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C57BE18" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D246214" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37D37E6B" w14:textId="77777777" w:rsidR="00D94F58" w:rsidRPr="007B255C" w:rsidRDefault="00D94F58" w:rsidP="002A0134">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004338A7" w:rsidRPr="002F620A" w14:paraId="558CF302" w14:textId="77777777" w:rsidTr="00183ABD">
+      <w:tr w:rsidR="004338A7" w:rsidRPr="00CE7F9F" w14:paraId="558CF302" w14:textId="77777777" w:rsidTr="00183ABD">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="250" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="808"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10380" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A825190" w14:textId="77777777" w:rsidR="00102C99" w:rsidRDefault="00102C99" w:rsidP="002A0134">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="347FE1BF" w14:textId="77777777" w:rsidR="004338A7" w:rsidRDefault="004338A7" w:rsidP="002A0134">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -9457,73 +9369,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Experiential Route to Fellowship Application Fee: </w:t>
       </w:r>
       <w:r w:rsidR="00462BED" w:rsidRPr="00923B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF1A1D7" w14:textId="77777777" w:rsidR="00923B83" w:rsidRPr="00923B83" w:rsidRDefault="00923B83" w:rsidP="00923B83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CDA7E2A" w14:textId="7DE858EE" w:rsidR="00923B83" w:rsidRPr="00923B83" w:rsidRDefault="00923B83" w:rsidP="00923B83">
+    <w:p w14:paraId="1CDA7E2A" w14:textId="39CB1B55" w:rsidR="00923B83" w:rsidRPr="00923B83" w:rsidRDefault="00923B83" w:rsidP="00923B83">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The fee to assess the application is £</w:t>
       </w:r>
       <w:r w:rsidR="002F620A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>411</w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7F9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00923B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fee </w:t>
       </w:r>
       <w:r w:rsidRPr="00923B83">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is non-refundable</w:t>
       </w:r>
@@ -10026,51 +9946,51 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swiss721BT-Bold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
@@ -11254,50 +11174,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="547688590">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1838567778">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1224562692">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1127813961">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965819277">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="596787740">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7922"/>
@@ -11383,50 +11305,51 @@
     <w:rsid w:val="00374DC2"/>
     <w:rsid w:val="003837C8"/>
     <w:rsid w:val="00383B69"/>
     <w:rsid w:val="00385390"/>
     <w:rsid w:val="00396239"/>
     <w:rsid w:val="003A2A93"/>
     <w:rsid w:val="003B703D"/>
     <w:rsid w:val="003C14C1"/>
     <w:rsid w:val="003C3783"/>
     <w:rsid w:val="003C5B1A"/>
     <w:rsid w:val="003D0F03"/>
     <w:rsid w:val="003F0919"/>
     <w:rsid w:val="003F498B"/>
     <w:rsid w:val="003F4E50"/>
     <w:rsid w:val="00404603"/>
     <w:rsid w:val="00406704"/>
     <w:rsid w:val="00407F63"/>
     <w:rsid w:val="00411462"/>
     <w:rsid w:val="00415B50"/>
     <w:rsid w:val="00417E8B"/>
     <w:rsid w:val="00420B27"/>
     <w:rsid w:val="00424B88"/>
     <w:rsid w:val="004307EA"/>
     <w:rsid w:val="00432F82"/>
     <w:rsid w:val="004338A7"/>
+    <w:rsid w:val="004413D7"/>
     <w:rsid w:val="00441A23"/>
     <w:rsid w:val="00443FAD"/>
     <w:rsid w:val="00462BED"/>
     <w:rsid w:val="00466638"/>
     <w:rsid w:val="00475D6B"/>
     <w:rsid w:val="00476AE7"/>
     <w:rsid w:val="0048229B"/>
     <w:rsid w:val="004A31D4"/>
     <w:rsid w:val="004A54D2"/>
     <w:rsid w:val="004B0D8E"/>
     <w:rsid w:val="004C0C4F"/>
     <w:rsid w:val="004C14FC"/>
     <w:rsid w:val="004D169F"/>
     <w:rsid w:val="004D2D42"/>
     <w:rsid w:val="004D631E"/>
     <w:rsid w:val="004E43CF"/>
     <w:rsid w:val="00504D28"/>
     <w:rsid w:val="00507D2C"/>
     <w:rsid w:val="0051163C"/>
     <w:rsid w:val="005176D6"/>
     <w:rsid w:val="005307CD"/>
     <w:rsid w:val="00552AD9"/>
     <w:rsid w:val="00552C26"/>
     <w:rsid w:val="00553080"/>
     <w:rsid w:val="00567EE9"/>
@@ -11591,50 +11514,51 @@
     <w:rsid w:val="00BC0012"/>
     <w:rsid w:val="00BC14E3"/>
     <w:rsid w:val="00BC2DC7"/>
     <w:rsid w:val="00BC7F1F"/>
     <w:rsid w:val="00BD4AA9"/>
     <w:rsid w:val="00BE0FDF"/>
     <w:rsid w:val="00BE4C56"/>
     <w:rsid w:val="00BF43C1"/>
     <w:rsid w:val="00C13E48"/>
     <w:rsid w:val="00C23860"/>
     <w:rsid w:val="00C24240"/>
     <w:rsid w:val="00C41B2C"/>
     <w:rsid w:val="00C41F84"/>
     <w:rsid w:val="00C4318E"/>
     <w:rsid w:val="00C5381A"/>
     <w:rsid w:val="00C6075C"/>
     <w:rsid w:val="00C64A59"/>
     <w:rsid w:val="00C72D58"/>
     <w:rsid w:val="00C77CA0"/>
     <w:rsid w:val="00C933F1"/>
     <w:rsid w:val="00C94FE9"/>
     <w:rsid w:val="00CA2B74"/>
     <w:rsid w:val="00CC1663"/>
     <w:rsid w:val="00CD135E"/>
     <w:rsid w:val="00CE5CA5"/>
+    <w:rsid w:val="00CE7F9F"/>
     <w:rsid w:val="00CF5A79"/>
     <w:rsid w:val="00CF6AD5"/>
     <w:rsid w:val="00CF72D3"/>
     <w:rsid w:val="00D02D41"/>
     <w:rsid w:val="00D15004"/>
     <w:rsid w:val="00D23992"/>
     <w:rsid w:val="00D24D84"/>
     <w:rsid w:val="00D3501E"/>
     <w:rsid w:val="00D40734"/>
     <w:rsid w:val="00D56257"/>
     <w:rsid w:val="00D6228A"/>
     <w:rsid w:val="00D812B0"/>
     <w:rsid w:val="00D86F6F"/>
     <w:rsid w:val="00D90551"/>
     <w:rsid w:val="00D91B99"/>
     <w:rsid w:val="00D94F58"/>
     <w:rsid w:val="00DA0EAD"/>
     <w:rsid w:val="00DA111A"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DE27B6"/>
     <w:rsid w:val="00DE53DB"/>
     <w:rsid w:val="00DE5F32"/>
     <w:rsid w:val="00E07F8B"/>
     <w:rsid w:val="00E1328E"/>
     <w:rsid w:val="00E142A6"/>